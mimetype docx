--- v0 (2025-10-05)
+++ v1 (2025-12-04)
@@ -5,771 +5,1279 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="000A3CEB" w:rsidRDefault="00FE7297" w:rsidP="000A3CEB">
+    <w:p w:rsidR="00B63975" w:rsidRDefault="00043668" w:rsidP="00B63975">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="000A3CEB">
+      <w:r w:rsidRPr="00B63975">
         <w:t>ARTICLE IX</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A3CEB" w:rsidRDefault="00FE7297" w:rsidP="000A3CEB">
+    <w:p w:rsidR="00B63975" w:rsidRDefault="00043668" w:rsidP="00B63975">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="000A3CEB">
+      <w:r w:rsidRPr="00B63975">
         <w:t>CORPORATIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A3CEB" w:rsidRDefault="000A3CEB" w:rsidP="000A3CEB">
+    <w:p w:rsidR="00B63975" w:rsidRDefault="00B63975" w:rsidP="00B63975">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A3CEB" w:rsidRDefault="000A3CEB" w:rsidP="000A3CEB">
+    <w:p w:rsidR="00B63975" w:rsidRDefault="00B63975" w:rsidP="00B63975">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Editor’s Note</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A3CEB" w:rsidRPr="000A3CEB" w:rsidRDefault="00FE7297" w:rsidP="000A3CEB">
+    <w:p w:rsidR="00B63975" w:rsidRPr="00B63975" w:rsidRDefault="00043668" w:rsidP="00B63975">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A3CEB">
+      <w:r w:rsidRPr="00B63975">
         <w:t xml:space="preserve">The amendment ratified by 1971 Act No 64 (1971 (57) 47) revised and rewrote this article, substituting present </w:t>
       </w:r>
-      <w:r w:rsidR="000A3CEB" w:rsidRPr="000A3CEB">
+      <w:r w:rsidR="00B63975" w:rsidRPr="00B63975">
         <w:t xml:space="preserve">Section Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="000A3CEB">
+      <w:r w:rsidRPr="00B63975">
         <w:t xml:space="preserve">1 and 2 for former </w:t>
       </w:r>
-      <w:r w:rsidR="000A3CEB" w:rsidRPr="000A3CEB">
+      <w:r w:rsidR="00B63975" w:rsidRPr="00B63975">
         <w:t xml:space="preserve">Section Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="000A3CEB">
+      <w:r w:rsidRPr="00B63975">
         <w:t>1 to 21.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A3CEB" w:rsidRPr="000A3CEB" w:rsidRDefault="000A3CEB" w:rsidP="000A3CEB">
+    <w:p w:rsidR="00B63975" w:rsidRPr="00B63975" w:rsidRDefault="00B63975" w:rsidP="00B63975">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A3CEB" w:rsidRDefault="000A3CEB" w:rsidP="000A3CEB">
+    <w:p w:rsidR="00B63975" w:rsidRDefault="00B63975" w:rsidP="00B63975">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="000A3CEB">
+      <w:r w:rsidRPr="00B63975">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="00FE7297" w:rsidRPr="000A3CEB">
+      <w:r w:rsidR="00043668" w:rsidRPr="00B63975">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidR="00FE7297" w:rsidRPr="000A3CEB">
+      <w:r w:rsidR="00043668" w:rsidRPr="00B63975">
         <w:t xml:space="preserve"> Regulation of common carriers, publicly</w:t>
       </w:r>
-      <w:r w:rsidRPr="000A3CEB">
+      <w:r w:rsidRPr="00B63975">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidR="00FE7297" w:rsidRPr="000A3CEB">
+      <w:r w:rsidR="00043668" w:rsidRPr="00B63975">
         <w:t>owned utilities and privately</w:t>
       </w:r>
-      <w:r w:rsidRPr="000A3CEB">
+      <w:r w:rsidRPr="00B63975">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidR="00FE7297" w:rsidRPr="000A3CEB">
+      <w:r w:rsidR="00043668" w:rsidRPr="00B63975">
         <w:t>owned utilities serving the public.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A3CEB" w:rsidRPr="000A3CEB" w:rsidRDefault="00FE7297" w:rsidP="000A3CEB">
+    <w:p w:rsidR="00B63975" w:rsidRPr="00B63975" w:rsidRDefault="00043668" w:rsidP="00B63975">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A3CEB">
+      <w:r w:rsidRPr="00B63975">
         <w:tab/>
         <w:t>The General Assembly shall provide for appropriate regulation of common carriers, publicly owned utilities, and privately owned utilities serving the public as and to the extent required by the public interest. (1970 (56) 2690; 1971 (57) 47.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A3CEB" w:rsidRPr="000A3CEB" w:rsidRDefault="000A3CEB" w:rsidP="000A3CEB">
+    <w:p w:rsidR="00B63975" w:rsidRPr="00B63975" w:rsidRDefault="00B63975" w:rsidP="00B63975">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A3CEB" w:rsidRDefault="000A3CEB" w:rsidP="000A3CEB">
+    <w:p w:rsidR="00B63975" w:rsidRDefault="00B63975" w:rsidP="00B63975">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="000A3CEB">
+      <w:r w:rsidRPr="00B63975">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="00FE7297" w:rsidRPr="000A3CEB">
+      <w:r w:rsidR="00043668" w:rsidRPr="00B63975">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="00FE7297" w:rsidRPr="000A3CEB">
+      <w:r w:rsidR="00043668" w:rsidRPr="00B63975">
         <w:t xml:space="preserve"> Formation, organization, and regulation of corporations.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A3CEB" w:rsidRDefault="00FE7297" w:rsidP="000A3CEB">
+    <w:p w:rsidR="00B63975" w:rsidRDefault="00043668" w:rsidP="00B63975">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="000A3CEB">
+      <w:r w:rsidRPr="00B63975">
         <w:tab/>
         <w:t>The General Assembly shall provide by general law for the formation, organization, and regulation of corporations and shall prescribe their powers, rights, duties, and liabilities, including the powers, rights, duties, and liabilities of their officers and stockholders or members. (1970 (56) 2690; 1971 (57) 47.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C285A" w:rsidRPr="000A3CEB" w:rsidRDefault="003C285A" w:rsidP="000A3CEB">
+    <w:p w:rsidR="00B71A37" w:rsidRPr="00B63975" w:rsidRDefault="00B71A37" w:rsidP="00B63975">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003C285A" w:rsidRPr="000A3CEB" w:rsidSect="000A3CEB">
+    <w:sectPr w:rsidR="00B71A37" w:rsidRPr="00B63975" w:rsidSect="00B63975">
       <w:headerReference w:type="even" r:id="rId6"/>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000A3CEB" w:rsidRDefault="000A3CEB" w:rsidP="000A3CEB">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00B63975" w:rsidRDefault="00B63975" w:rsidP="00B63975">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000A3CEB" w:rsidRDefault="000A3CEB" w:rsidP="000A3CEB">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00B63975" w:rsidRDefault="00B63975" w:rsidP="00B63975">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w:rsidR="000A3CEB" w:rsidRPr="000A3CEB" w:rsidRDefault="000A3CEB" w:rsidP="000A3CEB">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00B63975" w:rsidRPr="00B63975" w:rsidRDefault="00B63975" w:rsidP="00B63975">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w:rsidR="000A3CEB" w:rsidRPr="000A3CEB" w:rsidRDefault="000A3CEB" w:rsidP="000A3CEB">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00B63975" w:rsidRPr="00B63975" w:rsidRDefault="00B63975" w:rsidP="00B63975">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w:rsidR="000A3CEB" w:rsidRPr="000A3CEB" w:rsidRDefault="000A3CEB" w:rsidP="000A3CEB">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00B63975" w:rsidRPr="00B63975" w:rsidRDefault="00B63975" w:rsidP="00B63975">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000A3CEB" w:rsidRDefault="000A3CEB" w:rsidP="000A3CEB">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00B63975" w:rsidRDefault="00B63975" w:rsidP="00B63975">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000A3CEB" w:rsidRDefault="000A3CEB" w:rsidP="000A3CEB">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00B63975" w:rsidRDefault="00B63975" w:rsidP="00B63975">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w:rsidR="000A3CEB" w:rsidRPr="000A3CEB" w:rsidRDefault="000A3CEB" w:rsidP="000A3CEB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00B63975" w:rsidRPr="00B63975" w:rsidRDefault="00B63975" w:rsidP="00B63975">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w:rsidR="000A3CEB" w:rsidRPr="000A3CEB" w:rsidRDefault="000A3CEB" w:rsidP="000A3CEB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00B63975" w:rsidRPr="00B63975" w:rsidRDefault="00B63975" w:rsidP="00B63975">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w:rsidR="000A3CEB" w:rsidRPr="000A3CEB" w:rsidRDefault="000A3CEB" w:rsidP="000A3CEB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00B63975" w:rsidRPr="00B63975" w:rsidRDefault="00B63975" w:rsidP="00B63975">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00FE7297"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00FE7297"/>
+    <w:rsidRoot w:val="00043668"/>
+    <w:rsid w:val="0000020D"/>
+    <w:rsid w:val="00000E83"/>
+    <w:rsid w:val="00002D89"/>
+    <w:rsid w:val="00011B46"/>
+    <w:rsid w:val="000140F5"/>
+    <w:rsid w:val="00027274"/>
+    <w:rsid w:val="00030848"/>
+    <w:rsid w:val="00037CA0"/>
+    <w:rsid w:val="00043668"/>
+    <w:rsid w:val="00043F7E"/>
+    <w:rsid w:val="00047B01"/>
+    <w:rsid w:val="0006309A"/>
+    <w:rsid w:val="00072E27"/>
+    <w:rsid w:val="000738A0"/>
+    <w:rsid w:val="0007414B"/>
+    <w:rsid w:val="00076653"/>
+    <w:rsid w:val="00076F84"/>
+    <w:rsid w:val="00077F89"/>
+    <w:rsid w:val="00083C7A"/>
+    <w:rsid w:val="00085B93"/>
+    <w:rsid w:val="00097600"/>
+    <w:rsid w:val="000976BF"/>
+    <w:rsid w:val="000A4F6C"/>
+    <w:rsid w:val="000A6C47"/>
+    <w:rsid w:val="000B3471"/>
+    <w:rsid w:val="000B44F4"/>
+    <w:rsid w:val="000B5E2F"/>
+    <w:rsid w:val="000B66EF"/>
+    <w:rsid w:val="000D4C6A"/>
+    <w:rsid w:val="000D50A3"/>
+    <w:rsid w:val="000E4470"/>
+    <w:rsid w:val="000F033D"/>
+    <w:rsid w:val="000F10B0"/>
+    <w:rsid w:val="00120A59"/>
+    <w:rsid w:val="0012141C"/>
+    <w:rsid w:val="001248BB"/>
+    <w:rsid w:val="00126149"/>
+    <w:rsid w:val="0013374B"/>
+    <w:rsid w:val="00146402"/>
+    <w:rsid w:val="00152D39"/>
+    <w:rsid w:val="00156E48"/>
+    <w:rsid w:val="0016021B"/>
+    <w:rsid w:val="001633C7"/>
+    <w:rsid w:val="0016515D"/>
+    <w:rsid w:val="00167F61"/>
+    <w:rsid w:val="0017110D"/>
+    <w:rsid w:val="0017767D"/>
+    <w:rsid w:val="0018057A"/>
+    <w:rsid w:val="001812B8"/>
+    <w:rsid w:val="00183147"/>
+    <w:rsid w:val="00185FC6"/>
+    <w:rsid w:val="00187678"/>
+    <w:rsid w:val="0019087C"/>
+    <w:rsid w:val="00190BC2"/>
+    <w:rsid w:val="00194F89"/>
+    <w:rsid w:val="001A0DBE"/>
+    <w:rsid w:val="001A7FD0"/>
+    <w:rsid w:val="001B25FC"/>
+    <w:rsid w:val="001B2BBB"/>
+    <w:rsid w:val="001B6F37"/>
+    <w:rsid w:val="001C2B9D"/>
+    <w:rsid w:val="001C2BF6"/>
+    <w:rsid w:val="001D352E"/>
+    <w:rsid w:val="001D6410"/>
+    <w:rsid w:val="001D6EAD"/>
+    <w:rsid w:val="001D6FD7"/>
+    <w:rsid w:val="001E12FB"/>
+    <w:rsid w:val="001F0FA2"/>
+    <w:rsid w:val="001F4944"/>
+    <w:rsid w:val="00201863"/>
+    <w:rsid w:val="00202C9A"/>
+    <w:rsid w:val="00204F69"/>
+    <w:rsid w:val="002166FD"/>
+    <w:rsid w:val="00216C17"/>
+    <w:rsid w:val="0022123D"/>
+    <w:rsid w:val="00223CAF"/>
+    <w:rsid w:val="00231431"/>
+    <w:rsid w:val="0023422E"/>
+    <w:rsid w:val="00235F44"/>
+    <w:rsid w:val="00237350"/>
+    <w:rsid w:val="00254B5D"/>
+    <w:rsid w:val="00255965"/>
+    <w:rsid w:val="00267D0A"/>
+    <w:rsid w:val="00274668"/>
+    <w:rsid w:val="00275CAA"/>
+    <w:rsid w:val="00282023"/>
+    <w:rsid w:val="002820F1"/>
+    <w:rsid w:val="00282434"/>
+    <w:rsid w:val="00286E3E"/>
+    <w:rsid w:val="00292CF1"/>
+    <w:rsid w:val="002940AD"/>
+    <w:rsid w:val="00296D4E"/>
+    <w:rsid w:val="002A0564"/>
+    <w:rsid w:val="002A0F87"/>
+    <w:rsid w:val="002A3D0D"/>
+    <w:rsid w:val="002A4C4F"/>
+    <w:rsid w:val="002A50DA"/>
+    <w:rsid w:val="002A5334"/>
+    <w:rsid w:val="002A73DA"/>
+    <w:rsid w:val="002B6473"/>
+    <w:rsid w:val="002B7607"/>
+    <w:rsid w:val="002C17C1"/>
+    <w:rsid w:val="002C1C67"/>
+    <w:rsid w:val="002C223F"/>
+    <w:rsid w:val="002C56A9"/>
+    <w:rsid w:val="002C5A95"/>
+    <w:rsid w:val="002D5448"/>
+    <w:rsid w:val="002E37E3"/>
+    <w:rsid w:val="002E5572"/>
+    <w:rsid w:val="002E60BF"/>
+    <w:rsid w:val="002E726A"/>
+    <w:rsid w:val="002E75B7"/>
+    <w:rsid w:val="002F1465"/>
+    <w:rsid w:val="0030042C"/>
+    <w:rsid w:val="00303563"/>
+    <w:rsid w:val="00315DEA"/>
+    <w:rsid w:val="00324272"/>
+    <w:rsid w:val="00325E09"/>
+    <w:rsid w:val="00331692"/>
+    <w:rsid w:val="003377E5"/>
+    <w:rsid w:val="00340B75"/>
+    <w:rsid w:val="003451AA"/>
+    <w:rsid w:val="00346941"/>
+    <w:rsid w:val="00354481"/>
+    <w:rsid w:val="00356E3A"/>
+    <w:rsid w:val="00357130"/>
+    <w:rsid w:val="00360151"/>
+    <w:rsid w:val="00362EA5"/>
+    <w:rsid w:val="003636DB"/>
+    <w:rsid w:val="003668CE"/>
+    <w:rsid w:val="003733F8"/>
+    <w:rsid w:val="003803A5"/>
+    <w:rsid w:val="00383CA8"/>
+    <w:rsid w:val="003871C1"/>
+    <w:rsid w:val="00391F8C"/>
+    <w:rsid w:val="00395C50"/>
+    <w:rsid w:val="003A0AE1"/>
+    <w:rsid w:val="003A427C"/>
+    <w:rsid w:val="003B647E"/>
+    <w:rsid w:val="003C0B49"/>
+    <w:rsid w:val="003C52BA"/>
+    <w:rsid w:val="003D7B80"/>
+    <w:rsid w:val="003E0F11"/>
+    <w:rsid w:val="003E6D2C"/>
+    <w:rsid w:val="003E6DD7"/>
+    <w:rsid w:val="003E773A"/>
+    <w:rsid w:val="003F69C8"/>
+    <w:rsid w:val="0040266C"/>
+    <w:rsid w:val="00413196"/>
+    <w:rsid w:val="00417C71"/>
+    <w:rsid w:val="00430CBC"/>
+    <w:rsid w:val="00431B8B"/>
+    <w:rsid w:val="00436428"/>
+    <w:rsid w:val="00441B20"/>
+    <w:rsid w:val="00454C8C"/>
+    <w:rsid w:val="00456EC2"/>
+    <w:rsid w:val="00456F3C"/>
+    <w:rsid w:val="00457E2F"/>
+    <w:rsid w:val="0046182A"/>
+    <w:rsid w:val="004732FE"/>
+    <w:rsid w:val="0047448F"/>
+    <w:rsid w:val="00477CB8"/>
+    <w:rsid w:val="00480A3B"/>
+    <w:rsid w:val="004851F2"/>
+    <w:rsid w:val="00493FDF"/>
+    <w:rsid w:val="00495E5A"/>
+    <w:rsid w:val="004971F4"/>
+    <w:rsid w:val="004A6D87"/>
+    <w:rsid w:val="004A73FA"/>
+    <w:rsid w:val="004B0B4A"/>
+    <w:rsid w:val="004B57A0"/>
+    <w:rsid w:val="004B5E08"/>
+    <w:rsid w:val="004C1125"/>
+    <w:rsid w:val="004C15A3"/>
+    <w:rsid w:val="004C63E2"/>
+    <w:rsid w:val="004C70E7"/>
+    <w:rsid w:val="004D0946"/>
+    <w:rsid w:val="004D684C"/>
+    <w:rsid w:val="004E3EE2"/>
+    <w:rsid w:val="004E43D2"/>
+    <w:rsid w:val="0050087E"/>
+    <w:rsid w:val="00501029"/>
+    <w:rsid w:val="005036E9"/>
+    <w:rsid w:val="00505DC8"/>
+    <w:rsid w:val="005137FA"/>
+    <w:rsid w:val="00514CFD"/>
+    <w:rsid w:val="00517B69"/>
+    <w:rsid w:val="0052168D"/>
+    <w:rsid w:val="00524627"/>
+    <w:rsid w:val="005313C0"/>
+    <w:rsid w:val="005406A4"/>
+    <w:rsid w:val="00542E93"/>
+    <w:rsid w:val="005447B7"/>
+    <w:rsid w:val="0054533C"/>
+    <w:rsid w:val="00551A3D"/>
+    <w:rsid w:val="00552A0C"/>
+    <w:rsid w:val="00554744"/>
+    <w:rsid w:val="0056133C"/>
+    <w:rsid w:val="00562CA4"/>
+    <w:rsid w:val="005630CF"/>
+    <w:rsid w:val="00566DB7"/>
+    <w:rsid w:val="00571EEE"/>
+    <w:rsid w:val="00572BC0"/>
+    <w:rsid w:val="00575895"/>
+    <w:rsid w:val="0057718F"/>
+    <w:rsid w:val="005834BA"/>
+    <w:rsid w:val="005851C4"/>
+    <w:rsid w:val="0058663F"/>
+    <w:rsid w:val="005943DE"/>
+    <w:rsid w:val="005A18B7"/>
+    <w:rsid w:val="005A7158"/>
+    <w:rsid w:val="005B245B"/>
+    <w:rsid w:val="005C43E8"/>
+    <w:rsid w:val="005C54F3"/>
+    <w:rsid w:val="005D0AC0"/>
+    <w:rsid w:val="005E512F"/>
+    <w:rsid w:val="005E5508"/>
+    <w:rsid w:val="005E56CC"/>
+    <w:rsid w:val="005F0E12"/>
+    <w:rsid w:val="005F558C"/>
+    <w:rsid w:val="005F670D"/>
+    <w:rsid w:val="005F7D9E"/>
+    <w:rsid w:val="00603D40"/>
+    <w:rsid w:val="00613D2D"/>
+    <w:rsid w:val="00614D74"/>
+    <w:rsid w:val="0061779B"/>
+    <w:rsid w:val="006307E6"/>
+    <w:rsid w:val="0063193C"/>
+    <w:rsid w:val="00642CB5"/>
+    <w:rsid w:val="00643ADA"/>
+    <w:rsid w:val="006502EE"/>
+    <w:rsid w:val="00650981"/>
+    <w:rsid w:val="00650C0B"/>
+    <w:rsid w:val="00655020"/>
+    <w:rsid w:val="006613B8"/>
+    <w:rsid w:val="00662B74"/>
+    <w:rsid w:val="00665AD2"/>
+    <w:rsid w:val="00666C56"/>
+    <w:rsid w:val="00667CCB"/>
+    <w:rsid w:val="00673B79"/>
+    <w:rsid w:val="006749E9"/>
+    <w:rsid w:val="006866A1"/>
+    <w:rsid w:val="00687693"/>
+    <w:rsid w:val="0069029F"/>
+    <w:rsid w:val="00696E44"/>
+    <w:rsid w:val="006A09A5"/>
+    <w:rsid w:val="006B1133"/>
+    <w:rsid w:val="006B28A1"/>
+    <w:rsid w:val="006B685B"/>
+    <w:rsid w:val="006C231D"/>
+    <w:rsid w:val="006C4360"/>
+    <w:rsid w:val="006C5C30"/>
+    <w:rsid w:val="006D07FC"/>
+    <w:rsid w:val="006D13BB"/>
+    <w:rsid w:val="006D13FD"/>
+    <w:rsid w:val="006D61E9"/>
+    <w:rsid w:val="006D7B91"/>
+    <w:rsid w:val="006E3604"/>
+    <w:rsid w:val="006F5171"/>
+    <w:rsid w:val="006F6A8C"/>
+    <w:rsid w:val="007029DF"/>
+    <w:rsid w:val="00721F88"/>
+    <w:rsid w:val="00726A67"/>
+    <w:rsid w:val="00731810"/>
+    <w:rsid w:val="00735877"/>
+    <w:rsid w:val="00737900"/>
+    <w:rsid w:val="00742DC2"/>
+    <w:rsid w:val="0074365D"/>
+    <w:rsid w:val="00744206"/>
+    <w:rsid w:val="007536B5"/>
+    <w:rsid w:val="00761C40"/>
+    <w:rsid w:val="007625A9"/>
+    <w:rsid w:val="00773B48"/>
+    <w:rsid w:val="00776974"/>
+    <w:rsid w:val="00777068"/>
+    <w:rsid w:val="00783E7B"/>
+    <w:rsid w:val="00784E84"/>
+    <w:rsid w:val="00787351"/>
+    <w:rsid w:val="00790990"/>
+    <w:rsid w:val="00792DF7"/>
+    <w:rsid w:val="0079764C"/>
+    <w:rsid w:val="007A1308"/>
+    <w:rsid w:val="007B508C"/>
+    <w:rsid w:val="007D76F9"/>
+    <w:rsid w:val="007E0413"/>
+    <w:rsid w:val="007E6E02"/>
+    <w:rsid w:val="007E7B30"/>
+    <w:rsid w:val="007F70AC"/>
+    <w:rsid w:val="008009FA"/>
+    <w:rsid w:val="008135B1"/>
+    <w:rsid w:val="00814122"/>
+    <w:rsid w:val="00815810"/>
+    <w:rsid w:val="00816F8C"/>
+    <w:rsid w:val="00821BE2"/>
+    <w:rsid w:val="008248F6"/>
+    <w:rsid w:val="008255CA"/>
+    <w:rsid w:val="00831A64"/>
+    <w:rsid w:val="00832574"/>
+    <w:rsid w:val="008360ED"/>
+    <w:rsid w:val="008372D9"/>
+    <w:rsid w:val="00845F79"/>
+    <w:rsid w:val="00846154"/>
+    <w:rsid w:val="008571E2"/>
+    <w:rsid w:val="00860EC0"/>
+    <w:rsid w:val="00871A0B"/>
+    <w:rsid w:val="00871E4B"/>
+    <w:rsid w:val="008735FD"/>
+    <w:rsid w:val="008812D0"/>
+    <w:rsid w:val="00883679"/>
+    <w:rsid w:val="00893AC2"/>
+    <w:rsid w:val="00893B3A"/>
+    <w:rsid w:val="00895030"/>
+    <w:rsid w:val="00895629"/>
+    <w:rsid w:val="008A1E4E"/>
+    <w:rsid w:val="008A6EE2"/>
+    <w:rsid w:val="008B1AFD"/>
+    <w:rsid w:val="008D0CA5"/>
+    <w:rsid w:val="008E19A5"/>
+    <w:rsid w:val="008F43CB"/>
+    <w:rsid w:val="00912C18"/>
+    <w:rsid w:val="0091510F"/>
+    <w:rsid w:val="009307BE"/>
+    <w:rsid w:val="009348B9"/>
+    <w:rsid w:val="009366CF"/>
+    <w:rsid w:val="00937146"/>
+    <w:rsid w:val="00957088"/>
+    <w:rsid w:val="00960390"/>
+    <w:rsid w:val="009727D6"/>
+    <w:rsid w:val="00973677"/>
+    <w:rsid w:val="009773C2"/>
+    <w:rsid w:val="009815BB"/>
+    <w:rsid w:val="009832C8"/>
+    <w:rsid w:val="0099151A"/>
+    <w:rsid w:val="009B46F1"/>
+    <w:rsid w:val="009B5B00"/>
+    <w:rsid w:val="009B600E"/>
+    <w:rsid w:val="009C06DF"/>
+    <w:rsid w:val="009C5986"/>
+    <w:rsid w:val="009C6E0D"/>
+    <w:rsid w:val="009C7D58"/>
+    <w:rsid w:val="009D3787"/>
+    <w:rsid w:val="009E21AB"/>
+    <w:rsid w:val="009E4AD6"/>
+    <w:rsid w:val="009E6542"/>
+    <w:rsid w:val="009E6DBB"/>
+    <w:rsid w:val="009E708E"/>
+    <w:rsid w:val="009F384F"/>
+    <w:rsid w:val="009F42AC"/>
+    <w:rsid w:val="009F77EE"/>
+    <w:rsid w:val="00A02A49"/>
+    <w:rsid w:val="00A0309D"/>
+    <w:rsid w:val="00A1333E"/>
+    <w:rsid w:val="00A157D2"/>
+    <w:rsid w:val="00A16013"/>
+    <w:rsid w:val="00A17C56"/>
+    <w:rsid w:val="00A230BE"/>
+    <w:rsid w:val="00A24068"/>
+    <w:rsid w:val="00A24A67"/>
+    <w:rsid w:val="00A2595F"/>
+    <w:rsid w:val="00A34289"/>
+    <w:rsid w:val="00A40061"/>
+    <w:rsid w:val="00A458C1"/>
+    <w:rsid w:val="00A47434"/>
+    <w:rsid w:val="00A50F69"/>
+    <w:rsid w:val="00A51814"/>
+    <w:rsid w:val="00A52D6F"/>
+    <w:rsid w:val="00A61477"/>
+    <w:rsid w:val="00A64BCE"/>
+    <w:rsid w:val="00A82F14"/>
+    <w:rsid w:val="00A90BE5"/>
+    <w:rsid w:val="00A954A5"/>
+    <w:rsid w:val="00A959EC"/>
+    <w:rsid w:val="00A97EED"/>
+    <w:rsid w:val="00AA0964"/>
+    <w:rsid w:val="00AC4FF1"/>
+    <w:rsid w:val="00AE40C7"/>
+    <w:rsid w:val="00B03507"/>
+    <w:rsid w:val="00B0684C"/>
+    <w:rsid w:val="00B10351"/>
+    <w:rsid w:val="00B2384C"/>
+    <w:rsid w:val="00B240A7"/>
+    <w:rsid w:val="00B300B5"/>
+    <w:rsid w:val="00B30370"/>
+    <w:rsid w:val="00B37D1B"/>
+    <w:rsid w:val="00B457A3"/>
+    <w:rsid w:val="00B516D6"/>
+    <w:rsid w:val="00B54A52"/>
+    <w:rsid w:val="00B63975"/>
+    <w:rsid w:val="00B71A37"/>
+    <w:rsid w:val="00B91419"/>
+    <w:rsid w:val="00B932A7"/>
+    <w:rsid w:val="00BA0357"/>
+    <w:rsid w:val="00BB1A03"/>
+    <w:rsid w:val="00BB2EF7"/>
+    <w:rsid w:val="00BC1655"/>
+    <w:rsid w:val="00BC1917"/>
+    <w:rsid w:val="00BC3604"/>
+    <w:rsid w:val="00BC408E"/>
+    <w:rsid w:val="00BD5410"/>
+    <w:rsid w:val="00BE0AB0"/>
+    <w:rsid w:val="00BE5A20"/>
+    <w:rsid w:val="00BF0EDF"/>
+    <w:rsid w:val="00BF1109"/>
+    <w:rsid w:val="00C0761A"/>
+    <w:rsid w:val="00C13E70"/>
+    <w:rsid w:val="00C21F8D"/>
+    <w:rsid w:val="00C22127"/>
+    <w:rsid w:val="00C22575"/>
+    <w:rsid w:val="00C225BC"/>
+    <w:rsid w:val="00C2288E"/>
+    <w:rsid w:val="00C25153"/>
+    <w:rsid w:val="00C41ADA"/>
+    <w:rsid w:val="00C425F3"/>
+    <w:rsid w:val="00C44AB3"/>
+    <w:rsid w:val="00C472E2"/>
+    <w:rsid w:val="00C477DC"/>
+    <w:rsid w:val="00C47C4B"/>
+    <w:rsid w:val="00C61605"/>
+    <w:rsid w:val="00C6304A"/>
+    <w:rsid w:val="00C67A0F"/>
+    <w:rsid w:val="00C77C3B"/>
+    <w:rsid w:val="00C838C0"/>
+    <w:rsid w:val="00C9533D"/>
+    <w:rsid w:val="00CA7C5C"/>
+    <w:rsid w:val="00CB25CC"/>
+    <w:rsid w:val="00CB333A"/>
+    <w:rsid w:val="00CC6E02"/>
+    <w:rsid w:val="00CE60AE"/>
+    <w:rsid w:val="00CE7A89"/>
+    <w:rsid w:val="00CF1A7B"/>
+    <w:rsid w:val="00CF1B2F"/>
+    <w:rsid w:val="00CF59FB"/>
+    <w:rsid w:val="00D02141"/>
+    <w:rsid w:val="00D07C7E"/>
+    <w:rsid w:val="00D101FE"/>
+    <w:rsid w:val="00D1405D"/>
+    <w:rsid w:val="00D22FFF"/>
+    <w:rsid w:val="00D254F0"/>
+    <w:rsid w:val="00D26CEC"/>
+    <w:rsid w:val="00D3034B"/>
+    <w:rsid w:val="00D36855"/>
+    <w:rsid w:val="00D430A1"/>
+    <w:rsid w:val="00D435BA"/>
+    <w:rsid w:val="00D44436"/>
+    <w:rsid w:val="00D4535B"/>
+    <w:rsid w:val="00D47036"/>
+    <w:rsid w:val="00D5077C"/>
+    <w:rsid w:val="00D51FFA"/>
+    <w:rsid w:val="00D57352"/>
+    <w:rsid w:val="00D63F2B"/>
+    <w:rsid w:val="00D6421F"/>
+    <w:rsid w:val="00D650D0"/>
+    <w:rsid w:val="00D65E32"/>
+    <w:rsid w:val="00D67FEB"/>
+    <w:rsid w:val="00D759F2"/>
+    <w:rsid w:val="00D87EFF"/>
+    <w:rsid w:val="00D92EE3"/>
+    <w:rsid w:val="00D9392B"/>
+    <w:rsid w:val="00D9695F"/>
+    <w:rsid w:val="00DA10F1"/>
+    <w:rsid w:val="00DA5284"/>
+    <w:rsid w:val="00DA6A48"/>
+    <w:rsid w:val="00DB0651"/>
+    <w:rsid w:val="00DC0CD2"/>
+    <w:rsid w:val="00DE27C5"/>
+    <w:rsid w:val="00DE620A"/>
+    <w:rsid w:val="00DF5A42"/>
+    <w:rsid w:val="00E0635B"/>
+    <w:rsid w:val="00E07A7B"/>
+    <w:rsid w:val="00E2735D"/>
+    <w:rsid w:val="00E34012"/>
+    <w:rsid w:val="00E4541C"/>
+    <w:rsid w:val="00E46B13"/>
+    <w:rsid w:val="00E50EBB"/>
+    <w:rsid w:val="00E51AAB"/>
+    <w:rsid w:val="00E51ED8"/>
+    <w:rsid w:val="00E54E1C"/>
+    <w:rsid w:val="00E56106"/>
+    <w:rsid w:val="00E65651"/>
+    <w:rsid w:val="00E711BD"/>
+    <w:rsid w:val="00E756AB"/>
+    <w:rsid w:val="00E81DFD"/>
+    <w:rsid w:val="00E87114"/>
+    <w:rsid w:val="00E953AC"/>
+    <w:rsid w:val="00E957DC"/>
+    <w:rsid w:val="00E968B4"/>
+    <w:rsid w:val="00EA596D"/>
+    <w:rsid w:val="00EB0E31"/>
+    <w:rsid w:val="00EC1023"/>
+    <w:rsid w:val="00EC3C55"/>
+    <w:rsid w:val="00EC50E5"/>
+    <w:rsid w:val="00EC6681"/>
+    <w:rsid w:val="00ED3170"/>
+    <w:rsid w:val="00ED5808"/>
+    <w:rsid w:val="00ED5C70"/>
+    <w:rsid w:val="00ED6A0A"/>
+    <w:rsid w:val="00EE0228"/>
+    <w:rsid w:val="00EE02C9"/>
+    <w:rsid w:val="00EE2DC1"/>
+    <w:rsid w:val="00EF0CBE"/>
+    <w:rsid w:val="00EF7EB3"/>
+    <w:rsid w:val="00F0646A"/>
+    <w:rsid w:val="00F071C1"/>
+    <w:rsid w:val="00F07AC9"/>
+    <w:rsid w:val="00F15EFA"/>
+    <w:rsid w:val="00F210AB"/>
+    <w:rsid w:val="00F25329"/>
+    <w:rsid w:val="00F268AF"/>
+    <w:rsid w:val="00F2735B"/>
+    <w:rsid w:val="00F3423F"/>
+    <w:rsid w:val="00F417E8"/>
+    <w:rsid w:val="00F479EE"/>
+    <w:rsid w:val="00F52A5D"/>
+    <w:rsid w:val="00F5733C"/>
+    <w:rsid w:val="00F64F91"/>
+    <w:rsid w:val="00F65769"/>
+    <w:rsid w:val="00F74915"/>
+    <w:rsid w:val="00F768E9"/>
+    <w:rsid w:val="00F769C0"/>
+    <w:rsid w:val="00F8061C"/>
+    <w:rsid w:val="00F8183F"/>
+    <w:rsid w:val="00F8254B"/>
+    <w:rsid w:val="00F86CC9"/>
+    <w:rsid w:val="00F86EEC"/>
+    <w:rsid w:val="00F96BA5"/>
+    <w:rsid w:val="00FA68C0"/>
+    <w:rsid w:val="00FA7B34"/>
+    <w:rsid w:val="00FB3C0D"/>
+    <w:rsid w:val="00FB3C99"/>
+    <w:rsid w:val="00FB44ED"/>
+    <w:rsid w:val="00FB7A94"/>
+    <w:rsid w:val="00FC14CB"/>
+    <w:rsid w:val="00FC14F0"/>
+    <w:rsid w:val="00FC1F29"/>
+    <w:rsid w:val="00FD24D4"/>
+    <w:rsid w:val="00FD574C"/>
+    <w:rsid w:val="00FD599B"/>
+    <w:rsid w:val="00FD7B82"/>
+    <w:rsid w:val="00FE2482"/>
+    <w:rsid w:val="00FE3AF0"/>
+    <w:rsid w:val="00FE6B42"/>
+    <w:rsid w:val="00FF19A9"/>
+    <w:rsid w:val="00FF41EE"/>
+    <w:rsid w:val="00FF536A"/>
+    <w:rsid w:val="00FF7109"/>
+    <w:rsid w:val="00FF76F1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{6AB67D1A-6C26-435A-AA9B-6BD9B7C66E5A}"/>
+  <w15:docId w15:val="{9E3FE2D3-455F-4083-8265-C94ABC482F79}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1124,729 +1632,731 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00BB2EF7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0"/>
+      <w:spacing w:before="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0"/>
+      <w:spacing w:before="40"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:pPr>
-      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="80"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
+      <w:spacing w:after="160"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:pPr>
-      <w:spacing w:before="160"/>
+      <w:spacing w:before="160" w:after="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00FE7297"/>
-    <w:rPr>
+    <w:rsid w:val="00043668"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00FE7297"/>
-    <w:rPr>
+    <w:rsid w:val="00043668"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00FE7297"/>
+    <w:rsid w:val="00043668"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000A3CEB"/>
+    <w:rsid w:val="00B63975"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000A3CEB"/>
+    <w:rsid w:val="00B63975"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000A3CEB"/>
+    <w:rsid w:val="00B63975"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000A3CEB"/>
+    <w:rsid w:val="00B63975"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>