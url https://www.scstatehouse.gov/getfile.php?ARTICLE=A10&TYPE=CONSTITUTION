--- v0 (2025-10-05)
+++ v1 (2025-12-04)
@@ -5,13825 +5,14060 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>ARTICLE X</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>FINANCE, TAXATION, AND BONDED DEBT</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Editor’s Note</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>Article X was revised in 1977. What follows are conversion tables showing sections of the former Article X and the corresponding sections of the new Article X, and from the new article X to the former Article X.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9150" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5457"/>
         <w:gridCol w:w="3693"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>Former to New</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>3A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>1, 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>3B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>1, 6, 14, 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>_________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>_________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>_________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>13A</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:noBreakHyphen/>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>New to Former</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>3A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>3, 3B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>5, 13</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:noBreakHyphen/>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>A, 14, 14a, 15</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:noBreakHyphen/>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>_________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>6, 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>_________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
-            <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+            <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>_________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> Taxation and assessment.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>The General Assembly may provide for the ad valorem taxation by the State or any of its subdivisions of all real and personal property. The assessment of all property shall be equal and uniform in the following classifications:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(1) All real and personal property owned by or leased to manufacturers, utilities and mining operations and used by the manufacturer, utility or mining operation, in the conduct of such business shall be taxed on an assessment equal to ten and one</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>half percent of the fair market value of such property.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(2) All real and personal property owned by or leased to companies primarily engaged in transportation for hire of persons or property and used by the company in the conduct of such business shall be taxed on an assessment equal to nine and one</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>half percent of the fair market value of such property.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(3) The legal residence and not more than five acres contiguous thereto shall be taxed on an assessment equal to four percent of the fair market value of such property.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(4) Agricultural real property which is actually used for such purposes shall be taxed on an assessment equal to:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...38 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(A) four percent of its value for such purposes when owned or leased to individuals or partnerships and certain corporations which do not:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...41 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(i) have more than ten shareholders;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...41 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(ii) have as a shareholder a person (other than an estate) who is not an individual;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...41 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(iii) have a nonresident alien as a shareholder; and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...41 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(iv) have more than one class of stock.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...38 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(B) six percent of its value for such purposes when owned or leased to corporations, except for certain corporations specified in (A) above. Provided, that the General Assembly shall by general law provide for a penalty system on lands classified as agricultural lands to insure the proper utilization of this classification.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(5) All other real property not herein provided for shall be taxed on an assessment equal to six percent of the fair market value of such property.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(6) All inventories of business establishments shall be taxed on an assessment equal to six percent of the fair market value of such property.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(7) All farm machinery and equipment except motor vehicles licensed for use on the highways owned by farmers and used on agricultural lands shall be taxed on an assessment equal to five percent of the fair market value.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(8)(A) Except as provided in subitem (B) of this item, all other personal property must be taxed on an assessment equal to ten and one</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>half percent of the fair market value of the property.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...38 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(B)(1) Personal motor vehicles which must be titled by a state or federal agency, limited to passenger motor vehicles and pickup trucks, as defined by law, must be taxed on an assessment equal to the following percentage of fair market value of the property:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9150" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7861"/>
         <w:gridCol w:w="1289"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>Property Tax Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>Percentage</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>year 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>9.75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>year 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>9.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>year 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>8.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>year 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>7.50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>year 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>6.75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidTr="0071459B">
+      <w:tr w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidTr="006A7AFD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>year 6 and after</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE00FD" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
+          <w:p w:rsidR="00485D3F" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="216"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="864"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1296"/>
                 <w:tab w:val="left" w:pos="1512"/>
                 <w:tab w:val="left" w:pos="1728"/>
                 <w:tab w:val="left" w:pos="1944"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2376"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3024"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3456"/>
                 <w:tab w:val="left" w:pos="3672"/>
                 <w:tab w:val="left" w:pos="3888"/>
                 <w:tab w:val="left" w:pos="4104"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="4752"/>
                 <w:tab w:val="left" w:pos="4968"/>
                 <w:tab w:val="left" w:pos="5184"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5616"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A238EE">
+            <w:r w:rsidRPr="00E87F4C">
               <w:t>6.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...63 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A238EE">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(2) This subitem applies for property tax years beginning after 2001 or for earlier tax years as the General Assembly may provide by law. (1976 (59) 2217; 1977 (60) 90; 2001 Act No. 10.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> Defining classes of property and values for property tax purposes; transition to assessment ratios; continuance of existing statutes pertaining to assessment methods; changing assessment ratios.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(a) The General Assembly may define the classes of property and values for property tax purposes of the classes of property set forth in Section 1 of this article and establish administrative procedures for property owners to qualify for a particular classification.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>(b) The General Assembly may provide for a gradual transition to any ratio as set out in Section 1 over a period not to exceed seven years.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(c) Statutes pertaining to the methods of assessment of property for ad valorem taxation not in conflict with this article shall continue in force until changed by an act of the General Assembly.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(d) The General Assembly may change the ratios as set forth in Section 1, but only with the approval of at least two</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>thirds of the membership of each house. (1976 (59) 2217; 1977 (60) 90.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...63 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Editor’s Note</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">The provisions of this section are somewhat similar to former </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>3A of Article X as it read prior to the 1977 revision.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> Property exempt from ad valorem taxation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>There shall be exempt from ad valorem taxation:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(a) all property of the State, counties, municipalities, school districts and other political subdivisions, if the property is used exclusively for public purposes;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(b) all property of all schools, colleges and other institutions of learning and all charitable institutions in the nature of hospitals and institutions caring for the infirmed, the handicapped, the aged, children and indigent persons, except where the profits of such institutions are applied to private use;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(c) all property of all public libraries, churches, parsonages and burying grounds;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(d) all property of all charitable trusts and foundations used exclusively for charitable and public purposes;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(e) all household goods and furniture used in the home of the owner of such goods and furniture, but this exemption shall not apply to household goods used in hotels, rooming houses, apartments or other places of business;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(f) all inventories of manufactures, except manufactured articles which have been offered for sale at retail or which have been available for sale at retail;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(g) all new manufacturing establishments located in any of the counties of this State after July 1, 1977, for five years from the time of establishment and all additions to the existing manufacturing establishments located in any of the counties of this State for five years from the time each of these additions is made if the cost of the addition is fifty thousand dollars or more. The additions shall include additional machinery and equipment installed in the plant. The exemptions authorized in this item for manufacturing establishments, and additions to those manufacturing establishments, do not include exemptions from school taxes or municipal taxes but include only county taxes. All manufacturing establishments and all additions to existing manufacturing establishments exempt under existing statutes are allowed their exemptions provided for by statute until the exemptions expire. Municipal governing bodies may by ordinance exempt from municipal ad valorem taxation for not more than five years all new manufacturing establishments located in any of the municipalities of this State after July 1, 1985, and all additions to the existing manufacturing establishments, including additional machinery and equipment, located in any of the municipalities of this State costing fifty thousand dollars or more made after July 1, 1985. Exemptions from municipal taxation granted pursuant to this item may not result in any refund of taxes;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>The governing body of a municipality may by ordinance exempt from municipal ad valorem taxation for not more than five years:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...38 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(1) all new corporate headquarters, corporate office facilities, distribution facilities located in the municipality, and additions to such facilities; and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...38 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(2) all facilities of new enterprises engaged in research and development activities located in the municipality, and additions to such facilities.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>The exemptions allowed pursuant to this paragraph are subject to those terms and conditions that the General Assembly may provide by law.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(h) all facilities or equipment of industrial plants which are designed for the elimination, mitigation, prevention, treatment, abatement or control of water, air or noise pollution;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(i) a homestead exemption for persons sixty</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>five years of age and older, for persons permanently and totally disabled and for blind persons in the amount of ten thousand dollars of the fair market value of the homestead under conditions prescribed by the General Assembly by general law; provided, that the amount may be increased by the General Assembly by general law, passed by a majority vote of both houses;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(j) intangible personal property.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>The exemptions provided in subitems (c) and (d) for real property shall not extend beyond the buildings and premises actually occupied by the owners of such real property. Homestead exemptions from ad valorem taxation not specifically provided for in this section may be provided for by the General Assembly by general law. In addition to the exemptions listed in this section, the General Assembly may provide for exemptions from the property tax, by general laws applicable uniformly to property throughout the State and in all political subdivisions, but only with the approval of two</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>thirds of the members of each House. All exemptions not specifically provided for or authorized in this article shall be repealed March 1, 1978. The General Assembly shall provide for methods and procedures in applying for the exemption of any property as is described in this section.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...105 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+        <w:t>In addition to the exemptions provided and authorized in this section, subject to statutory authorization, the governing body of a county by ordinance may impose a sales and use tax in order to exempt all or a portion of the value of private passenger motor vehicles, motorcycles, general aviation aircraft, boats, and boat motors from property taxes levied in the county. This exemption, or its subsequent rescission, is allowed only pursuant to a referendum held in the county in the manner that the General Assembly provides by law. (1976 (59) 2217; 1977 (60) 90; 1985 Act No. 19; 1995 Act No. 47; 2001 Act No. 9.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Editor’s Note</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">The present provisions of this section are somewhat similar to former </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>4 of Article X as it existed prior to the 1977 revision.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">See Article III, </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>28 for Notes of Decisions relating to homestead exemption.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> One assessment for all taxes.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>The General Assembly shall provide for the assessment of all property for taxation, whether for state, county, school, municipal or any other political subdivision. All taxes shall be levied on that assessment. (1976 (59) 2217; 1977 (60) 90.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...63 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Editor’s Note</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">The present provisions of this section are somewhat similar to former </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>13 of Article X as it existed prior to the 1977 revision.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> No tax without consent; taxes to be levied in pursuance of law.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>No tax, subsidy or charge shall be established, fixed, laid or levied, under any pretext whatsoever, without the consent of the people or their representatives lawfully assembled. Any tax which shall be levied shall distinctly state the public purpose to which the proceeds of the tax shall be applied. (1976 (59) 2217; 1977 (60) 90.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...63 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Editor’s Note</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">The present provisions of the first sentence of this section are similar to former </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">3B of Article X as it existed prior to the 1977 revision; the present provisions of the second sentence of this section are somewhat similar to former </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>3 of Article X as it existed prior to the 1977 revision.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> Establishment of method of valuation for assessment of real property within State.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...36 lines deleted...]
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+        <w:t xml:space="preserve">Except as otherwise provided in this section, the General Assembly may vest the power of assessing and collecting taxes in all of the political subdivisions of the State, including counties, municipalities, special purpose districts, public service districts, and school districts. Property tax levies shall be uniform in respect to persons and property within the jurisdiction of the body imposing such taxes; provided, that on properties </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">located in an area receiving special benefits from the taxes collected, special levies may be permitted by general law applicable to the same type of political subdivision throughout the State, and the General Assembly shall specify the precise condition under which such special levies shall be assessed. For the tax year beginning 2007, each parcel of real property in this State shall have a maximum value for ad valorem taxes that does not exceed its fair market value. The General Assembly is authorized, by general law, to define </w:t>
+      </w:r>
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>fair market value</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> and to define when property has been improved or when losses have occurred to change the value of the real property.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>The General Assembly shall establish, through the enactment of general law, and not through the enactment of local legislation pertaining to a single county or other political subdivision, the method of assessment of real property within the State that shall apply to each political subdivision within the State. Each political subdivision shall value real property by a method in which the value of each parcel of real property, adjusted for improvements and losses, does not increase more than fifteen percent every five years unless, as defined by the General Assembly, an assessable transfer of interest occurs.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>Notwithstanding any other provision of law, for the purposes of calculating the limit on bonded indebtedness of political subdivisions and school districts, pursuant to Sections 14 and 15 of Article X, respectively of the Constitution of this State, the assessed values of all taxable property within a political subdivision or school district shall not be lower than the assessed values of tax year 2006.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>Whenever there is a merger of governments authorized under Section 12 of Article VIII, tax districts may be created, based upon the services rendered in each district, but tax levies must be uniform in respect to persons and property within each such district. (1976 (59) 2217; 1977 (60) 90; 2007 Act No. 12.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...63 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Editor’s Note</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">This section is derived from </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">Section Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>5, 13</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>a, 14, 14</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>a, and 15 to 22 of Article X as they existed prior to the 1977 revision.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>7.</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> Limitation on annual expenditures of state government and number of state employees; annual budgets and expenses of political subdivisions and school districts.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(a) The General Assembly shall provide by law for a budget process to insure that annual expenditures of state government may not exceed annual state revenue.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(b) Each political subdivision of the State as defined in Section 14 of this article and each school district of this State shall prepare and maintain annual budgets which provide for sufficient income to meet its estimated expenses for each year. Whenever it shall happen that the ordinary expenses of a political subdivision for any year shall exceed the income of such political subdivision, the governing body of such political subdivision shall provide for levying a tax in the ensuing year sufficient, with other sources of income, to pay the deficiency of the preceding year together with the estimated expenses for such ensuing year. The General Assembly shall establish procedures to insure that the provisions of this section are enforced.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(c) The General Assembly shall prescribe by law a spending limitation on appropriations for the operation of state government which shall provide that annual increases in such appropriations may not exceed the average growth rate of the economy of the State as measured by a process provided for by the law which prescribes the limitations on appropriations; provided, however, the limitation may be suspended for any one fiscal year by a special vote as provided in this subsection.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>During the regular session of the General Assembly in 1990 and during every fifth annual regular session thereafter, the General Assembly shall conduct and complete a review of the law implementing this subsection. During such session, only a vote of two</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>thirds of the members of each branch present and voting shall be required to change the existing limitation on appropriation. Unless that is done, the existing limitations shall remain unchanged.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>Upon implementation of the provisions of this subsection by law, such law may not be amended or repealed except by the special vote as provided in this subsection.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>The special vote referred to in this subsection means an affirmative vote in each branch of the General Assembly by two</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>thirds of the members present and voting, but not less than three</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>fifths of the total membership in each branch.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...74 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+        <w:t>(d) The General Assembly shall prescribe by law a limitation on the number of state employees which shall provide that the annual increase in such number may not exceed the average growth rate in the population of the State measured by a process provided for in the law which prescribes that employment limitation; provided, however, the limitation may be suspended for any one fiscal year by a special vote as provided in this subsection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>Upon implementation of the provisions of this subsection by law, such law may not be amended or repealed except by the special vote provided in this subsection.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>The special vote referred to in this subsection means an affirmative vote in each branch of the General Assembly by two</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>thirds of the members present and voting, but not less than three</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>fifths of the total membership in each branch. (1976 (59) 2217; 1977 (60) 90; 1985 Act No. 10.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...63 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Editor’s Note</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">The provisions of this section are somewhat similar to former </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>2 of Article X as it existed prior to the 1977 revision.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> Payments from treasuries.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>Money shall be drawn from the treasury of the State or the treasury of any of its political subdivisions only in pursuance of appropriations made by law. (1976 (59) 2217; 1977 (60) 90.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...63 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Editor’s Note</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">The provisions of this section are somewhat similar to former </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>9 of Article X as it existed prior to the 1977 revision.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>9.</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> Statement of receipts and expenditures.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>An accurate statement of the receipts and expenditures of the public money shall be published annually in such manner as may be prescribed by law. (1976 (59) 2217; 1977 (60) 90.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...63 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Editor’s Note</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">The present provisions of this section are similar to former </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>8 of Article X as it existed prior to the 1977 revision.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>10.</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> Claims against State.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>The General Assembly may direct, by law, in what manner claims against the State may be established and adjusted. (1976 (59) 2217; 1977 (60) 90.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...63 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Editor’s Note</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">The provisions of this section are identical to </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>2 of Article XVII.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>11.</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> Credit of State and political subdivisions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>The credit of neither the State nor of any of its political subdivisions shall be pledged or loaned for the benefit of any individual, company, association, corporation, or any religious or other private education institution except as permitted by Section 3, Article XI of this Constitution. Neither the State nor any of its political subdivisions shall become a joint owner of or stockholder in any company, association, or corporation. The General Assembly may, however, authorize the South Carolina Public Service Authority to become a joint owner with privately owned electric utilities, including electric cooperatives, of electric generation or transmission facilities, or both, and to enter into and carry out agreements with respect to such jointly owned facilities.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>Provided, however, the General Assembly may obligate or appropriate state funds in order to participate in federal or federally aided disaster related grant or loan programs for individuals or families, but only to the extent that such state participation is a prerequisite to federal financial assistance.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>Provided, however, that endowment funds donated specifically to state</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>supported institutions of higher learning and held by the State Treasurer may be invested and reinvested in equity securities of a corporation within the United States that is registered on a national securities exchange, as provided in the Securities Exchange Act of 1934 or a successor act, or quoted through the National Association of Securities Dealers Automatic Quotations System or similar service. The General Assembly shall implement this paragraph by enacting legislation in which these endowment funds held and invested by the State Treasurer must be invested pursuant to a plan recommended by the State Retirement Systems Investment Panel which must be submitted to and approved by the boards of trustees of the respective colleges and universities.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...105 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+        <w:t>Notwithstanding any other provision of this section, a municipality, county, special purpose district, or public service district of this State which provides firefighting service and which administers a separate pension plan for its employees performing this service may invest and reinvest the funds in this pension plan in equity securities traded on a national securities exchange as provided in the Securities Exchange Act of 1934 of a successor act, or in equity securities quoted through the National Association of Securities Dealers Automatic Quotations System or similar service. (1976 (59) 2217; 1977 (60) 90; 1979 Act No. 1; 1985 Act No. 7; 1999 Act No. 11; 2003 Act No. 93.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Editor’s Note</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">The provisions of the first two sentences of this section are somewhat similar to the first sentence of former </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">6 of Article X as it existed prior to the 1977 revision; the provisions of the third sentence of this section are identical to the second sentence of former </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>6 of Article X as it existed prior to the 1977 revision.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>12.</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> Counties not to incur bonded indebtedness for special services in certain areas without special tax or charge on area or persons benefitted.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>No law shall be enacted permitting the incurring of bonded indebtedness by any county for sewage disposal or treatment, fire protection, street lighting, garbage collection and disposal, water service or any other service or facility benefitting only a particular geographical section of the county unless a special assessment, tax or service charge in an amount designed to provide debt service on bonded indebtedness or revenue bonds incurred for such purposes shall be imposed upon the area or persons receiving the benefit therefrom. (1976 (59) 2217; 1977 (60) 90.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>13.</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> Bonded indebtedness of State.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(1) Subject to the conditions and limitations in this section, the State shall have power to incur indebtedness in the following categories and in no others: (a) general obligation debt; and (b) indebtedness payable only from a revenue</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>producing project or from a special source as provided in subsection (9) hereof.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t xml:space="preserve">(2) </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>General obligation debt</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> shall mean any indebtedness of the State which shall be secured in whole or in part by a pledge of the full faith, credit and taxing power of the State.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(3) General obligation debt may not be incurred except for a public purpose and all general obligation debt shall mature not later than thirty years from the time such indebtedness shall be incurred.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(4) In each act authorizing the incurring of general obligation debt the General Assembly shall allocate on an annual basis sufficient tax revenues to provide for the punctual payment of the principal of and interest on such general obligation debt. If at any time any payment due as the principal of or interest on any general obligation debt shall not be paid as and when the same become due and payable, the State Comptroller General shall forthwith levy and the State Treasurer shall collect an ad valorem tax without limit as to rate or amount upon all taxable property in the State sufficient to meet the payment of the principal and interest of such general obligation debt then due.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(5) If general obligation debt be authorized by (a) two</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
-[...36 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
+        <w:t xml:space="preserve">thirds of the members of each House of the General Assembly; or (b) by a majority vote of the qualified electors of the State voting in a referendum called by the General Assembly there shall be no conditions or restrictions limiting the incurring of such </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:lastRenderedPageBreak/>
+        <w:t>indebtedness except (i) those restrictions and limitations imposed in the authorization to incur such indebtedness, and (ii) the provisions of subsection (3) hereof.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(6) General obligation debt may be also incurred on such terms and conditions as the General Assembly may by law prescribe under the following limitations:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t xml:space="preserve">(a) General obligation bonds for highway purposes (highway bonds) may be issued if such bonds shall be additionally secured by a pledge of the revenues derived from the </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>sources of revenue</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> as such term is defined in this subsection; provided, that the maximum annual debt service on all highway bonds so additionally secured which shall thereafter be outstanding shall not exceed fifteen percent of the proceeds received from the sources of revenue for the fiscal year next preceding.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t xml:space="preserve">For the purpose of this subsection, the term </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>sources of revenue</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> shall mean so much of the revenues as may be made applicable by the General Assembly for state highway purposes from any and all taxes or licenses imposed upon individuals or vehicles for the privilege of using the public highways of the State.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(b) General obligation bonds for any state institution of higher learning designated by the General Assembly (state institution bonds) may be issued, if such bonds shall be additionally secured by a pledge of the revenues derived from the tuition fees received by the particular institution of higher learning for which such state institution bonds are issued; provided, that the maximum annual debt service on all state institution bonds so additionally secured issued for such state institution thereafter to be outstanding shall not exceed ninety percent of the sums received by such state institution of higher learning from tuition fees for the fiscal year next preceding.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(c) General obligation bonds for any public purpose including those purposes set forth in (a) and (b) may be issued; provided, that the maximum annual debt service on all general obligation bonds of the State thereafter to be outstanding (excluding highway bonds, state institution bonds, tax anticipation notes, and bond anticipation notes) must not exceed five percent of the general revenues of the State for the fiscal year next preceding (excluding revenues which are authorized to be pledged for state highway bonds and state institution bonds).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>Upon implementation of the provisions of this item by law, the percentage rate of general revenues may be reduced to four or increased to seven percent by legislative enactment passed by a two</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>thirds vote of the total membership of the Senate and a two</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>thirds vote of the total membership of the House of Representatives.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>During the regular session of the General Assembly in 1990 and during every fifth annual regular session thereafter, the General Assembly shall conduct and complete a review of the law implementing this item. Unless during such session that review results in an amendment to or repeal of the law implementing this item, which must be accomplished by legislative enactment passed by a two</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>thirds vote of the total membership of the Senate and a two</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>thirds vote of the total membership of the House of Representatives.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(7) General obligation indebtedness may be incurred in anticipation of state tax collections (tax anticipation notes) under such terms and conditions as the General Assembly may prescribe by law. Such tax anticipation notes shall be secured by a pledge of such taxes and by a pledge of the full faith, credit and taxing power of the State. All tax anticipation notes shall be expressed to mature not later than ninety days from the end of the fiscal year in which such notes are issued.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(8) General obligation notes may be issued in anticipation of the proceeds of general obligation bonds which may be lawfully issued (bond anticipation notes) under terms and conditions which the General Assembly may prescribe by law. Such bond anticipation notes shall be secured by a pledge of the proceeds of the bonds in anticipation of which such bond anticipation notes are issued and by a pledge of the full faith, credit and taxing power of the State.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>Bond anticipation notes shall be expressed to mature not later than one year following the date of issuance, but if the General Assembly shall so authorize by law, bond anticipation notes may be refunded or renewed.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(9) The General Assembly may authorize the State or any of its agencies, authorities or institutions to incur indebtedness for any public purpose payable solely from a revenue</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>producing project or from a special source, which source does not involve revenues from any tax but may include fees paid for the use of any toll bridge, toll road or tunnel. Such indebtedness may be incurred upon such terms and conditions as the General Assembly may prescribe by law. All indebtedness incurred pursuant to the provisions of this subsection shall contain a statement on the face thereof specifying the sources from which payment is to be made. (1976 (59) 2217; 1977 (60) 90; 1985 Act No. 10.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...63 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Editor’s Note</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">The provisions of this section are somewhat similar to </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>11 of Article X as it existed prior to the 1977 revision.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">2013 Act No. 98, </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>5.A., provides as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t>SECTION 5.A. The General Assembly finds that:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t>(1) before a motor vehicle may be licensed and registered by the South Carolina Department of Motor Vehicles for the privilege of using the public highways of this State, that department either collects or confirms the collection of any applicable sales, use, and casual excise taxes due on the vehicle;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t>(2) without the required registration and licensing it is unlawful for a motor vehicle to use the public highways of this State; and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">(3) the revenue of the sales, use, and casual excise tax required to be paid before a motor vehicle may be registered and licensed in this State is included within the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t>sources of revenue</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> that may be pledged to secure highway bonds pursuant to Section 13(6)(a), Article X of the Constitution of this State.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>14.</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> Bonded indebtedness of political subdivisions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t xml:space="preserve">(1) For the purposes of this section, the term </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>political subdivisions</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> shall mean the counties of the State, the incorporated municipalities of the State, and special purpose districts, including special purpose districts which are located in more than one county or which are comprised of one or more counties. The term does not include regional planning agencies which are expressly forbidden to incur general obligation debt.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(2) The political subdivisions of the State shall have the power to incur bonded indebtedness in such manner and upon such terms and conditions as the General Assembly shall prescribe by general law within the limitations set forth in this section and Section 12 of this article.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>Such political subdivisions shall have the power to incur indebtedness in the following categories and in no others:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(a) General obligation debt; and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(b) Indebtedness payable only from a revenue</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>producing project or from a special source as provided in subsection (10) of this section.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t xml:space="preserve">(3) </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>General obligation debt</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> shall mean any indebtedness of the political subdivision which shall be secured in whole or in part by a pledge of its full faith, credit and taxing power.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(4) General obligation debt may be incurred only for a purpose which is a public purpose and which is a corporate purpose of the applicable political subdivision. The power to incur general obligation debt shall include general obligation debt incurred by counties within the limitations prescribed by Section 12 of this article, and general obligation debt incurred by any political subdivision for purposes permitted by Section 13 of Article VIII of this Constitution. All general obligation debt shall mature within forty years from the time such indebtedness shall be incurred.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...70 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+        <w:t xml:space="preserve">(5) No general obligation debt shall be incurred by any political subdivision unless prior to the delivery thereof a schedule showing the date and the principal and interest payments to become due thereon shall be filed in the office of the State Treasurer. If at any time any political subdivision shall fail to effect the punctual payment of the principal of or interest on its general obligation debt, then, in such instance, the State Treasurer shall withhold from such political subdivision sufficient moneys from any state appropriation to which such political subdivision may be entitled and apply so much as shall be necessary to the payment of the principal and interest on the indebtedness of the political subdivision then </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:lastRenderedPageBreak/>
+        <w:t>due. Any and all appropriations for political subdivisions of the State shall be subject to the provisions of this subsection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(6) If general obligation debt be authorized by a majority vote of the qualified electors of the political subdivision voting in a referendum authorized by law, there shall be no conditions or restrictions limiting the incurring of such indebtedness except:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(a) those restrictions and limitations imposed in the authorization to incur such indebtedness;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(b) the provisions of subsection (4) hereof; and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(c) such general obligation debt shall be issued within five years of the date of such referendum.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(7) Subject to the provisions of subsection (4) of this section and on such terms and provisions as the General Assembly may, by general law, prescribe, general obligation debt may also be incurred by the governing body of each political subdivision:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(a) For any of its corporate purposes in an amount not exceeding eight percent of the assessed value of all taxable property of such political subdivision; or</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(b) General obligation debt incurred pursuant to and within the limitations prescribed by Section 12 of this article.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>In determining the debt limitations imposed by the provisions of subsection (7) of this section, bonded indebtedness incurred pursuant to the authorizations of subsection (6), bonded indebtedness existing on the date of this section becomes a part of the Constitution in 1977, and bonded indebtedness incurred pursuant to subsection (b) of this section, shall not be considered.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(8) General obligation debt may also be incurred in anticipation in the collection of ad valorem taxes or licenses (tax anticipation notes) under such terms and conditions as the General Assembly may prescribe by general law. Such tax anticipation notes shall be secured by a pledge of such taxes or license fees and a pledge of the full faith, credit and taxing power of the political subdivision. All tax anticipation notes shall be expressed to mature not later than ninety days from the date as of which such taxes or license fees may be paid without penalty.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...70 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+        <w:t xml:space="preserve">(9) General obligation notes may also be issued in anticipation of the proceeds of general obligation bonds which may be lawfully issued (bond anticipation notes) under such terms and conditions that the General Assembly may prescribe by general law. Such bond anticipation notes shall be secured </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:lastRenderedPageBreak/>
+        <w:t>by a pledge of the proceeds of the bonds in anticipation of which such bond anticipation notes are issued and by a pledge of the full faith, credit and taxing power of the political subdivision.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>Bond anticipation notes shall be expressed to mature not later than one year following the date of issuance, but if the General Assembly shall so authorize by law, bond anticipation notes may be refunded or renewed.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(10) Indebtedness payable solely from a revenue</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>producing project or from a special source, which source does not involve revenues from any tax or license, may be issued upon such terms and conditions as the General Assembly may prescribe by general law; provided, that the General Assembly may authorize by general law that indebtedness for the purpose of redevelopment within incorporated municipalities and counties may be incurred, and that the debt service of such indebtedness be provided from the added increments of tax revenues to result from any such project. Any and all indebtedness incurred pursuant to the provisions of this subsection shall contain a statement on the face thereof specifying the sources from which payment is to be made and shall state that the full faith, credit, and taxing powers are not pledged therefor. (1976 (59) 2217; 1977 (60) 90; 1999 Act No. 11.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...63 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Editor’s Note</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">The provisions of this section are somewhat similar to </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>5 of Article X as it existed prior to the 1977 revision.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>15.</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> Bonded indebtedness of school districts.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(1) The school districts of the State shall have the power to incur general obligation debt only in such manner and upon such terms and conditions as the General Assembly shall prescribe by law within the limitations set forth in this section.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(2) General obligation debt shall mean any indebtedness of the school district which shall be secured in whole or in part by a pledge of its full faith, credit and taxing power.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(3) General obligation debt may be incurred only for a purpose which is a public purpose and which is a corporate purpose of the applicable school district. The power to incur general obligation debt shall include general obligation debt incurred by any school districts for the purposes permitted by Section 13 of Article VIII of this Constitution. All general obligation debt shall mature within thirty years from the time such indebtedness shall be incurred.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...70 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+        <w:t xml:space="preserve">(4) No general obligation debt shall be incurred by any school district unless prior to the delivery thereof a schedule showing the date and the principal and interest payments to become due thereon shall be filed in the office of the State Treasurer. If at any time any school district shall fail to effect the punctual payment of the principal and interest of its general obligation debt, the State Treasurer shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:lastRenderedPageBreak/>
+        <w:t>withhold from such school district sufficient moneys from any state appropriation to which such school district may be entitled and apply so much as shall be necessary to the payment of the principal and interest on the indebtedness of the school district then due. All appropriations for school districts of the State shall be subject to the provisions of this paragraph.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(5) If the general obligation debt be authorized by a majority vote of the qualified electors of the school district voting in a referendum authorized by law, there shall be no conditions or restrictions limiting the incurring of such indebtedness except:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(a) those restrictions and limitations imposed in the authorization to incur such indebtedness;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(b) such general obligation debt shall be issued within five years of the date of such referendum; and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(c) the provisions of subsection (3) hereof.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(6) In addition to the bonded indebtedness authorized by subsection (5), during the period beginning on the date of the ratification of this article in 1977 and ending on the fifth anniversary of that date, the governing body of any school district may incur bonded indebtedness to the limit authorized by Section 5, Article X of the Constitution as of January 1, 1976, and upon such terms and conditions as the General Assembly may have heretofore or may hereafter prescribe; provided, however, that in determining the limit authorized by Section 5, Article X of the Constitution, in the event the assessed value of all taxable property in any school district decreases in any year during the aforesaid five</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>year period to an amount less than the assessed value of all taxable property in any such school district as of December 31, 1975, the assessed value of all taxable property of any such school district as of December 31, 1975, shall be applied in determining any such school district</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>s bonded indebtedness during the aforesaid five</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>year period. After the fifth anniversary of that date, the governing body of any school district may incur general obligation debt in an amount not exceeding eight percent of the assessed value of all taxable property of such school district subject to the provisions of subsection (3) of this section and upon such terms and conditions as the General Assembly may prescribe.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>In computing the eight percent debt limitation imposed by the provisions of this subsection, bonded indebtedness existing on the date of the fifth anniversary of the ratification of this article in 1977 and bonded indebtedness incurred under the provisions of subsection (5) of this section shall not be considered in the computation of the eight percent limitation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...74 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
+        <w:tab/>
+        <w:t>(7) General obligation debt may also be incurred in anticipation of the collection of ad valorem taxes (tax anticipation notes) under such terms and conditions as the General Assembly may prescribe by law. Such tax anticipation notes shall be secured by a pledge of such taxes and a pledge of the full faith, credit and taxing power of the school district. All tax anticipation notes shall be expressed to mature not later than ninety days from the date as of which such taxes may be paid without penalty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>(8) General obligation notes may be issued in anticipation of the proceeds of general obligation bonds which may lawfully be issued (bond anticipation notes) under such terms and conditions that the General Assembly may prescribe by law. Such bond anticipation notes shall be secured by a pledge of the proceeds of the bonds in anticipation of which such bond anticipation notes are issued and by a pledge of the full faith, credit and taxing power of the school district.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>Bond anticipation notes shall be expressed to mature not later than one year following the date of issuance, but if the General Assembly shall so authorize by law, bond anticipation notes may be refunded or renewed. (1976 (59) 2217; 1977 (60) 90.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...63 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Editor’s Note</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">The provisions of this section are somewhat similar to </w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>5 of Article X as it existed prior to the 1977 revision.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>16.</w:t>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t xml:space="preserve"> Regulation of benefits, funding and membership contributions of state</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidR="00AE00FD" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00485D3F" w:rsidRPr="00E87F4C">
         <w:t>operated retirement systems; investment of funds.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>The governing body of any retirement or pension system in this State funded in whole or in part by public funds shall not pay any increased benefits to members or beneficiaries of such system above the benefit levels in effect on January 1, 1979, unless such governing body shall first determine that funding for such increase on a sound actuarial basis has been provided or is concurrently provided.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>The General Assembly shall annually appropriate funds and prescribe member contributions for any state</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>operated retirement system which will insure the availability of funds to meet all normal and accrued liability of the system on a sound actuarial basis as determined by the governing body of the system.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>Assets and funds established, created and accruing for the purpose of paying obligations to members of the several retirement systems of the State and political subdivisions shall not be diverted or used for any other purpose.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00AE00FD" w:rsidP="00A238EE">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A238EE">
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00485D3F" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87F4C">
         <w:tab/>
         <w:t>Notwithstanding the provisions of Section 11 of this article, the funds of the various state</w:t>
       </w:r>
-      <w:r w:rsidR="00A238EE" w:rsidRPr="00A238EE">
+      <w:r w:rsidR="00E87F4C" w:rsidRPr="00E87F4C">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00A238EE">
+      <w:r w:rsidRPr="00E87F4C">
         <w:t>operated retirement systems may be invested and reinvested in equity securities. (1979 Act No. 3; 1997 Act No. 77; 2007 Act No. 1.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C285A" w:rsidRPr="00A238EE" w:rsidRDefault="003C285A" w:rsidP="00A238EE">
-[...33 lines deleted...]
-    <w:sectPr w:rsidR="003C285A" w:rsidRPr="00A238EE" w:rsidSect="00A238EE">
+    <w:p w:rsidR="00B71A37" w:rsidRPr="00E87F4C" w:rsidRDefault="00B71A37" w:rsidP="00E87F4C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00B71A37" w:rsidRPr="00E87F4C" w:rsidSect="00E87F4C">
       <w:headerReference w:type="even" r:id="rId6"/>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w:rsidR="00A238EE" w:rsidRPr="00A238EE" w:rsidRDefault="00A238EE" w:rsidP="00A238EE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00E87F4C" w:rsidRPr="00E87F4C" w:rsidRDefault="00E87F4C" w:rsidP="00E87F4C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00AE00FD"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00F124AC"/>
+    <w:rsidRoot w:val="00485D3F"/>
+    <w:rsid w:val="0000020D"/>
+    <w:rsid w:val="00000E83"/>
+    <w:rsid w:val="00002D89"/>
+    <w:rsid w:val="00011B46"/>
+    <w:rsid w:val="000140F5"/>
+    <w:rsid w:val="00027274"/>
+    <w:rsid w:val="00030848"/>
+    <w:rsid w:val="00037CA0"/>
+    <w:rsid w:val="00043F7E"/>
+    <w:rsid w:val="00047B01"/>
+    <w:rsid w:val="0006309A"/>
+    <w:rsid w:val="00072E27"/>
+    <w:rsid w:val="000738A0"/>
+    <w:rsid w:val="0007414B"/>
+    <w:rsid w:val="00076653"/>
+    <w:rsid w:val="00076F84"/>
+    <w:rsid w:val="00077F89"/>
+    <w:rsid w:val="00083C7A"/>
+    <w:rsid w:val="00085B93"/>
+    <w:rsid w:val="00097600"/>
+    <w:rsid w:val="000976BF"/>
+    <w:rsid w:val="000A4F6C"/>
+    <w:rsid w:val="000A6C47"/>
+    <w:rsid w:val="000B3471"/>
+    <w:rsid w:val="000B44F4"/>
+    <w:rsid w:val="000B5E2F"/>
+    <w:rsid w:val="000B66EF"/>
+    <w:rsid w:val="000D4C6A"/>
+    <w:rsid w:val="000D50A3"/>
+    <w:rsid w:val="000E4470"/>
+    <w:rsid w:val="000F033D"/>
+    <w:rsid w:val="000F10B0"/>
+    <w:rsid w:val="00120A59"/>
+    <w:rsid w:val="0012141C"/>
+    <w:rsid w:val="001248BB"/>
+    <w:rsid w:val="00126149"/>
+    <w:rsid w:val="0013374B"/>
+    <w:rsid w:val="00146402"/>
+    <w:rsid w:val="00152D39"/>
+    <w:rsid w:val="00156E48"/>
+    <w:rsid w:val="0016021B"/>
+    <w:rsid w:val="001633C7"/>
+    <w:rsid w:val="0016515D"/>
+    <w:rsid w:val="00167F61"/>
+    <w:rsid w:val="0017110D"/>
+    <w:rsid w:val="0017767D"/>
+    <w:rsid w:val="0018057A"/>
+    <w:rsid w:val="001812B8"/>
+    <w:rsid w:val="00183147"/>
+    <w:rsid w:val="00185FC6"/>
+    <w:rsid w:val="00187678"/>
+    <w:rsid w:val="0019087C"/>
+    <w:rsid w:val="00190BC2"/>
+    <w:rsid w:val="00194F89"/>
+    <w:rsid w:val="001A0DBE"/>
+    <w:rsid w:val="001A7FD0"/>
+    <w:rsid w:val="001B25FC"/>
+    <w:rsid w:val="001B2BBB"/>
+    <w:rsid w:val="001B6F37"/>
+    <w:rsid w:val="001C2B9D"/>
+    <w:rsid w:val="001C2BF6"/>
+    <w:rsid w:val="001D352E"/>
+    <w:rsid w:val="001D6410"/>
+    <w:rsid w:val="001D6EAD"/>
+    <w:rsid w:val="001D6FD7"/>
+    <w:rsid w:val="001E12FB"/>
+    <w:rsid w:val="001F0FA2"/>
+    <w:rsid w:val="001F4944"/>
+    <w:rsid w:val="00201863"/>
+    <w:rsid w:val="00202C9A"/>
+    <w:rsid w:val="00204F69"/>
+    <w:rsid w:val="002166FD"/>
+    <w:rsid w:val="00216C17"/>
+    <w:rsid w:val="0022123D"/>
+    <w:rsid w:val="00223CAF"/>
+    <w:rsid w:val="00231431"/>
+    <w:rsid w:val="0023422E"/>
+    <w:rsid w:val="00235F44"/>
+    <w:rsid w:val="00237350"/>
+    <w:rsid w:val="00254B5D"/>
+    <w:rsid w:val="00255965"/>
+    <w:rsid w:val="00267D0A"/>
+    <w:rsid w:val="00274668"/>
+    <w:rsid w:val="00275CAA"/>
+    <w:rsid w:val="00282023"/>
+    <w:rsid w:val="002820F1"/>
+    <w:rsid w:val="00282434"/>
+    <w:rsid w:val="00286E3E"/>
+    <w:rsid w:val="00292CF1"/>
+    <w:rsid w:val="002940AD"/>
+    <w:rsid w:val="00296D4E"/>
+    <w:rsid w:val="002A0564"/>
+    <w:rsid w:val="002A0F87"/>
+    <w:rsid w:val="002A3D0D"/>
+    <w:rsid w:val="002A4C4F"/>
+    <w:rsid w:val="002A50DA"/>
+    <w:rsid w:val="002A5334"/>
+    <w:rsid w:val="002A73DA"/>
+    <w:rsid w:val="002B6473"/>
+    <w:rsid w:val="002B7607"/>
+    <w:rsid w:val="002C17C1"/>
+    <w:rsid w:val="002C1C67"/>
+    <w:rsid w:val="002C223F"/>
+    <w:rsid w:val="002C56A9"/>
+    <w:rsid w:val="002C5A95"/>
+    <w:rsid w:val="002D5448"/>
+    <w:rsid w:val="002E37E3"/>
+    <w:rsid w:val="002E5572"/>
+    <w:rsid w:val="002E60BF"/>
+    <w:rsid w:val="002E726A"/>
+    <w:rsid w:val="002E75B7"/>
+    <w:rsid w:val="002F1465"/>
+    <w:rsid w:val="0030042C"/>
+    <w:rsid w:val="00303563"/>
+    <w:rsid w:val="00315DEA"/>
+    <w:rsid w:val="00324272"/>
+    <w:rsid w:val="00325E09"/>
+    <w:rsid w:val="00331692"/>
+    <w:rsid w:val="003377E5"/>
+    <w:rsid w:val="00340B75"/>
+    <w:rsid w:val="003451AA"/>
+    <w:rsid w:val="00346941"/>
+    <w:rsid w:val="00354481"/>
+    <w:rsid w:val="00356E3A"/>
+    <w:rsid w:val="00357130"/>
+    <w:rsid w:val="00360151"/>
+    <w:rsid w:val="00362EA5"/>
+    <w:rsid w:val="003636DB"/>
+    <w:rsid w:val="003668CE"/>
+    <w:rsid w:val="003733F8"/>
+    <w:rsid w:val="003803A5"/>
+    <w:rsid w:val="00383CA8"/>
+    <w:rsid w:val="003871C1"/>
+    <w:rsid w:val="00391F8C"/>
+    <w:rsid w:val="00395C50"/>
+    <w:rsid w:val="003A0AE1"/>
+    <w:rsid w:val="003A427C"/>
+    <w:rsid w:val="003B647E"/>
+    <w:rsid w:val="003C0B49"/>
+    <w:rsid w:val="003C52BA"/>
+    <w:rsid w:val="003D7B80"/>
+    <w:rsid w:val="003E0F11"/>
+    <w:rsid w:val="003E6D2C"/>
+    <w:rsid w:val="003E6DD7"/>
+    <w:rsid w:val="003E773A"/>
+    <w:rsid w:val="003F69C8"/>
+    <w:rsid w:val="0040266C"/>
+    <w:rsid w:val="00413196"/>
+    <w:rsid w:val="00417C71"/>
+    <w:rsid w:val="00430CBC"/>
+    <w:rsid w:val="00431B8B"/>
+    <w:rsid w:val="00436428"/>
+    <w:rsid w:val="00441B20"/>
+    <w:rsid w:val="00454C8C"/>
+    <w:rsid w:val="00456EC2"/>
+    <w:rsid w:val="00456F3C"/>
+    <w:rsid w:val="00457E2F"/>
+    <w:rsid w:val="0046182A"/>
+    <w:rsid w:val="004732FE"/>
+    <w:rsid w:val="0047448F"/>
+    <w:rsid w:val="00477CB8"/>
+    <w:rsid w:val="00480A3B"/>
+    <w:rsid w:val="004851F2"/>
+    <w:rsid w:val="00485D3F"/>
+    <w:rsid w:val="00493FDF"/>
+    <w:rsid w:val="00495E5A"/>
+    <w:rsid w:val="004971F4"/>
+    <w:rsid w:val="004A6D87"/>
+    <w:rsid w:val="004A73FA"/>
+    <w:rsid w:val="004B0B4A"/>
+    <w:rsid w:val="004B57A0"/>
+    <w:rsid w:val="004B5E08"/>
+    <w:rsid w:val="004C1125"/>
+    <w:rsid w:val="004C15A3"/>
+    <w:rsid w:val="004C63E2"/>
+    <w:rsid w:val="004C70E7"/>
+    <w:rsid w:val="004D0946"/>
+    <w:rsid w:val="004D684C"/>
+    <w:rsid w:val="004E3EE2"/>
+    <w:rsid w:val="004E43D2"/>
+    <w:rsid w:val="0050087E"/>
+    <w:rsid w:val="00501029"/>
+    <w:rsid w:val="005036E9"/>
+    <w:rsid w:val="00505DC8"/>
+    <w:rsid w:val="005137FA"/>
+    <w:rsid w:val="00514CFD"/>
+    <w:rsid w:val="00517B69"/>
+    <w:rsid w:val="0052168D"/>
+    <w:rsid w:val="00524627"/>
+    <w:rsid w:val="005313C0"/>
+    <w:rsid w:val="005406A4"/>
+    <w:rsid w:val="00542E93"/>
+    <w:rsid w:val="005447B7"/>
+    <w:rsid w:val="0054533C"/>
+    <w:rsid w:val="00551A3D"/>
+    <w:rsid w:val="00552A0C"/>
+    <w:rsid w:val="00554744"/>
+    <w:rsid w:val="0056133C"/>
+    <w:rsid w:val="00562CA4"/>
+    <w:rsid w:val="005630CF"/>
+    <w:rsid w:val="00566DB7"/>
+    <w:rsid w:val="00571EEE"/>
+    <w:rsid w:val="00572BC0"/>
+    <w:rsid w:val="00575895"/>
+    <w:rsid w:val="0057718F"/>
+    <w:rsid w:val="005834BA"/>
+    <w:rsid w:val="005851C4"/>
+    <w:rsid w:val="0058663F"/>
+    <w:rsid w:val="005943DE"/>
+    <w:rsid w:val="005A18B7"/>
+    <w:rsid w:val="005A7158"/>
+    <w:rsid w:val="005B245B"/>
+    <w:rsid w:val="005C43E8"/>
+    <w:rsid w:val="005C54F3"/>
+    <w:rsid w:val="005D0AC0"/>
+    <w:rsid w:val="005E512F"/>
+    <w:rsid w:val="005E5508"/>
+    <w:rsid w:val="005E56CC"/>
+    <w:rsid w:val="005F0E12"/>
+    <w:rsid w:val="005F558C"/>
+    <w:rsid w:val="005F670D"/>
+    <w:rsid w:val="005F7D9E"/>
+    <w:rsid w:val="00603D40"/>
+    <w:rsid w:val="00613D2D"/>
+    <w:rsid w:val="00614D74"/>
+    <w:rsid w:val="0061779B"/>
+    <w:rsid w:val="006307E6"/>
+    <w:rsid w:val="0063193C"/>
+    <w:rsid w:val="00642CB5"/>
+    <w:rsid w:val="00643ADA"/>
+    <w:rsid w:val="006502EE"/>
+    <w:rsid w:val="00650981"/>
+    <w:rsid w:val="00650C0B"/>
+    <w:rsid w:val="00655020"/>
+    <w:rsid w:val="006613B8"/>
+    <w:rsid w:val="00662B74"/>
+    <w:rsid w:val="00665AD2"/>
+    <w:rsid w:val="00666C56"/>
+    <w:rsid w:val="00667CCB"/>
+    <w:rsid w:val="00673B79"/>
+    <w:rsid w:val="006749E9"/>
+    <w:rsid w:val="006866A1"/>
+    <w:rsid w:val="00687693"/>
+    <w:rsid w:val="0069029F"/>
+    <w:rsid w:val="00696E44"/>
+    <w:rsid w:val="006A09A5"/>
+    <w:rsid w:val="006B1133"/>
+    <w:rsid w:val="006B28A1"/>
+    <w:rsid w:val="006B685B"/>
+    <w:rsid w:val="006C231D"/>
+    <w:rsid w:val="006C4360"/>
+    <w:rsid w:val="006C5C30"/>
+    <w:rsid w:val="006D07FC"/>
+    <w:rsid w:val="006D13BB"/>
+    <w:rsid w:val="006D13FD"/>
+    <w:rsid w:val="006D61E9"/>
+    <w:rsid w:val="006D7B91"/>
+    <w:rsid w:val="006E3604"/>
+    <w:rsid w:val="006F5171"/>
+    <w:rsid w:val="006F6A8C"/>
+    <w:rsid w:val="007029DF"/>
+    <w:rsid w:val="00721F88"/>
+    <w:rsid w:val="00726A67"/>
+    <w:rsid w:val="00731810"/>
+    <w:rsid w:val="00735877"/>
+    <w:rsid w:val="00737900"/>
+    <w:rsid w:val="00742DC2"/>
+    <w:rsid w:val="0074365D"/>
+    <w:rsid w:val="00744206"/>
+    <w:rsid w:val="007536B5"/>
+    <w:rsid w:val="00761C40"/>
+    <w:rsid w:val="007625A9"/>
+    <w:rsid w:val="00773B48"/>
+    <w:rsid w:val="00776974"/>
+    <w:rsid w:val="00777068"/>
+    <w:rsid w:val="00783E7B"/>
+    <w:rsid w:val="00784E84"/>
+    <w:rsid w:val="00787351"/>
+    <w:rsid w:val="00790990"/>
+    <w:rsid w:val="00792DF7"/>
+    <w:rsid w:val="0079764C"/>
+    <w:rsid w:val="007A1308"/>
+    <w:rsid w:val="007B508C"/>
+    <w:rsid w:val="007D76F9"/>
+    <w:rsid w:val="007E0413"/>
+    <w:rsid w:val="007E6E02"/>
+    <w:rsid w:val="007E7B30"/>
+    <w:rsid w:val="007F70AC"/>
+    <w:rsid w:val="008009FA"/>
+    <w:rsid w:val="008135B1"/>
+    <w:rsid w:val="00814122"/>
+    <w:rsid w:val="00815810"/>
+    <w:rsid w:val="00816F8C"/>
+    <w:rsid w:val="00821BE2"/>
+    <w:rsid w:val="008248F6"/>
+    <w:rsid w:val="008255CA"/>
+    <w:rsid w:val="00831A64"/>
+    <w:rsid w:val="00832574"/>
+    <w:rsid w:val="008360ED"/>
+    <w:rsid w:val="008372D9"/>
+    <w:rsid w:val="00845F79"/>
+    <w:rsid w:val="00846154"/>
+    <w:rsid w:val="008571E2"/>
+    <w:rsid w:val="00860EC0"/>
+    <w:rsid w:val="00871A0B"/>
+    <w:rsid w:val="00871E4B"/>
+    <w:rsid w:val="008735FD"/>
+    <w:rsid w:val="008812D0"/>
+    <w:rsid w:val="00883679"/>
+    <w:rsid w:val="00893AC2"/>
+    <w:rsid w:val="00893B3A"/>
+    <w:rsid w:val="00895030"/>
+    <w:rsid w:val="00895629"/>
+    <w:rsid w:val="008A1E4E"/>
+    <w:rsid w:val="008A6EE2"/>
+    <w:rsid w:val="008B1AFD"/>
+    <w:rsid w:val="008D0CA5"/>
+    <w:rsid w:val="008E19A5"/>
+    <w:rsid w:val="008F43CB"/>
+    <w:rsid w:val="00912C18"/>
+    <w:rsid w:val="0091510F"/>
+    <w:rsid w:val="009307BE"/>
+    <w:rsid w:val="009348B9"/>
+    <w:rsid w:val="009366CF"/>
+    <w:rsid w:val="00937146"/>
+    <w:rsid w:val="00957088"/>
+    <w:rsid w:val="00960390"/>
+    <w:rsid w:val="009727D6"/>
+    <w:rsid w:val="00973677"/>
+    <w:rsid w:val="009773C2"/>
+    <w:rsid w:val="009815BB"/>
+    <w:rsid w:val="009832C8"/>
+    <w:rsid w:val="0099151A"/>
+    <w:rsid w:val="009B46F1"/>
+    <w:rsid w:val="009B5B00"/>
+    <w:rsid w:val="009B600E"/>
+    <w:rsid w:val="009C06DF"/>
+    <w:rsid w:val="009C5986"/>
+    <w:rsid w:val="009C6E0D"/>
+    <w:rsid w:val="009C7D58"/>
+    <w:rsid w:val="009D3787"/>
+    <w:rsid w:val="009E21AB"/>
+    <w:rsid w:val="009E4AD6"/>
+    <w:rsid w:val="009E6542"/>
+    <w:rsid w:val="009E6DBB"/>
+    <w:rsid w:val="009E708E"/>
+    <w:rsid w:val="009F384F"/>
+    <w:rsid w:val="009F42AC"/>
+    <w:rsid w:val="009F77EE"/>
+    <w:rsid w:val="00A02A49"/>
+    <w:rsid w:val="00A0309D"/>
+    <w:rsid w:val="00A1333E"/>
+    <w:rsid w:val="00A157D2"/>
+    <w:rsid w:val="00A16013"/>
+    <w:rsid w:val="00A17C56"/>
+    <w:rsid w:val="00A230BE"/>
+    <w:rsid w:val="00A24068"/>
+    <w:rsid w:val="00A24A67"/>
+    <w:rsid w:val="00A2595F"/>
+    <w:rsid w:val="00A34289"/>
+    <w:rsid w:val="00A40061"/>
+    <w:rsid w:val="00A458C1"/>
+    <w:rsid w:val="00A47434"/>
+    <w:rsid w:val="00A50F69"/>
+    <w:rsid w:val="00A51814"/>
+    <w:rsid w:val="00A52D6F"/>
+    <w:rsid w:val="00A61477"/>
+    <w:rsid w:val="00A64BCE"/>
+    <w:rsid w:val="00A82F14"/>
+    <w:rsid w:val="00A90BE5"/>
+    <w:rsid w:val="00A954A5"/>
+    <w:rsid w:val="00A959EC"/>
+    <w:rsid w:val="00A97EED"/>
+    <w:rsid w:val="00AA0964"/>
+    <w:rsid w:val="00AC4FF1"/>
+    <w:rsid w:val="00AE40C7"/>
+    <w:rsid w:val="00B03507"/>
+    <w:rsid w:val="00B0684C"/>
+    <w:rsid w:val="00B10351"/>
+    <w:rsid w:val="00B2384C"/>
+    <w:rsid w:val="00B240A7"/>
+    <w:rsid w:val="00B300B5"/>
+    <w:rsid w:val="00B30370"/>
+    <w:rsid w:val="00B37D1B"/>
+    <w:rsid w:val="00B457A3"/>
+    <w:rsid w:val="00B516D6"/>
+    <w:rsid w:val="00B54A52"/>
+    <w:rsid w:val="00B71A37"/>
+    <w:rsid w:val="00B91419"/>
+    <w:rsid w:val="00B932A7"/>
+    <w:rsid w:val="00BA0357"/>
+    <w:rsid w:val="00BB1A03"/>
+    <w:rsid w:val="00BB2EF7"/>
+    <w:rsid w:val="00BC1655"/>
+    <w:rsid w:val="00BC1917"/>
+    <w:rsid w:val="00BC3604"/>
+    <w:rsid w:val="00BC408E"/>
+    <w:rsid w:val="00BD5410"/>
+    <w:rsid w:val="00BE0AB0"/>
+    <w:rsid w:val="00BE5A20"/>
+    <w:rsid w:val="00BF0EDF"/>
+    <w:rsid w:val="00BF1109"/>
+    <w:rsid w:val="00C0761A"/>
+    <w:rsid w:val="00C13E70"/>
+    <w:rsid w:val="00C21F8D"/>
+    <w:rsid w:val="00C22127"/>
+    <w:rsid w:val="00C22575"/>
+    <w:rsid w:val="00C225BC"/>
+    <w:rsid w:val="00C2288E"/>
+    <w:rsid w:val="00C25153"/>
+    <w:rsid w:val="00C41ADA"/>
+    <w:rsid w:val="00C425F3"/>
+    <w:rsid w:val="00C44AB3"/>
+    <w:rsid w:val="00C472E2"/>
+    <w:rsid w:val="00C477DC"/>
+    <w:rsid w:val="00C47C4B"/>
+    <w:rsid w:val="00C61605"/>
+    <w:rsid w:val="00C6304A"/>
+    <w:rsid w:val="00C67A0F"/>
+    <w:rsid w:val="00C77C3B"/>
+    <w:rsid w:val="00C838C0"/>
+    <w:rsid w:val="00C9533D"/>
+    <w:rsid w:val="00CA7C5C"/>
+    <w:rsid w:val="00CB25CC"/>
+    <w:rsid w:val="00CB333A"/>
+    <w:rsid w:val="00CC6E02"/>
+    <w:rsid w:val="00CE60AE"/>
+    <w:rsid w:val="00CE7A89"/>
+    <w:rsid w:val="00CF1A7B"/>
+    <w:rsid w:val="00CF1B2F"/>
+    <w:rsid w:val="00CF59FB"/>
+    <w:rsid w:val="00D02141"/>
+    <w:rsid w:val="00D07C7E"/>
+    <w:rsid w:val="00D101FE"/>
+    <w:rsid w:val="00D1405D"/>
+    <w:rsid w:val="00D22FFF"/>
+    <w:rsid w:val="00D254F0"/>
+    <w:rsid w:val="00D26CEC"/>
+    <w:rsid w:val="00D3034B"/>
+    <w:rsid w:val="00D36855"/>
+    <w:rsid w:val="00D430A1"/>
+    <w:rsid w:val="00D435BA"/>
+    <w:rsid w:val="00D44436"/>
+    <w:rsid w:val="00D4535B"/>
+    <w:rsid w:val="00D47036"/>
+    <w:rsid w:val="00D5077C"/>
+    <w:rsid w:val="00D51FFA"/>
+    <w:rsid w:val="00D57352"/>
+    <w:rsid w:val="00D63F2B"/>
+    <w:rsid w:val="00D6421F"/>
+    <w:rsid w:val="00D650D0"/>
+    <w:rsid w:val="00D65E32"/>
+    <w:rsid w:val="00D67FEB"/>
+    <w:rsid w:val="00D759F2"/>
+    <w:rsid w:val="00D87EFF"/>
+    <w:rsid w:val="00D92EE3"/>
+    <w:rsid w:val="00D9392B"/>
+    <w:rsid w:val="00D9695F"/>
+    <w:rsid w:val="00DA10F1"/>
+    <w:rsid w:val="00DA5284"/>
+    <w:rsid w:val="00DA6A48"/>
+    <w:rsid w:val="00DB0651"/>
+    <w:rsid w:val="00DC0CD2"/>
+    <w:rsid w:val="00DE27C5"/>
+    <w:rsid w:val="00DE620A"/>
+    <w:rsid w:val="00DF5A42"/>
+    <w:rsid w:val="00E0635B"/>
+    <w:rsid w:val="00E07A7B"/>
+    <w:rsid w:val="00E2735D"/>
+    <w:rsid w:val="00E34012"/>
+    <w:rsid w:val="00E4541C"/>
+    <w:rsid w:val="00E46B13"/>
+    <w:rsid w:val="00E50EBB"/>
+    <w:rsid w:val="00E51AAB"/>
+    <w:rsid w:val="00E51ED8"/>
+    <w:rsid w:val="00E54E1C"/>
+    <w:rsid w:val="00E56106"/>
+    <w:rsid w:val="00E65651"/>
+    <w:rsid w:val="00E711BD"/>
+    <w:rsid w:val="00E756AB"/>
+    <w:rsid w:val="00E81DFD"/>
+    <w:rsid w:val="00E87114"/>
+    <w:rsid w:val="00E87F4C"/>
+    <w:rsid w:val="00E953AC"/>
+    <w:rsid w:val="00E957DC"/>
+    <w:rsid w:val="00E968B4"/>
+    <w:rsid w:val="00EA596D"/>
+    <w:rsid w:val="00EB0E31"/>
+    <w:rsid w:val="00EC1023"/>
+    <w:rsid w:val="00EC3C55"/>
+    <w:rsid w:val="00EC50E5"/>
+    <w:rsid w:val="00EC6681"/>
+    <w:rsid w:val="00ED3170"/>
+    <w:rsid w:val="00ED5808"/>
+    <w:rsid w:val="00ED5C70"/>
+    <w:rsid w:val="00ED6A0A"/>
+    <w:rsid w:val="00EE0228"/>
+    <w:rsid w:val="00EE02C9"/>
+    <w:rsid w:val="00EE2DC1"/>
+    <w:rsid w:val="00EF0CBE"/>
+    <w:rsid w:val="00EF7EB3"/>
+    <w:rsid w:val="00F0646A"/>
+    <w:rsid w:val="00F071C1"/>
+    <w:rsid w:val="00F07AC9"/>
+    <w:rsid w:val="00F15EFA"/>
+    <w:rsid w:val="00F210AB"/>
+    <w:rsid w:val="00F25329"/>
+    <w:rsid w:val="00F268AF"/>
+    <w:rsid w:val="00F2735B"/>
+    <w:rsid w:val="00F3423F"/>
+    <w:rsid w:val="00F417E8"/>
+    <w:rsid w:val="00F479EE"/>
+    <w:rsid w:val="00F52A5D"/>
+    <w:rsid w:val="00F5733C"/>
+    <w:rsid w:val="00F64F91"/>
+    <w:rsid w:val="00F65769"/>
+    <w:rsid w:val="00F74915"/>
+    <w:rsid w:val="00F768E9"/>
+    <w:rsid w:val="00F769C0"/>
+    <w:rsid w:val="00F8061C"/>
+    <w:rsid w:val="00F8183F"/>
+    <w:rsid w:val="00F8254B"/>
+    <w:rsid w:val="00F86CC9"/>
+    <w:rsid w:val="00F86EEC"/>
+    <w:rsid w:val="00F96BA5"/>
+    <w:rsid w:val="00FA68C0"/>
+    <w:rsid w:val="00FA7B34"/>
+    <w:rsid w:val="00FB3C0D"/>
+    <w:rsid w:val="00FB3C99"/>
+    <w:rsid w:val="00FB44ED"/>
+    <w:rsid w:val="00FB7A94"/>
+    <w:rsid w:val="00FC14CB"/>
+    <w:rsid w:val="00FC14F0"/>
+    <w:rsid w:val="00FC1F29"/>
+    <w:rsid w:val="00FD24D4"/>
+    <w:rsid w:val="00FD574C"/>
+    <w:rsid w:val="00FD599B"/>
+    <w:rsid w:val="00FD7B82"/>
+    <w:rsid w:val="00FE2482"/>
+    <w:rsid w:val="00FE3AF0"/>
+    <w:rsid w:val="00FE6B42"/>
+    <w:rsid w:val="00FF19A9"/>
+    <w:rsid w:val="00FF41EE"/>
+    <w:rsid w:val="00FF536A"/>
+    <w:rsid w:val="00FF7109"/>
+    <w:rsid w:val="00FF76F1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{E2C01F7A-1F8B-4D41-AA6B-CC101A0B3605}"/>
+  <w15:docId w15:val="{245E040C-44D9-46AC-8D31-ED47890E18F7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14178,729 +14413,731 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00BB2EF7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0"/>
+      <w:spacing w:before="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0"/>
+      <w:spacing w:before="40"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:pPr>
-      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="80"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
+      <w:spacing w:after="160"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:pPr>
-      <w:spacing w:before="160"/>
+      <w:spacing w:before="160" w:after="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AE00FD"/>
+    <w:rsid w:val="00485D3F"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A238EE"/>
+    <w:rsid w:val="00E87F4C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A238EE"/>
+    <w:rsid w:val="00E87F4C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A238EE"/>
+    <w:rsid w:val="00E87F4C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A238EE"/>
+    <w:rsid w:val="00E87F4C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
@@ -15117,51 +15354,51 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>27</Pages>
+  <Pages>18</Pages>
   <Words>6554</Words>
   <Characters>37362</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>311</Lines>
   <Paragraphs>87</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Legislative Services Agency</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>43829</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Derrick Williamson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>