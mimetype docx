--- v0 (2025-10-08)
+++ v1 (2025-11-27)
@@ -1,14096 +1,15272 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra4f29b276c9e4144" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/568123a05c4b45d8bdbbe8735445f7c4.psmdcp" Id="R7aa52d3c4a2e47b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4e0fe2bdc88447bc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3f7cd22be69f43b29f536f1b0c6c9670.psmdcp" Id="R35fbeaf0c7e34629" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="249D4DAE" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="275D31B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="12BCBDBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>General Provisions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1918630F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4CD1F3E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5A55332E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Jurisdiction and Boundaries of State</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="317A16CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="457AB938" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-10. Jurisdiction and boundaries of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="00DA504A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The sovereignty and jurisdiction of this State extends to all places within its bounds, which are declared to be as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4803C872" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The northern line beginning at a point at the low-water mark of the Atlantic Ocean on the eastern shore of Bird Island and then following the line as recorded by a set of 51 signed plats as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="731CC5CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Section between Horry County, SC and Brunswick/Columbus counties, NC: 1 plat sheet, signed by Sidney C. Miller 9/29/14 and Gary W. Thompson 2/24/15; Section between Dillon County, SC and Robeson County, NC: 2 plat sheets, signed by Sidney C. Miller and Gary W. Thompson 10/7/13; Section between Marlboro, Chesterfield and Lancaster counties, SC and Scotland, Richmond, Anson and Union counties, NC: 5 plat sheets, signed by Sidney C. Miller and Gary W. Thompson 10/7/13; Section between Lancaster and York count</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ies, SC and Union and Mecklenberg counties, NC: 3 plat sheets, signed by Sidney C. Miller and Gary W. Thompson 10/7/13; Section of Lake Wylie: 1 plat sheet, signed by Sidney C. Miller and Gary W. Thompson 3/23/12; Section between York, Cherokee and Spartanburg counties, SC and Gaston, Cleveland, Rutherford and Polk counties, NC: 4 plat sheets, signed by Sidney C. Miller and Gary W. Thompson 10/7/13 (Section between Greenville and Pickens counties, SC and Polk, Henderson and Transylvania counties, NC: 34 pla</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>t sheets, signed by Sidney C. Miller and Gary W. Thompson dated 12/20/2005; Section between Pickens and Oconee counties, SC and Transylvania and Jackson counties, NC: 1 plat sheet, prepared by Concord Engineering &amp; Surveying, Inc. dated May 2005 to the most westward point on those plats marked by the "+" in the inscription "LAT 35, AD 1813, NC + SC" chiseled on Commissioners' Rock on the east bank of the Chattooga River; thence following a geodetic line with a geodetic azimuth of 270 degrees to the centerli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ne of the Chattooga River. (Plats on file with the South Carolina Department of Archives and History, the South Carolina Geodetic Survey and filed for record as applicable in the respective county offices where deeds are recorded in Horry, Dillon, Marlboro, Chesterfield, Lancaster, York, Cherokee, Spartanburg, Greenville, Pickens and Oconee counties).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4121CCC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The lateral seaward boundary between North Carolina and South Carolina from the low-water mark of the Atlantic Ocean shall be and is hereby designated as a continuation of the North Carolina-South Carolina boundary line as described by monuments located at latitude 33° 51' 50.7214" N., longitude 78° 33' 22.9448" W., at latitude 33° 51' 36.4626" N., longitude 78° 33' 06.1937" W., and at latitude 33° 51' 07.8792" N., longitude 78° 32' 32.6210" W., (coordinates based on North American Datum 1927), in a straig</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ht line projection of said line to the seaward limits of the states' territorial jurisdiction, such line to be extended on the same bearing insofar as a need for further delimitation may arise.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3B40927E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>From the state of Georgia, this State is divided by the Savannah River, at the point where the northern edge of the navigable channel of the Savannah River intersects the seaward limit of the state's territorial jurisdiction; thence generally along the northern edge of the navigable channel up the Savannah River; thence along the northern edge of the sediment basin to the Tidegate; thence to the confluence of the Tugaloo and Seneca Rivers; thence up the Tugaloo River to the confluence of the Tallulah and t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>he Chattooga Rivers; thence up the Chattooga River to the 35th parallel of north latitude, which is the boundary of North Carolina, the line being midway between the banks of said respective rivers when the water is at ordinary stage, except in the lower reaches of the Savannah River, as hereinafter described. And when the rivers are broken by islands of natural formation which, under the Treaty of Beaufort, are reserved to the state of Georgia, the line is midway between the island banks and the South Caro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>lina banks when the water is at ordinary stage, except in the lower reaches of the Savannah River, as hereinafter described.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="04474236" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The boundary between Georgia and South Carolina along the lower reaches of the Savannah River, and the lateral seaward boundary, is more particularly described as follows and depicted in "Georgia—South Carolina Boundary Project, Lower Savannah River Segment, Portfolio of Maps" prepared by the United States Department of Commerce, National Oceanic and Atmospheric Administration, National Ocean Service, National Geodetic Survey, Remote Sensing Division—2001 (copies on file at the South Carolina Department of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Archives and History and the South Carolina Geodetic Survey):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3C665287" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Beginning at a point where the thread of the northernmost branch of the Savannah River equidistant between its banks intersects latitude 32° 07' 00" N., (North American Datum 1983-86), located in the Savannah River, and proceeding in a southeasterly direction down the thread of the Savannah River equidistant between the banks of the Savannah River on Hutchinson Island and on the mainland of South Carolina including the small downstream island southeast of the aforesaid point, at ordinary stage, until reach</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ing the vicinity of Pennyworth Island;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4C3E269C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Proceeding thence easterly down the thread of the northernmost channel of the Savannah River known as the Back River as it flows north of Pennyworth Island, making the transition to the said northernmost channel using the equidistant method between Pennyworth Island, the Georgia bank on Hutchinson Island, and the South Carolina mainland bank, thence to the thread of the said northernmost channel equidistant from the South Carolina mainland bank and Pennyworth Island at ordinary stage, around Pennyworth Isl</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>and;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7FB35F24" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Proceeding thence southeasterly to the thread of the northern channel of the Savannah River equidistant from the Georgia bank on Hutchinson Island and the South Carolina mainland bank, making the transition utilizing the equidistant method between Pennyworth Island, the Georgia bank on Hutchinson Island, and the South Carolina mainland bank;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7582BF6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Proceeding thence southeasterly down the thread of the Savannah River equidistant from the Hutchinson Island and South Carolina mainland banks of the river at ordinary stage, through the tide gates, until reaching the northwestern (farthest upstream) boundary of the "Back River Sediment Basin", as defined in the "Annual Survey-1992, Savannah Harbor, Georgia, U. S. Coastal Highway, No. 17 to the Sea", U. S. Army Corps of Engineers, Savannah District as amended by the Examination Survey-1992 charts for the S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>avannah Harbor Deepening Project, Drawings No. DSH 1 12/107, (hereinafter the "Channel Chart");</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="42B2758A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Proceeding thence along the said northwestern boundary to its intersection with the northern boundary of the Back River Sediment Basin; thence southeasterly until said northern boundary intersects the northern boundary of the main navigational channel as depicted on the Channel Chart at the point designated as SR-34 (latitude 32° 05' 01.440" N., longitude 081° 02' 17.252" W., North American Datum (NAD 1983-86);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="64623D0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Proceeding thence toward the mouth of the Savannah River along the northern boundary of the main navigational channel at the new channel limit as depicted on the Channel Chart, via Oglethorpe Range through point SR-33 (latitude 32° 05' 17.168" N., longitude 081° 01' 34.665" W., NAD 1983-86), Fort Jackson Range through point SR-32 (latitude 32° 05' 30.133" N., longitude 081° 01' 17.750" W., NAD 1983-86), the Bight Channel through points SR-31 (latitude 32° 05' 55.631" N., longitude 081° 01' 02.480" W., NAD </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>1983-86), SR-30 (latitude 32° 06' 06.272" N., longitude 081° 00' 44.802" W., NAD 1983-86), SR-29 (latitude 32° 06' 09.053" N., longitude 081° 00' 31.887" W., NAD 1983-86), SR-28 (latitude 32° 06' 08.521" N., longitude 081° 00' 15.498" W., NAD 1983-86), and SR-27 (latitude 32° 06' 01.565" N., longitude 080° 59' 58.406" W., NAD 1983-86), Upper Flats Range through points SR-26 (latitude 32° 05' 41.698" N., longitude 080° 59' 31.968" W., NAD 1983-86) and SR-25 (latitude 32° 05' 02.819" N., longitude 080° 59' 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve">.644" W., NAD 1983-86), Lower Flats Range through points SR-24 (latitude 32° 04' 46.375" N., longitude 080° 59' 00.631" W., NAD 1983-86), SR-23 (latitude 32° 04' 40.209" N., longitude 080° 58' 49.947" W., NAD 1983-86), SR-22 (latitude 32° 04' 28.679" N., longitude 080° 58' 18.895" W., NAD 1983-86), and SR-21 (latitude 32° 04' 22.274" N., longitude 080° 57' 34.449" W., NAD 1983-86), Long Island Crossing Range through points SR-20 (latitude 32° 04' 13.042" N., longitude 080° 57' 14.511" W., NAD 1983-86), and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SR-19 (latitude 32° 02' 30.984" N., longitude 080° 55' 30.308" W., NAD 1983-86) and New Channel Range following the northern boundary of the Rehandling Basin and the northern boundary of the Oyster Bed Island Turning Basin back to the northern edge of the main navigational channel, thence through points SR-17 (latitude 32° 02' 07.661" N., longitude 080° 53' 39.379" W., NAD 1983-86) and SR-16 (latitude 32° 02' 07.533" N., longitude 080° 53' 31.663" W., NAD 1983-86), to a point at latitude 32° 02' 08" N., lon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>gitude 080° 53' 25" W., NAD 1983-86 (now marked by Navigational Buoy "24") near the eastern end of Oyster Bed Island;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="04CF01BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Proceeding thence from a point at latitude 32° 02' 08" N., longitude 080° 53' 25" W., NAD 1983-86 (now marked by Navigational Buoy R "24") on a true azimuth of 0° 0' 0" (true north) to the mean low low-water line of Oyster Bed Island; thence easterly along the said mean low low-water line of Oyster Bed Island to the point at which the said mean low low-water line of Oyster Bed Island intersects the Oyster Bed Island Training Wall;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="24E263C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Proceeding thence easterly along the mean low low-water line of the southern edge of the Oyster Bed Island Training Wall to its eastern end; thence continuing the same straight line to its intersection with the Jones Island Range line;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="05096C29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Proceeding thence southeasterly along the Jones Island Range line until reaching the northern boundary of the main navigational channel as depicted on the Channel Chart;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="20D6D0E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Proceeding thence southeasterly along the northern boundary of the main navigational channel as depicted on the Channel Chart, via Jones Island Range and Bloody Point Range, to a point at latitude 31° 59' 16.700" N., longitude 080° 46' 02.500" W., NAD 1983-86 (now marked by Navigational Buoy "6"); and finally,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6C46E9CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Proceeding from a point at latitude 31° 59' 16.700" N., longitude 080° 46' 02.500" W., NAD 1983-86 (now marked by Navigational Buoy "6") extending southeasterly to the federal-state boundary on a true azimuth of 104 degrees (bearing of S76°E), which describes the line being at right angles to the baseline from the southernmost point of Hilton Head Island and the northernmost point of Tybee Island, drawn by the Baseline Committee in 1970.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="78F3B02A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Should the need for further delimitation arise, the boundary shall further extend southeasterly on above-described true azimuth of 104 degrees (bearing of S76°E).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="35A54F99" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Provided, further, that nothing in this section in any way shall be considered to govern or affect in any way the division between the states of the remaining assimilative capacity that is, the capacity to receive wastewater and other discharges without violating water quality standards, of the portion of the Savannah River described in this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="62245EC6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="04478986" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 39-1; 1952 Code § 39-1; 1942 Code § 2038; 1932 Code § 2038; Civ. C. '22 § 1; Civ. C. '12 § 1; Civ. C. '02 § 1; G. S. 1; R. S. 1; 1923 (33) 114; 1970 (56) 2051; 1978 Act No. 413, § 1; 1978 Act No. 414, § 1; 1978 Act No. 416, § 1; 1996 Act No. 375, § 1; 1998 Act No. 341, § 1; 2008 Act No. 264, § 1, eff June 4, 2008; 2016 Act No. 270 (S.667), § 2, eff January 1, 2017.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="36E06538" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="58FE6773" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>In 2016, to correct a typographical error, in the eighth paragraph from the end, substituted "Long Island Crossing Range through points SR-20 (latitude 32° 04' 13.042" N., longitude 080° 57' 14.511" W., NAD 1983-86), and SR-19 (latitude 32° 02' 30.984" N., longitude 080° 55' 30.308" W., NAD 1983-86)" for "Long Island Crossing Range through points SR-20 (latitude 32° 04' 13.042" N., longitude 080° 57' 14.511" W., NAD 1983-86), and SR-19 (latitude 32° 02' 30.984" N., longitude 080° 55' 30.308' W., NAD 1983-86</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>)".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="24942307" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2016 Act No. 270, §§ 1, 3, provide as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5DA4BB7C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 1. The provisions of Section 1-1-10 of the 1976 Code are amended to clarify the original location of the boundary between North and South Carolina along Horry, Dillon, Marlboro, Chesterfield, Lancaster, York, Cherokee, and Spartanburg counties and to provide additional information about the plats describing the location of the boundary between North Carolina and South Carolina along Greenville, Pickens, and Oconee counties so that the northern line will be as described by those plats."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="386E3D26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 3. This part defines the legislative intent and purpose of the amendments and additions in this act to Title 12 of the 1976 Code.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="302EDEC0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"The General Assembly recognizes that the state of a business's location, or portion of it, may change as a result of the boundary clarification and this change can have tax and licensing consequences.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7F61115E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"It is the intent of the General Assembly that when, as a result of the boundary clarification, an individual's residence or a business location is determined to be located in South Carolina rather than North Carolina where the residence or business had previously been taxed, the individual or business should not be liable for back taxes to South Carolina solely as a result of the clarification. The intention of this act is only to address the effects on persons whose residences and businesses who are deter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>mined to be located in South Carolina rather than North Carolina as a result of the boundary clarification. This act does not apply to persons whose residences and businesses are not affected by the boundary clarification."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5E1417DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="760556F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2008 amendment substantially rewrote the second undesignated paragraph; in the fifth undesignated paragraph, added the clause at the end starting with "and depicted in"; and made changes in the fifteenth and sixteenth undesignated paragraphs.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2558F16B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6A93188B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-20. Effect of change of State boundary on bordering lands.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3B275AB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Whenever the location of the State line has been or may be re-established and corrected by competent authority, the lines of bordering lands which were established and fixed according to the previous location of the State line shall not be changed by reason of such re-establishment and correction of the State line.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="24FC1AED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="522C0940" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 39-2; 1952 Code § 39-2; 1942 Code § 2039; 1932 Code § 2039; Civ. C. '22 § 2; Civ. C. '12 § 2; 1906 (25) 63.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1499EFF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="64D78D5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-30. Daylight saving time observation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="18B6C555" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If the United States Congress amends 15 U.S.C. Section 260a to authorize states to observe daylight saving time year round, it is the intent of the South Carolina General Assembly that daylight saving time be the year-round standard of the entire State and all of its political subdivisions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D88979F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1E8D120D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2020 Act No. 113 (S.11), § 1, eff February 3, 2020.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6F17F899" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2E4FB3C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="178FBFEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Executive Department</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3FD890D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="072E7C2B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-110. What officers constitute executive department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="191A672C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The executive department of this State is hereby declared to consist of the following officers, that is to say: The Governor and Lieutenant Governor, the Secretary of State, the State Treasurer, the Attorney General and the solicitors, the Adjutant General, the Comptroller General, the State Superintendent of Education, the Commissioner of Agriculture and the Director of the Department of Insurance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="158B23DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="08A3B4A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 1-1; 1952 Code § 1-1; 1942 Code § 3082; 1932 Code § 3082; Civ. C. '22 § 766; Civ. C. '12 § 682; Civ. C. '02 § 613; G. S. 464; R. S. 530; 1865 (13) 350; 1941 (42) 119; 1960 (51) 1646; 1993 Act No. 181, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5FA53C08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2D21D489" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-120. Vacancies in executive department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2E8A6D30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In case any vacancy shall occur in the office of Secretary of State, State Treasurer, Comptroller General, Attorney General or Adjutant General, such vacancy shall be filled by election by the General Assembly, a majority of the votes cast being necessary to a choice. If such vacancy occur during the recess of the General Assembly, the Governor shall fill the vacancy by appointment until an election by the General Assembly at the session next ensuing such vacancy.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4752AA84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6B76A7EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 1-2; 1952 Code § 1-2; 1942 Code § 3083; 1932 Code § 3083; Civ. C. '22 § 767; Civ. C. '12 § 683; Civ. C. '02 § 614; G. S. 465; R. S. 531; 1875 (15) 935; 1942 (42) 1446.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7965684B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3C018A1C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4A4F5A2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Public Employment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="695971F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6E5CC0FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-540. Written employment applications required.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1EE8D26B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...41 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>State, county and municipal officers, departments, boards and commissions, and all school districts in this State, shall require applications in writing for employment by them, upon such application forms as they may severally prescribe, which shall include information as to active or honorary membership in or affiliation with all membership associations and organizations. The provisions of this section shall not apply to any office or position which by law is filled by the vote of the qualified electors i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>n any general or special election.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="60D24543" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0013EABD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 1-36; 1956 (49) 1747; (50) 234.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1F24CD4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="16D85429" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-550. Honorably discharged veterans shall have preference for public employment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4C840F7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Honorably discharged members of the United States Armed Forces who are given employment preference by the United States Government, now and hereafter, shall be given preference for appointment and employment in every public department and upon all public works in this State insofar as such preference may be practicable; age, loss of limb or other physical impairment which does not in fact incapacitate shall not be deemed to disqualify them, provided they possess the capacity of skill and knowledge necessar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>y to discharge the duties of the position involved. Provided, that any public department operating on a merit system shall give preferences similar to those given by the United States Government to eligible members discharged from the Armed Forces insofar as such preferences may be practicable.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="674311DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="305BF142" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 1-37; 1968 (55) 2541.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="11E9DA29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7EFB502F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="21E68D0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>State Emblems, Pledge to State Flag, Official Observances</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4F057E94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="17859193" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-610. Official State gem stone.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="437887B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The amethyst is the official gem stone of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="76BB789E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6F5691C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 1-363.2; 1969 (56) 441.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0F79DFEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0EDD6B5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-612. Official State seabird.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5058BB1C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The eastern brown pelican is the official seabird of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="457C610F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0B734F52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2024 Act No. 186 (H.5246), § 1, eff May 20, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="621E7F82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="08033106" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2024 Act No. 186, preamble, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1BDE0ADC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Whereas, the first known eastern brown pelican was described in 1789 and at the Charleston Harbor; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="398FD23E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Whereas, the brown pelican is one of the largest birds found on the east coast and is known for its long bill and underlying throat pouch; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7A50AFA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Whereas, eastern brown pelicans are the only pelicans in the world that are not entirely white. The front of a brown pelican's head is white, but its feathers fade to dark brown. During breeding season, the bird swaps white for a vibrant yellowish gold and exchanges dark brown for a silver-grey; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="599C5439" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Whereas, in 1970, the eastern brown pelican was listed as endangered under the federal Endangered Species Act, when populations plummeted to less than one hundred; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="52AFBF64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Whereas, unlike most birds that warm their eggs with the skin of their breasts, pelicans incubate their eggs with the skin of their feet, standing on them and holding the eggs under the webbing of their feet. Widespread use of a pesticide known as DDT caused the chemical to leak into the food chain and caused the eastern brown pelican's eggs to have thinner shells, which caused them to break during incubation, leading to the populations decline; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7A63BD9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Whereas, the United States' ban of DDT in 1972 and the Brown Pelican Recovery Plan of 1979 helped the brown pelican population recover, and the brown pelican is no longer considered endangered; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4D3B517C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Whereas, designating the brown pelican as the state seabird of South Carolina will highlight the importance of preserving and enhancing the habitat of this species and other seabirds along our coastline and serve as a symbol of our commitment to environmental stewardship and wildlife conservation; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0DC7ADAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Whereas, eastern brown pelicans and other similar South Carolina coastal birds add to the unique and beautiful character of South Carolina, increasing quality of life. Now, therefore,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="05296CED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Be it enacted by the General Assembly of the State of South Carolina: [Text of Act]"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="64C74901" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="042C43B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-615. American History Month designated.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="27D18E75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>The month of February in every year is designated American History Month. South Carolinians are encouraged to sponsor and participate in appropriate observances of American History Month.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3E4CEEA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="094460D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 418, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2C94CDE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2CCCBA9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-616. African American History Month designated.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7C0BE906" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The month of February of every year is also designated African American History Month in South Carolina to be observed concurrently with American History Month as provided in Section 1-1-615, but with emphasis on the contributions of African Americans to the growth, development, culture, and institutions of our country. South Carolinians are encouraged to sponsor and participate in appropriate observances of African American History Month.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="424F0612" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="30BDD6A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 131, § 2, eff March 13, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2D9A9BC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="792E5493" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2012 Act No. 131, § 1, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="12B8F87B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"The General Assembly finds that:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5D068296" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(1) Black History Month, now to be designated as African American History Month in South Carolina, began as 'Negro History Week', which was created in 1926 by Carter G. Woodson, a noted African American historian, scholar, educator, and publisher. It became a month-long celebration in 1976. The month of February was chosen to coincide with the birthdays of Frederick Douglass and Abraham Lincoln;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6CC991C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(2) African Americans of all generations have contributed greatly to the growth, development, culture, and institutions of the United States; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="78ACD5E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(3) to declare the month of February of each year as African American History Month in our State to honor the significant contributions to our country of these outstanding individuals."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6F1BF5AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4AA68E2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-617. Endometriosis Awareness Month.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4C7E52C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The month of March in every year is designated as "Endometriosis Awareness Month". South Carolinians are encouraged to sponsor and participate in relevant educational activities and events in the observance of "Endometriosis Awareness Month".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="20C852BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1A4D0186" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 166 (S.983), § 1, eff May 16, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="66576431" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="10181FB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-618. Airborne Heritage Day designated.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="29F5613B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>August sixteenth of each year is designated as South Carolina Airborne Heritage Day.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="201A1ACB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5299E46D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2007 Act No. 11, § 1, eff April 18, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="399D268B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0ACD7E72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-620. Official State stone.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="75DAC938" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Blue granite is the official stone of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="75EB535A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0F38794F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 1-363.3; 1969 (56) 441.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1A419051" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1A3752F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-625. Official State reptile.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4EE59128" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>The loggerhead turtle (Caretta caretta) is the official reptile of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="23AEDE72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="216C779F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 588, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="005D5B55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4229F07D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-630. Official State bird.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="37EB9D50" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The Carolina Wren is the official bird of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="78D5E6E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5573E4B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-2; 1952 Code § 28-2; 1942 Code § 1777; 1939 (41) 483; 1948 (45) 1758; 1952 (47) 2179.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4F6053D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2B83A357" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-635. Official State wild game bird.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="34CAB5F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The South Carolina Wild Turkey (Meleagris Gallopavo) is the official wild game bird of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3DAB32F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="31FC1DFA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1976 Act No. 508, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="774D0068" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="574AF3A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-640. Official State fish.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="22D20DF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The striped bass or rockfish is the official fish of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D729C4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="14FDD26D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-2.1; 1972 (57) 2508.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="16F7125F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="543604CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-645. Official State insect.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="77BA5D60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The Carolina mantid, Stagmomantis carolina (Johannson) , or praying mantis, is the official insect of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7809EFC6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A statement in substantially the following form must be printed in the next edition and all subsequent editions of the South Carolina Legislative Manual in the appropriate section:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6C743D13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The State Insect</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="770D77E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>The Carolina mantid, Stagmomantis carolina (Johannson), or praying mantis, was designated the state insect by the General Assembly by Act 591 of 1988, for the following reasons: it is a native, beneficial insect that is easily recognizable throughout the State; it symbolizes the importance of the natural science of entomology and its special role in all forms of agriculture in helping to control harmful insects; and it provides a perfect specimen of living science for the school children of this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6513580F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="54FFDDCD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 591, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2BE2B740" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6CC3382C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-647. Official State butterfly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0B379BDB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The tiger swallowtail is designated as the official state butterfly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="39C73096" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0419207D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 319, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6FDA348D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2EA808FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-650. Official State animal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="50C76B09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The white-tailed deer (odocoileus virginianus) is the official animal of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="351BEB8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="425AD823" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-2.2; 1972 (57) 2508.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="06AF2B88" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6FDA0951" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-655. Official State dog.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0F48EA6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Boykin Spaniel is the official dog of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="53D24D76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0CF8C407" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 31, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="274DCFA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2E038C5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-660. Official State tree.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4EE57FFC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The palmetto tree is hereby designated and adopted as the official tree of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2FF00050" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4CDA96F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 29-11; 1952 Code § 29-11; 1942 Code § 3284-11; 1939 (41) 99.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4070853F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="22F32795" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-661. Official State carnivorous plant.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5D438ED0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>The Venus flytrap (Dionaea Muscipula) is the official carnivorous plant of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4BE940F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="68EFC459" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2023 Act No. 11 (S.581), § 1, eff May 8, 2023.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="475EE44A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="040612C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2023 Act No. 11, preamble, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2FF4D43E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Whereas, the Venus flytrap is a small flowering perennial plant that grows in boggy areas of the Southeastern United States; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2633CAF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Whereas, the Venus flytrap is one of the most internationally recognized carnivorous plants, characterized by leaves with hinged lobes that spring shut when stimulated by insects and is dependent on a fire-maintained landscape; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="205F0BE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Whereas, the Venus flytrap is federally designated as an At-Risk Species and the State of South Carolina is just one of two places in the world where the Venus flytrap is native; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4532D08B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Whereas, the Venus flytrap is considered globally imperiled and Horry County is known to have the only remaining population of the Venus flytrap in the State of South Carolina. Now, therefore, [text of Act]."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1BCCD634" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1C6550F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-665. Official State dance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5EECB581" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The shag is the official dance of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="644E03E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="12B55884" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 329, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="14413D73" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="661F8392" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-667. Official State waltz.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="53075263" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>"The Richardson Waltz" is designated as the official state waltz.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="010EC555" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="50AF4732" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 389, Part I, § 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1FA0B959" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="07D1FA36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2000 Act No. 389, Part I, §1, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="43A3C23A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Sections 1 through 4 of this act are known and may be cited as the "Richardson Waltz Act".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="506D6D6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7301B21D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-670. Official pledge to State flag.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2590FF7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The pledge to the flag of South Carolina shall be as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="48853905" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>"I salute the flag of South Carolina and pledge to the Palmetto State love, loyalty and faith."</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5E2D2B9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1D5AA549" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 1-95; 1966 (54) 2271.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="778BEC88" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3CC30535" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-674. State Pecan Festival.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="141E9124" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>The South Carolina Pecan Festival in Florence County is designated as the official State Pecan Festival.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4F488A04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0CE4AFA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2011 Act No. 9, § 1, eff April 12, 2011.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="79E0117B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7A429FE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-675. State Botanical Garden.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4E90333D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Botanical Garden of Clemson University is designated the State Botanical Garden.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2B6245E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="116ED83B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 288, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0D469E32" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0BCB8CAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-676. Official State lowcountry handcraft.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="197F4393" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The sweet grass basket is the official state lowcountry handcraft.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="151EAF53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6DAEC5D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2006 Act No. 234, § 1, eff February 21, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3E4D9606" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="50E94BE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-677. Official State grass.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5DF5E9D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>Indian Grass, Sorghastrum nutans, is designated as the official grass of the State. In making this designation, the General Assembly makes no warranty or endorsement of Indian Grass as a commercial product, but recognizes Indian Grass as a native, nonnoxious plant, with a historical, continuing, widespread, and beneficial existence in South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="27C063E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="099803A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2001 Act No. 94, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A48D18D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="78AD8ED3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-680. Official State fruit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5ACF3957" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The peach is the official fruit of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="29605417" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="73C2EB83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 360, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1988126A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="01F05B47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-681. Official state vegetable.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="10B1B25E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Collard greens are the official vegetable of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7916A6F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3EB394EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2011 Act No. 38, § 1, eff June 2, 2011.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="25FD4406" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="381B7C44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-682. Official state snack food.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0FAC3469" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>Boiled peanuts are the official state snack food. Nothing in this section requires or encourages any school district in this State to serve peanuts to students, especially students with food allergies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="125E2646" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0ABC693B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2006 Act No. 270, § 2, eff May 1, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7260DC76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4F71992C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-683. Official state picnic cuisine.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="52847764" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Barbecue is designated as the official State Picnic Cuisine of South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="67B263BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="752E186E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 231 (S.1136), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1AE1FA3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="37FAB3E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-685. Official State song.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="47E215C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-        <w:t>"South Carolina On My Mind" is designated as an official state song to help inspire pride in our State and improve the quality of life among all South Carolinians, and to promote the image of South Carolina beyond our borders by further developing tourism and industry through the attraction of vacationers, prospective investors, and new residents.</w:t>
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">"South Carolina On My Mind" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>is designated as an official state song to help inspire pride in our State and improve the quality of life among all South Carolinians, and to promote the image of South Carolina beyond our borders by further developing tourism and industry through the attraction of vacationers, prospective investors, and new residents.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="748E1C37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="323C1182" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 302, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0DB909CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="452085CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-686. Official State poultry festival.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2D6E2193" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The South Carolina Poultry Festival in Lexington County is designated as the official State Poultry Festival.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0BCD42B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="122844AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2024 Act No. 107 (H.3960), § 1, eff February 5, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="45F3C0C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3A47EA68" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-688. Official State music.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="193259FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The spiritual is the official music of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D24DFB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="53F3E729" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1999 Act No. 64, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="39853325" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7918ACA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-689. Official State popular music.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3394EE9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Beach music is designated as the official state popular music of South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="64FBA9E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="65C212E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2001 Act No. 15, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5AC36275" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="64B60CE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-690. Official State beverage.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7449CFDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Milk is the official state beverage.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2E427E1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7218C3F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 360, § 4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5FAB7333" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="16C7E0CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-691. Official state fossil.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2E4F74E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Columbian Mammoth is designated as the official State Fossil of South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0723657B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="67B6C3C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 177 (H.4482), § 1, eff May 16, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2082CDEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6F13703A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-692. Official State hospitality beverage.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7C19A219" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>South Carolina grown tea is designated as the official hospitality beverage of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3D228DB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4F901B6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1995 Act No. 31, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="494DA3E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="59189B25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-693. Official State opera.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="04E0A929" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>Porgy and Bess is designated as the official opera of this State. The State and any of its agencies, departments, or political subdivisions may not use any copyrighted or proprietary material from Porgy and Bess without the express written permission from the estates of Dubose Heyward, George Gershwin, and Ira Gershwin or the management company responsible for licensing productions of this opera in part or in its entirety.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="786E6218" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="239913D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2001 Act No. 94, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C0A42CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="770C2030" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-694. Official State Tobacco Museum.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2E39938E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The South Carolina Tobacco Museum is the official tobacco museum of the State of South Carolina. The designation of the South Carolina Tobacco Museum as the official tobacco museum of the State is an honorary designation and does not bind the State in any way.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5E13A069" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The official designation does not create a new state agency or educational institution or qualify the South Carolina Tobacco Museum for state funds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="586FC89A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The official designation does not confer any liability upon the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="70A506A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The official designation does not sanction by the State any activity, philosophy, or course of action conducted, published, or undertaken by the South Carolina Tobacco Museum.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="13B80EF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6F78A6E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 222, § 1, eff April 29, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="03F65B7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="34017CB9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-695. Official State shell.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4FC33DA9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The Lettered Olive, Oliva sayana, is the official shell of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="12F80DA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="171BA527" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 360, § 6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7346F6CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1555F63F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-696. Official State language.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4ACABCF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The English language is the official language of the State of South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0ABC5E7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="12528717" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 25, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1557FF6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="10BD7970" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-697. Use of language other than English prohibited.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="400FFBCE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Neither this State nor any political subdivision thereof shall require, by law, ordinance, regulation, order, decree, program, or policy, the use of any language other than English; provided, however, that nothing in §§ 1-1-696 through 1-1-698 shall prohibit a state agency or a political subdivision of the State from requiring an applicant to have certain degrees of knowledge of a foreign language as a condition of employment where appropriate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="18B943CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7F4DF5E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 25, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="77620F9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="51934D0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-698. Exceptions to prohibition against use of language other than English.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7985070D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Sections 1-1-696 through 1-1-698 do not prohibit any law, ordinance, regulation, order, decree, program, or policy requiring educational instruction in a language other than English for the purpose of making students who use a language other than English proficient in English or making students proficient in a language in addition to English.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7197AF39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="040434F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 25, § 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1076E3D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="136FA832" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-699. Official State amphibian.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1F9C0ECC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Spotted Salamander, Ambystoma maculatum, is designated as the official state amphibian.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="74BD6D56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="31C190FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1999 Act No. 79, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="18F2F728" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5D7E450B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-700. Official State American Folk Dance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7CA1F4BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The square dance is the official American Folk Dance of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="02E012C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5062F4E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 329, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2B1D5C58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="471E160B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-701. Official State spider.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="23D3DAD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The "Carolina Wolf Spider", Hogna carolinensis, is designated as the official state spider.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5AE3503E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="61B763C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 389, Part II, § 7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="65A9472D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6FA74404" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-702. Official State tapestry.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0062293D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The tapestry, "From the Mountains to the Sea", is designated as the official state tapestry.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="60788F39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4FC04BD2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 354, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3699AC4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3735E4A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-703. Official State tartan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0F8246A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Carolina Tartan is designated as the official tartan of the State of South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="482034B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="42F02F9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 303, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2A95F394" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="774B8282" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-704. Official State wildflower.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="11AF3170" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>Goldenrod (solidago altissima) is the official state wildflower.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="58187469" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7E340E7C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2003 Act No. 31, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="30F40C81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="55D2D7E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-705. Official State railroad museum.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4597C435" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The South Carolina Railroad Museum in Fairfield County is the official railroad museum of the State of South Carolina, upon the payment of a fee of five dollars to the Secretary of State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="52706CE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="763087A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 155, Part II, § 60A.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0B3E8AE2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="29983B5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-706. Official State military academy.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="02AB155E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>(A) Camden Military Academy is designated as the official military academy of the State. The designation of Camden Military Academy as the official military academy of the State is an honorary designation and does not bind the State in any way.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="07082F92" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The official designation does not create a new state agency or educational institution or qualify Camden Military Academy for state funds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5B19A549" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The official designation does not confer any liability of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="36F160DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3F09716F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2001 Act No. 56, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="48510532" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="601EE722" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-707. Official State Hall of Fame.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3F0347E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The South Carolina Hall of Fame located in the Myrtle Beach Convention Center, operated by South Carolina Hall of Fame, Inc. , an eleemosynary corporation certified by the Secretary of State on June 1, 1963, is the official state Hall of Fame. The official designation is an honorary designation and does not bind the State in any way.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="62C0D5D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The official designation does not create a new state agency or educational institution or qualify the South Carolina Hall of Fame for state funds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="09F8BB46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The official designation does not confer any liability upon the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0022C6B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The official designation does not sanction by the State any activity, philosophy, or course of action conducted, published, or undertaken by the Hall of Fame.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3562A13D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4D1DEF1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2001 Act No. 107, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="67C0E9EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="47948E12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-708. Official State folk art and crafts center.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1F2DD843" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The South Carolina Artisans Center, a nonprofit organization, located in Walterboro is designated as the official folk art and crafts center of the State of South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="78B14EE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0A8E6EF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 256, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="37C0CF08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="04CDCD8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-709. Official State rural drama theater.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2AA750EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The Abbeville Opera House is designated as the official state rural drama theater of the State. The designation of the Abbeville Opera House as the official state rural drama theater of the State is an honorary designation and does not bind the State in any way.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="53EA6821" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>(B) The official designation does not create a new state agency or educational institution or qualify the Abbeville Opera House for state funds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="596B0328" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The official designation does not confer any liability of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1C5FCD29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The official designation does not sanction by the State any activity, philosophy, or course of action conducted, published, or undertaken by the Abbeville Opera House.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="167B5F6E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="74BE9713" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2001 Act No. 48, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="374ED9C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0B17580E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-710. Official State color.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="600518FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The color indigo blue worn on the uniform of Colonel William Moultrie's soldiers and adopted as the background of the South Carolina State flag, is designated as the official color of the State of South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2625310A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="407A1A41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 200, § 1, eff April 16, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5F6798AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0000FB6E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-711. Official state duck.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2B33F17A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-        <w:t>The "wood duck" (Aix sponsa) also known as the summer duck and the Carolina duck is designated as the official state duck.</w:t>
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">The "wood duck" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(Aix sponsa) also known as the summer duck and the Carolina duck is designated as the official state duck.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4AE667D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7E1021F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2009 Act No. 58, § 1, eff upon approval (became law without the Governor's signature on June 3, 2009).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0BBEE395" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="579583B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-712. Official state marine mammal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="60327056" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The "bottlenose dolphin" (Tursiops truncatus) is designated as the official state marine mammal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0B6D001F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="048B6AEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2009 Act No. 58, § 2, eff upon approval (became law without the Governor's signature on June 3, 2009).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5931DE7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="24766811" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-713. Official state migratory marine mammal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2D600031" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The "northern right whale" (Eubalaena glacialis) is designated as the official state migratory marine mammal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="50A1D4B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2117DDCB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2009 Act No. 58, § 3, eff upon approval (became law without the Governor's signature on June 3, 2009).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1749049C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>§ 1-1-713A. Official state emblem of United States Armed Forces who have given their lives in the line of duty.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="50008E2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Honor and Remember Flag is designated as the official State Emblem of Service and Sacrifice by those in United States Armed Forces who have given their lives in the line of duty.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3E2A6056" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 237, § 1, eff June 18, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3CAA7835" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0E3FAF33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-714. Official state heritage horse.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="382B05B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Marsh Tacky is designated as the official State Heritage Horse of South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="00A0B2EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="73B65AC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 240, § 2, eff June 11, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="20142327" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>§ 1-1-714A. Official state heritage work animal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0D2732D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The mule is hereby designated as the official State Heritage Work Animal of South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0610180E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 240, § 3, eff June 11, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6A3B4E5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="357AE686" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="25E95D89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Census</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="64F5418B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1E10B7AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-715. United States Census of 2020 adopted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="18AF7636" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The United States Census of 2020 is adopted as the true and correct enumeration of the inhabitants of this State, and of the several counties, municipalities, and other political subdivisions of this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7DFC05F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>(B) The geographic assignments in Sections 2-1-45 and 2-1-75 are derived from the decennial census P.L. 94-171 redistricting data released by the United States Census Bureau on August 12, 2021, and September 16, 2021.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0ACF5D11" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="78F0ADB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2003 Act No. 55, § 2; 2011 Act No. 71, Pt I, § 1, eff June 28, 2011; 2011 Act No. 75, Pt I, § 1, eff August 1, 2011; 2021 Act No. 117 (H.4493), Pt I, § 1, eff December 10, 2021.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6D5FCA37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6AFE08F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>This section was codified at the direction of the Code Commissioner.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="01B0CA09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="43BE5943" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2011 amendments substituted "2010" for "2000".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2AD0011C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2021 Act No. 117, Pt. I, § 1, inserted the (A) designator, and in (A), substituted "2020" for "2010", and added (B).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="27EC7B0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="20D0D6B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="16F62310" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Reports to Governor or General Assembly</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7961C6C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="20F8842E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-810. Annual accountability reports by agencies and departments of state government.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1109D4F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>Each agency and department of state government shall submit an annual accountability report to the Governor and the General Assembly covering a period from July first to June thirtieth, unless otherwise directed by the specific statute governing the department or institution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="64A1365A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="78C70C1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 1-44; 1952 Code § 1-44; 1942 Code § 2096; 1932 Code § 2096; 1929 (36) 225; 1931 (37) 278; 1933 (38) 490; 1960 (51) 1746; 1995 Act No. 145, Part II, § 43A.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7BF94B98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3AC199AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-820. Contents of annual accountability reports.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="065B3E29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The annual accountability report required by Section 1-1-810 must contain the agency's or department's mission, objectives to accomplish the mission, and performance measures that show the degree to which objectives are being met.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3081A8BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="359FF2EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 1-45; 1952 Code § 1-45; 1942 Code § 2097; 1932 Code § 2097; Civ. C. '22 § 58; Civ. C. '12 § 48; Civ. C. '02 § 45; 1896 (22) 202; 1960 (51) 1779; 1995 Act No. 145, Part II, § 43B.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="42E37A6C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1582206C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-830. One report shall not be embraced in another.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="591E8719" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No State officer shall embrace in his report the report of another State officer which is required to be published by law, but he may make such reference thereto as may be necessary, including a brief recapitulation thereof, when necessary to the proper understanding of such report.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="367A5946" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2A040540" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 1-46; 1952 Code § 1-46; 1942 Code § 2102; 1932 Code § 2102; Civ. C. '22 § 63; Civ. C. '12 § 53; Civ. C. '02 § 50; R. S. 50; 1886 (19) 310.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="27181F93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7426EBE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-840. Special reports.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="49525F86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>The Governor or the General Assembly, or either branch thereof by resolution, may call upon any department or institution at any time for such special reports as may be deemed in the interest of the public welfare.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="39166908" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3F6FC82E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 1-47; 1952 Code § 1-47; 1942 Code § 2096; 1932 Code § 2096; 1929 (36) 225; 1931 (37) 278; 1933 (38) 490.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="34825165" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5C5E64EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="436539EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Reporting of Expenditures of State Appropriated Funds, Personal Data and the Like</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7871D8CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4C66242E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-970. Personnel data required to be furnished quarterly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="71840309" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All agencies, departments and institutions of state government shall furnish to the State Personnel Division not later than fifteen days following the close of the second quarter of each even-numbered year a current personnel organization chart in a form prescribed by the division showing all authorized positions, the personnel grade and compensation of each and indications as to whether such positions are filled or vacant.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6875761D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All agencies, departments and institutions of state government shall furnish to the State Personnel Division not later than fifteen days following the close of each quarter except the second quarter of each even-numbered year any and all changes or alterations to the personnel organization chart in a form prescribed by the division.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0281B49A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The State Personnel Division shall ensure that all reports submitted to the division by agencies, departments and institutions of state government are accurate and up-to-date and, based on that information, shall furnish to the Legislative Audit Council organizational charts and alterations to existing charts for each such agency, department and institution in such form as the division and Audit Council shall determine.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7A2443F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The charts prepared by the division shall be furnished to the Audit Council not later than thirty days following the end of each quarter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="68E1E80E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7909E724" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1976 Act No. 561, § 7; 1977 Act No. 101, § 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="26928590" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7344AB6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-980. Penalties for failure to cooperate with implementation of reporting procedures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="07A3B7B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All service agencies of the State shall cooperate with individual agencies, departments and institutions of State government in the implementation of this article. Any person who falsifies any report, statement or document required under this article shall be subject to punishment pursuant to § 16-9-30 of the Code. Wilful failure to comply with the reporting requirements of this article shall be deemed misfeasance in office and subject the chief executive authority of the offending agency, department or in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>stitution to the penalties therefor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7FC954F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3B287B28" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1976 Act No. 561, § 8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1E412701" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="497BCF53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-990. Reports and information deemed public records; dissemination of copies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7EC2D6F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All reports and information assembled pursuant to the provisions of this article are considered "public records" as defined in the Freedom of Information Act of 1972. Commencing on July 1, 1985, and thereafter, the Comptroller General shall furnish copies of the information when requested by authorized parties. The provisions of subsection (2) of § 11-35-1230 of the 1976 Code of Laws govern fiscal reporting.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7816DCC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="10F0EC65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1976 Act No. 561, § 9; 1985 Act No. 201, Part II, § 2A.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1A1CDC39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="460EC33D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-1000. Partial exemption granted law enforcement agencies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4AF4DCD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>The provisions of this article shall not be construed to require any law enforcement agency to report in detail expenditures which would jeopardize the necessary confidentiality of its operations, but all such agencies shall report the total amount of funds expended for payments to informants and for purchases of illegal substances in connection with criminal investigations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="28776A22" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="31ACC8AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1976 Act No. 561, § 10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6260FC29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4DE8E338" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-1020. Purchase of equipment by Office of State Treasurer for lease or resale to entities of state government; funding.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="24F64790" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The Office of State Treasurer is authorized to provide financing arrangements under the master lease program on behalf of boards, commissions, institutions, and agencies of state government for the purpose of renting, leasing, or purchasing office equipment, telecommunications equipment, energy conservation equipment, medical equipment, data processing equipment, and related software in accordance with procurement statutes and regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="630E34B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The Office of State Treasurer shall negotiate the terms of any financing arrangement and prescribe the procedures necessary to administer this program.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7C22B28F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) When providing financing as described in subsection (A) of this section, the Office of State Treasurer shall ensure that repayment schedules provide sufficient funds to defray the cost of administering this program. The Office of State Treasurer shall retain such funds as are necessary to defray administrative costs. Any excess funds at year-end must be deposited to the credit of the general fund of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="45AA10ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="28F13052" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1981 Act No. 178 Part II, § 19; 1982 Act No. 466 Part II, § 27; 1990 Act No. 612, Part II, § 12; 1994 Act No. 497, § 10B; 2002 Act No. 286, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="755C194D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="482F64BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-1025. Insurance on state data processing and telecommunications facilities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="36CD5D06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The State Fiscal Accountability Authority, through its Insurance Reserve Fund, shall provide insurance against the accidental or deliberate destruction of data processing and telecommunications facilities operated by the State. The insurance shall specifically include replacement cost of hardware and software systems and specialized environmental systems and shall also provide for an alternate processing location should replacement or repair of the original processing location exceed ten calendar days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="36027A46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="24BB060D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1982 Act No. 466, Part II, § 25.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1B864204" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="32BB2B73" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, references in this section to the offices of the former State Budget and Control Board, Office of the Governor, or other agencies, were changed to reflect the transfer of them to the Department of Administration or other entities, pursuant to the directive of the South Carolina Restructuring Act, 2014 Act No. 121, § 5(D)(1), effective July 1, 2015.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1182F6F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7D257399" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-1030. Governmental or quasi-governmental entity not to pay contingency fee or bonus to private counsel without prior written agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7C5C2647" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notwithstanding any other provision of law, effective July 1, 1993, no governmental agency or quasi-governmental entity or agency shall pay a contingency fee or bonus to private counsel retained by such agency or entity for legal representation, unless such contingency fee or bonus arrangement has been reduced to writing setting forth the parameters of the employment and the terms of payment prior to the initiation of such representation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="52E1011F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="065A57B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 164, Part II, § 107.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="14C479B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4788B47C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-1035. Expenditure of state or Medicaid funds to perform abortions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="62D514CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>No state funds or Medicaid funds shall be expended to perform abortions, except for those abortions authorized by federal law under the Medicaid program.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1F51475D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7BEC97D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 387, Part II, § 35.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="316D95FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="73BC2301" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-1040. Links to websites posting department's monthly state procurement card statements or information; redaction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0E66E9BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All agencies, departments, and institutions of state government must be responsible for providing on their Internet websites a link to the Internet website of any agency, other than the individual agency, department, or institution, that posts on its Internet website that agency's, department's, or institution's monthly state procurement card statements or monthly reports containing all or substantially all the same information contained in the monthly state procurement card statements. The link must be to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> the specific webpage or section on the website of the agency where the state procurement card information for the state agency, department, or institution can be found. The information posted may not contain the state procurement card number. Any information that is expressly prohibited from public disclosure by federal or state law or regulation must be redacted from any posting required by this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="01E10A53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7F115D9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2011 Act No. 74, Pt II, § 2.B, eff August 1, 2011.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4A340B4A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="291E5C60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2011 Act No. 74, Pt. II, § 2.C, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="31647726" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"This SECTION takes effect upon approval by the Governor, and public institutions of higher learning to which this SECTION applies shall have one year from the effective date of this act to comply with its requirements."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2CF5BB33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="301F48B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="24918450" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Salaries of State Officers</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="13FFC79E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0C985B7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-1210. Annual salaries of certain state officers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3B280715" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Section effective until the approval and ratification of an amendment to Section 7, Article VI of the South Carolina Constitution. The referendum to amend Section 7, Article VI failed on November 6, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0D825954" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The annual salaries of the state officers listed below are:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9150" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3496"/>
         <w:gridCol w:w="1227"/>
         <w:gridCol w:w="4427"/>
       </w:tblGrid>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="3E28C5AE" w14:textId="77777777">
+      <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="6ED75832" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="565F5A44" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="2316D652" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="46C27D81" w14:textId="77777777">
+      <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="3D347F66" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Governor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="22084812" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$98,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="32C1901D" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="74BEB016" w14:textId="77777777">
+      <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="2E5596F4" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lieutenant Governor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="248CE75C" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>43,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="4C946A4B" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="3E6FD3D5" w14:textId="77777777">
+      <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="52762AF6" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Secretary of State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="1A5AF9A9" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>85,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="2F287727" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="4035EF59" w14:textId="77777777">
+      <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="631E62DA" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>State Treasurer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="1FC3222F" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>85,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="1C032883" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="4C2FC67B" w14:textId="77777777">
+      <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="702C074A" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Attorney General</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="6420998B" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>85,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="51AF467B" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2D4B6DC5" w14:textId="77777777">
+      <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="5FDE48CE" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Comptroller General</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="6D9BE4CB" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>85,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="10A53769" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="148FA902" w14:textId="77777777">
+      <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="41BEE201" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Superintendent of Education</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="52F1061F" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>85,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="0384B13A" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="5DF3ADED" w14:textId="77777777">
+      <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="66536846" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Adjutant General</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="28D42843" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>85,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="6E195C37" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="71D188CB" w14:textId="77777777">
+      <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="6864585A" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Commissioner of Agriculture</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="6C9E6D2D" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>85,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="14CF5A8D" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="53CA13CC" w14:textId="77777777">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="431BC365" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(B) These salaries must be increased by two percent on July 1, 1991, and on July first of each succeeding year through July 1, 1994.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="00AAB02F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A state officer whose salary is provided in this section may not receive compensation for ex officio service on any state board, committee, or commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="15C692F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Beginning with Fiscal Year 2022—2023, and beginning when the state officer's term commences and lasting until the term concludes, with the exception of the Governor and Lieutenant Governor, salaries for the state officers listed in subsection (A) must be based on recommendations by the Agency Head Salary Commission to the General Assembly as provided in Sections 8-11-160 and 8-11-165.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3EAC6BFC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1EBB1CC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 201, Part II, § 11; 1989 Act No. 189, Part II, § 9; 2021 Act No. 76 (H.3786), § 1, eff May 17, 2021.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7E27CABC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0EF5F5A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2021 Act No. 76, § 1, inserted the (A), (B), and (C) designators, and added (D).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4965B0D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="66C171FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-1210. Annual salaries of certain state officers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="436B97DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Section effective upon the approval and ratification of an amendment to Section 7, Article VI of the South Carolina Constitution. The referendum to amend Section 7, Article VI failed on November 6, 2018. See Editor's Note.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6FF91962" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The annual salaries of the state officers listed below are:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9150" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3496"/>
         <w:gridCol w:w="1227"/>
         <w:gridCol w:w="4427"/>
       </w:tblGrid>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="520FDEA7" w14:textId="77777777">
+      <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="4014E3EA" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="7C785CD3" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="308DFC2C" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="35047375" w14:textId="77777777">
+      <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="45DD8F20" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Governor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="5FC88C06" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$98,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="2BB0B45F" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="3CA9023A" w14:textId="77777777">
+      <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="06CE2C45" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lieutenant Governor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="2E850199" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>43,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="3F9B1CB4" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="3AFF11A0" w14:textId="77777777">
+      <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="3AC746EF" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Secretary of State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="09F90CD4" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>85,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="326DD7DD" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="5AB3F871" w14:textId="77777777">
+      <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="665406E2" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>State Treasurer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="4098EB30" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>85,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="4583572B" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="5F76D798" w14:textId="77777777">
+      <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="454EEF80" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Attorney General</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="0046E349" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>85,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="3A8A1C92" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="7CFEBAEA" w14:textId="77777777">
+      <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="6D39C02D" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Comptroller General</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="5B8E7602" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>85,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="035207B7" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="366AA1BF" w14:textId="77777777">
+      <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="53558F21" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Adjutant General</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="1460D9F4" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>85,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="62962DDF" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="63CDA2DC" w14:textId="77777777">
+      <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="33CBFF25" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Commissioner of Agriculture</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="3407F15A" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>85,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="2FC2EB67" w14:textId="77777777">
+          <w:p w:rsidR="00187CF7" w:rsidRDefault="00187CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="382BD472" w14:textId="77777777">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="284F7F4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(B) These salaries must be increased by two percent on July 1, 1991, and on July first of each succeeding year through July 1, 1994.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1017CA49" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A state officer whose salary is provided in this section may not receive compensation for ex officio service on any state board, committee, or commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7489E17A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>(D) Beginning with Fiscal Year 2022—2023, and beginning when the state officer's term commences and lasting until the term concludes, with the exception of the Governor and Lieutenant Governor, salaries for the state officers listed in subsection (A) must be based on recommendations by the Agency Head Salary Commission to the General Assembly as provided in Sections 8-11-160 and 8-11-165.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6EF4159F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="03266916" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 201, Part II, § 11; 1989 Act No. 189, Part II, § 9; 2018 Act No. 178 (S.27), § 3, eff upon contingency;2021 Act No. 76 (H.3786), § 1, eff May 17, 2021.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5DC8F920" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7810F927" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 178, §§ 4 and 6, provide as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2A578B99" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 4. The person elected State Superintendent of Education in the 2018 General Election shall serve out his term; however, if the person vacates that office before the term expires in January 2023, any successors must: (1) be appointed as provided in Section 1-30-10(B)(1)(iv); and (2) must satisfy the experience requirements of Section 59-3-10(B)."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3D6CCCC0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 6. The provisions of Section 59-3-10(B), as contained in SECTION 1, take effect upon approval by the Governor. The remaining provisions of this act take effect upon approval and ratification of an amendment to Section 7, Article VI of the South Carolina Constitution, 1895, providing for the appointment of the State Superintendent of Education by the Governor, with the advice and consent of the Senate, and are applicable beginning with the 2018 General Election."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="59E4645C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The referendum to amend Article VI, Section 7 failed on November 6, 2018.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2BD10615" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3938D720" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 178, § 3, deleted the State Superintendent of Education from the list of salaries of specific state officers.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4B83FAE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2021 Act No. 76, § 1, inserted the (A), (B), and (C) designators, and added (D).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="27662AC0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="046D58EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="53E22692" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Reporting and Records of State Boards and Commissions Membership</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="20F36CCA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="51390B2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-1310. State boards and commissions; notification of membership changes; contents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4003CE7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each state board and commission must send written notification to the Secretary of State's Office of any appointment, election, resignation, or vacancy in the membership of its board or commission. The notification must be sent within two weeks of the appointment, election, resignation, or vacancy and must include:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="50A56001" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the governing statute or Executive Order authorizing the appointment or election;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="00E1C549" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the board or commission's address, phone number, fax number, and e-mail address, if any;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4ABC85C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the member's name;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="79ADB9FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) the member's district, circuit, seat, or position, if applicable;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1443E376" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) when the member's term begins and ends;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1FFCC07A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) the qualifications for membership on the board or commission and any specific requirements for the member's position;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="22987A66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) whether the member is eligible to receive compensation for his service;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="116342AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) the name of the former member; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="234EF09F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>(9) in the case of an appointment or election, whether it is a reappointment or reelection of an incumbent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5C016325" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="37655A97" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 182, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2495038F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="04094E54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="764BC993" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Workplace Domestic Violence Policy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6DD9162F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="09D7412F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-1410. Development and implementation of workplace domestic violence policy; zero tolerance policy statement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="79A63966" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Every state agency, based upon guidelines developed by the Office of Human Resources, Department of Administration, shall develop and implement an agency workplace domestic violence policy which must include, but is not limited to, a zero tolerance policy statement regarding acts or threats of domestic violence in the workplace and safety and security procedures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1A2728BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="26361C33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2003 Act No. 92, § 7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="66D3D5A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="65992158" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, references in this section to the offices of the former State Budget and Control Board, Office of the Governor, or other agencies, were changed to reflect the transfer of them to the Department of Administration or other entities, pursuant to the directive of the South Carolina Restructuring Act, 2014 Act No. 121, § 5(D)(1), effective July 1, 2015.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="11778BB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1E65397C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="51225895" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Repeal of Joint Resolution Calling for Balanced Federal Budget; Disavowal of Calls for Constitutional Convention</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5CC2031C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="31E7D652" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-1510. In general.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6C6F6443" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Joint Resolution 775 of 1976 is repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3F4BDA6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The General Assembly of the State of South Carolina disavows any other calls or applications for a constitutional convention made to Congress prior to the effective date of this act, by any means expressed, including, but not limited to, S. 1024 of 1978.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="67654C73" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The Secretary of State is directed to forward copies of this act bearing the Great Seal of the State to the following persons: The President and Vice President of the United States, the Speaker of the House of Representatives, and each member of the South Carolina Congressional Delegation in Washington, D.C.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7E2C2E4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1042A92D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 314, §§ 1, 2, 3, eff July 16, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5A947D58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5AA24D4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>This article was added and 2004 Act No. 314, §§ 1 to 3 codified at the direction of the Code Commissioner.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2D202EE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="29C11DF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The introduction to 2004 Act No. 314 provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="368EFAD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Whereas, the General Assembly of the State of South Carolina, acting with the best of intentions, at various times and during various sessions, has previously made applications to Congress to call one or more conventions to propose either a single amendment concerning a specific subject or to call a general convention to propose an unspecified and unlimited number of amendments to the United States Constitution, pursuant to the provisions of Article V thereof; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0A0706AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Whereas, former Chief Justice of the Supreme Court of the United States of America Warren E. Burger, former Associate Justice of the United States Supreme Court Arthur J. Goldberg, and other leading constitutional scholars agree that such a convention may propose sweeping changes to the Constitution, any limitations or restrictions purportedly imposed by the states in applying for such a convention or conventions to the contrary notwithstanding, thereby creating an imminent peril to the well-established ri</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ghts of the citizens and the duties of various levels of government; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1A9C84BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Whereas, the Constitution of the United States of America has been amended many times in the history of this nation and may be amended many more times, without the need to resort to a constitutional convention, and has been interpreted for more than two hundred years and has been found to be a sound document which protects the lives and liberties of the citizens; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3AB772AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Whereas, there is no need for, rather, there is great danger in, a new constitution or in opening the Constitution to sweeping changes, the adoption of which would only create legal chaos in this nation and only begin the process of another two centuries of litigation over its meaning and interpretation. Now, therefore."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="24DA1B86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2D1B0C30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1C533787" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Video Conferencing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="420B87DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="033C0D21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-1610. Use for performing administrative hearings; evidence of cost savings requirement; annual reports.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0CF3DE5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>An administrative state agency performing administrative hearings within this State may make use of existing video conferencing capabilities. There must be evidence that a cost savings will be recognized by using video conferencing, as opposed to holding an administrative hearing where all parties must be in attendance at one particular location. A report of video conferencing activities and any related cost savings must be submitted annually, before January fifteenth, to the House Ways and Means Committee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the Senate Finance Committee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="292844F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="100EE650" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 353, § 2, Pt 20F, eff July 1, 2009.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0AB46504" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5BDBE4CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5A8D9C5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Antisemitism</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1AA97CA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2A2A3245" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-1-1710. Definition of antisemitism.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1E5FC408" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) For purposes of this section, the term "definition of antisemitism":</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="721F61E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(1) includes the definition of antisemitism adopted on May 26, 2016, by the International Holocaust Remembrance Alliance, which has been adopted by the United States Department of State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1062516D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) includes contemporary examples of antisemitism identified by the International Holocaust Remembrance Alliance; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="15B27E9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) does not include criticism of Israel similar to that leveled against any other country.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7EB8B1AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Nothing in this section may be construed to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3FD63882" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) diminish or infringe upon any rights protected under the First Amendment to the United States Constitution or Section 2, Article I of the South Carolina Constitution, 1895; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5AB03382" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) conflict with federal, state, or local discrimination laws.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="75F79ADB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...41 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>(C) In reviewing, investigating, or deciding whether there has been a violation of any relevant policy, law, or regulation prohibiting discriminatory acts, the State shall take into consideration the definition of antisemitism set forth in law for purposes of determining whether the alleged act was discriminatory. A court or other relevant authority shall apply the same legal standard as applicable to like claims of discrimination arising under the laws of this State protecting civil rights, including Chap</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ter 13 of this title.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4AA3B3D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2519AB4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2024 Act No. 138 (H.4042), § 1, eff May 13, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -14101,51 +15277,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -14582,66 +15758,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>