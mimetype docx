--- v0 (2025-10-24)
+++ v1 (2025-12-14)
@@ -1,16706 +1,16683 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re163143d2eed4041" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/77d1e25f878e47bbbd4d85e365ab9727.psmdcp" Id="R7813254f7aca44bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra3699867ecc84628" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cdcf6eb3de6e42f1bda3e0055427b1d0.psmdcp" Id="R435811667a9b47a8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="147AAD14" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="12B2B167" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CHAPTER 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="73615BF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>CHAPTER 1</w:t>
-[...5 lines deleted...]
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>General Provisions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="350EE3B8" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="74D59FD9" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="7399DC5A" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="74F9D209" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 19-1-10. Rules of construction.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="52250C4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>General Provisions</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>The rule of common law, that statutes in derogation of that law are to be strictly construed, has no application to this Title.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="15ABA06C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="78DA8E39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 26-1; 1952 Code § 26-1; 1942 Code § 902; 1932 Code § 902; Civ. P. '22 § 850; Civ. P. '12 § 487; Civ. P. '02 § 448; 1870 (14) 470.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4B35288A" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="484CC2AE" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3737E385" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 19-1-20. "Clerk" defined.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0027E6B8" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="07008BF7" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...121 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The word "clerk," as used in this title, signifies unless the context otherwise indicates, the clerk of the court where the action is pending.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3CB5CFB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4AB4F7DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 26-2; 1952 Code § 26-2; 1942 Code § 900; 1932 Code § 900; Civ. P. '22 § 848; Civ. P. '12 § 485; Civ. P. '02 § 447; 1870 (14) 469.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1827F717" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="70E53F3B" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0306A128" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 19-1-30. Pleading shall not be evidence against accused.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="2A68E96D" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="507A990D" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>No pleading can be used in a criminal prosecution against the defendant as a proof of a fact admitted or alleged in such pleading.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="051FDD63" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1FDE67BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 26-3; 1952 Code § 26-3; 1942 Code § 475; 1932 Code § 475; Civ. P. '22 § 418; Civ. P. '12 § 207; Civ. P. '02 § 178; 1870 (14) 180; 1929 (36) 102.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="32DEF398" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4EBDEE59" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0E2D9A1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 19-1-60. Request for admission of authenticity of documents and other papers.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="649F751B" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="10899E04" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Either party to a civil action may exhibit to the other or to his attorney at any time before the trial any paper material to the action and request an admission of its genuineness in writing. If the adverse party or his attorney fail to give the admission within four days after the request, and if the party exhibiting the paper be afterwards put to expense in order to prove its genuineness and the same be finally proved or admitted on the trial, such expense shall be paid by the party refusing the admissi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on, unless it appear to the satisfaction of the court that there was good reason for the refusal.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2F15BF44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2489C248" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>on, unless it appear to the satisfaction of the court that there was good reason for the refusal.</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 26-6; 1952 Code § 26-6; 1942 Code § 673; 1932 Code § 673; Civ. P. '22 § 689; Civ. P. '12 § 427; Civ. P. '02 § 389; 1870 (14) § 405.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="47D85835" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3369F747" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 19-1-70. Proof of negligence by plaintiff in certain motor vehicle cases.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="604432F2" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="40E2861B" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...67 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The provisions of Chapter 5, Title 56 declaring prima facie speed limitations shall not be construed to relieve the plaintiff in any civil action from the burden of proving negligence on the part of the defendant as the proximate cause of the accident.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="198D1C88" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="08D70A5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 26-7; 1952 Code § 26-7; 1949 (46) 466.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="404122B2" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="18803BFD" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="23289D40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 19-1-80. Conditions on examination of witness in criminal proceeding concerning written statement made to public employee.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3BF8B2AF" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="39B45AFF" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>No witness in any preliminary hearing or in any criminal judicial proceeding of any kind or nature shall be examined or cross-examined by any examiner, solicitor, lawyer or prosecuting officer concerning a written statement formerly made and given to any person employed by this State, or any county, city or municipality thereof, or any part of any such governing body, unless it first be shown that at the time of the making of the statement the witness was given an exact copy of the statement, and that befo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>re his examination or cross-examination the witness was given a copy of the statement and allowed a reasonable time in which to read it.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="604CE479" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2164BE3C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>re his examination or cross-examination the witness was given a copy of the statement and allowed a reasonable time in which to read it.</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 26-7.1; 1952 (47) 1977.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4A23606E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="63918D61" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 19-1-90. Admissibility in criminal proceeding of written statement made to public employee.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="65A59B78" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="598539B4" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...67 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unless the provisions of Sections 8-15-50 and 19-1-80 have been complied with, no statement such as is referred to in those sections shall be admissible in evidence in any case, nor shall any reference be made to it in the trial of any case.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="08AAFCC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="20AD0F64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 26-7.2; 1952 (47) 1977.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="6F1FA2CA" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="73494383" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="735D955B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 19-1-100. No statement shall be used for impeachment in civil proceeding unless copy furnished when signed.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="2630AAE9" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5B125FAA" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>No statement taken from and signed by a witness or litigant after July 1, 1966 shall be used in any civil judicial proceeding for the purpose of contradicting, impeaching or attacking the credibility of such a witness or litigant, unless such party shall have been furnished a copy of said statement at the time of its signing.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1FE10C9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3C863987" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>HISTORY: 1962 Code § 26-7.2; 1952 (47) 1977.</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 26-7.3; 1966 (54) 2621.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1173F994" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1DBE0C6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 19-1-110. Introduction of certain instruments or copies issued by common carriers.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="530B9C84" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2D69BCC3" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>It shall be competent (a) to introduce in evidence as prima facie evidence that the same is genuine any instrument purporting to be the original of any waybill, receipt, bill of lading or similar instrument issued by any common carrier or (b) to introduce in evidence a copy of any such instrument as prima facie evidence that the same is a true and correct copy if the adverse party shall fail, upon due notice given, to produce the original instrument.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="473C6129" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6332E34D" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="089A50F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 26-8; 1952 Code § 26-8; 1942 Code § 736; 1932 Code § 736; Civ. P. '22 § 752; Civ. C. '12 § 4015; 1910 (26) 695.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4B51A215" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="55362269" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 19-1-120. Proving signature of absent witness to bond or note; effect of sworn denial of signature.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="15314A6C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b w:val="true"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...188 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The absence of a witness to any bond or note shall not be deemed a good cause by any court of justice for postponing a trial respecting the same, but the signature to such bond or note may be proved by other testimony, unless the defendant in his answer shall swear or affirm, according to the form of his religious profession, that the signature to the bond or note in suit is not his, or in case the defendant or defendants should be executors or administrators unless one of them shall swear or affirm, as af</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>oresaid, in his answer that he has cause to believe the signature to such bond or note is not the testator's or intestate's, as the case may be.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6FA13005" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3FF19704" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>oresaid, in his answer that he has cause to believe the signature to such bond or note is not the testator's or intestate's, as the case may be.</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 26-9; 1952 Code § 26-9; 1942 Code §§ 709, 710; 1932 Code §§ 709, 710; Civ. P. '22 §§ 725, 726; Civ. C. '12 §§ 3988, 3989; Civ. C. '02 §§ 2884, 2885; G. S. 2213, 2214; R. S. 2348, 2349; 1802 (5) 485.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="03FF8A18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="73B23D14" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 19-1-130. Situations in which notary's protest is sufficient evidence.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="31F2EEA3" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3AA9858B" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...67 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Whenever a notary public who may have made protest for nonpayment of any inland bill or promissory note shall be dead or shall reside out of the county in which the bill or note is sued his protest of such bill or note shall be received as sufficient evidence of notice in any action by any person whatsoever against any of the parties to such bill or note.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="52F8F45D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="21C54F6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 26-10; 1952 Code § 26-10; 1942 Code § 711; 1932 Code § 711; Civ. P. '22 § 727; Civ. C. '12 § 3990; Civ. C. '02 § 2886; G. S. 2215; R. S. 2350; 1802 (5) 485.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4B603226" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="294EDA28" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7D035E2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 19-1-140. Use of testimony in subsequent trials when witness is in armed forces.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3D766804" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="102E37A8" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>In all civil causes pending in the courts of this State when a witness has testified and has been cross-examined or the right given the opposing side to cross-examine him his testimony so given may be read in all subsequent trials or hearings concerning the same cause when such witness is in the armed forces of our country.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="428D56FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="65C5198C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 26-11; 1952 Code § 26-11; 1943 (43) 278.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="38C2E0ED" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4EB87BCD" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="662A8C01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 19-1-150. Life expectancy tables.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="30FE0F4B" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0787F990" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>When necessary, in a civil action or other litigation, to establish the life expectancy of a person from any period in his life, whether he is living at the time or not, the table below must be received in all courts and by all persons having power to determine litigation as evidence, along with other evidence as to his health, constitution, and habits, of the life expectancy of the person. In determining the age of a person as of any particular time, periods of six months or more beyond the last full year</w:t>
-[...20 lines deleted...]
-      </w:pPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When necessary, in a civil action or other litigation, to establish the life expectancy of a person from any period in his life, whether he is living at the time or not, the table below must be received in all courts and by all persons having power to determine litigation as evidence, along with other evidence as to his health, constitution, and habits, of the life expectancy of the person. In determining the age of a person as of any particular time, periods of six months or more beyond the last full year </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>must be treated as one year in using the table below.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9150" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1541"/>
         <w:gridCol w:w="3641"/>
         <w:gridCol w:w="3968"/>
       </w:tblGrid>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="06667685" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="34DE87BB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="32EBB8D5" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="51C96692" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="181E8159" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3670D5C4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3825" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="6554EF1F" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="21C59B2B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="5A7EA941" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="23DD8244" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="7AE390C8" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5809D2DF" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Age</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="03DB3C27" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0BEB88DC" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0C9F68A8" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="65EE1D36" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="3B1098AC" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4830139B" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="32AB0F2E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="073645A4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="776CF7D9" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="481A5728" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>76.62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="2A6D382B" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="358E6450" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>80.84</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="09F516E7" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="06BDCA2A" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="403DFFC2" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="67722170" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3A017244" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2079BBB4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>75.69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="64897FB4" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="79229F16" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>79.88</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="0731DEC0" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1A7C4EB9" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="683AD6B5" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="25899D8E" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="2DE4C887" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2B6E0F87" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>74.74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3CEDBB29" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="385677B3" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>78.91</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="1E95C763" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1F3B30D6" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="38954571" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="344BBEF0" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3CCD475A" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="58E8C737" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>73.76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="2A3717B8" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="752F7480" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>77.93</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="76D33FF6" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="730ED6C3" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="6866F7D1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5195CC1A" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1B51E0B7" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7AC3E94B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>72.78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="2F269949" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="48D9D902" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>76.95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="7CC91716" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="2149B449" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="52D4F6A0" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="513E01D0" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="239607FF" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="52D87030" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>71.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4DBD934F" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5454C34B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>75.96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="6774004C" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="49879B95" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="3D5570BA" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4F0644EC" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="72686EE1" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3E8EE1AF" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>70.81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="2B72A015" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0A74C926" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>74.97</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="746D4E29" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="683C4610" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="77DB6536" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="11D252B6" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="6B58C793" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4CBBBA00" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>69.83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="47ED4498" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="58DB8071" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>73.99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="36EF36C7" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="205C7E05" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="6CAC8E77" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="36C6B39E" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="175B5ADD" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7FE5768E" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>68.84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="26B989FB" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="210234B4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>73.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="7E8FD5C3" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="12154CE8" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2AB1CDEA" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="32E26A76" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5634273D" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="331AF4D4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>67.86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="29D22986" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2C2F3931" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>72.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="43D69E38" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="6F08A31B" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="0A880DD4" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="02355DEE" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="39663A05" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="546137B8" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>66.88</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="21CCAB5C" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="30A379E5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>71.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="287D33E9" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1B80B438" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="78AD3EA3" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="20872402" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="338E9512" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7B7D17B8" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>65.89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="7FF9AD60" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0903FA7D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>70.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="325B5436" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="663D4B2F" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="69E8601A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2948DA05" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="587A263C" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6AE0AD62" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>64.91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="6119B5AB" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="486871F3" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>69.07</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="1509AEA1" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="74BA7574" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="4009DBFD" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="12BBA3B5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3038DB2D" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="43841D90" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>63.93</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="103D26E4" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3E6EE9BD" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>68.08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="7FC770E3" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="2F7D1A00" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="6B989FDB" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="55495B11" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="6D5B3EB9" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7A377310" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>62.95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="60823F68" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3C462F7D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>67.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="020D705E" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="2142BB30" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="01D60568" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="59397F68" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1813EAB2" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0DD99386" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>61.98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4F1F625D" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6EFD2DE1" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>66.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="5E998159" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="589C6CCF" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="7985F81C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0A9A1338" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="040736EB" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="53DFF3CE" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>61.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="23D28733" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="519919F7" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>65.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="077841F6" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="42041AA9" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="71065732" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="238C5325" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="327F8B61" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="595E676A" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>60.07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="6212D4BD" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="15B23776" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>64.17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="6D5B6C3F" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="2B87320A" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="6D8FEF48" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1B4C153F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="7C9781E5" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="50D7E3EF" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>59.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5B5F2D58" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="05501DB2" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>63.20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="193B4331" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="6754A093" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2FA41D59" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="45DB9125" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="34A112A0" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="135C192D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>58.17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="22545B32" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4F3E99EE" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>62.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="3892AB49" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="118D60DB" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="79885F7C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4606A9A9" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="77C971EB" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="08A7996E" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>57.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="062445B4" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="20B5CD0E" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>61.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="6977DF4C" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="6DC1DF64" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="1BF7FECE" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7FC40A3C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="41A3F14B" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1EC9991C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>56.29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="496CAEBA" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="37037DA5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>60.28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="651D2216" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="36BE5C9F" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2C74DCF2" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="13F6F2D7" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3FF41CD3" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="03CED8F5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>55.34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1302950F" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3165E0FB" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>59.31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="70F4EEEC" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="29B18454" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="6D9DBABF" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1A4CE8A3" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1A2E584B" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="13857BF3" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>54.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="7EFDFD8C" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="02F0DEBD" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>58.34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="19683607" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="7F7ED8BB" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="3724F5CF" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5712132B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="404D67A8" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6B764B09" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>53.45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="748E7D42" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3429801F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>57.37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="68BD7EA3" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4DED777E" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="3283B72C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1FF6EA28" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="2A0E0B85" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5E81BFD8" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>52.51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="77DCB29F" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="32A9ADF7" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>56.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="7EBE18AB" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="48B01D3D" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="5C97EBD9" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0216CFAE" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="275E87D3" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4029FEA2" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>51.57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="708D7B3F" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="261A5E14" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>55.43</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2CE8E2FD" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5DC550D4" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="31773AE9" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4B3FC1B8" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="75BAC6D4" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="67F77A2C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>50.62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="196AAFD9" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1C16CB05" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>54.46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="1C1BCBAB" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="7D58BE80" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="69014A5C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="461BCA0C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5091365A" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3322FA30" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>49.68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="6DDEEC4A" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5FE4D662" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>53.49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="328BF3DF" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="71613177" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="1F3EE858" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="718EA6AD" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="38B393F9" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="089D3356" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>48.74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5C40871B" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="11C720B8" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>52.53</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="472ABD17" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3E177C6A" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="47900C9B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4B6445F8" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="260CD683" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="60DD184E" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>47.79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="558E178F" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1CFA40AE" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>51.56</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2669C622" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4DA4E3A9" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="393D0A89" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7C407564" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="49BEAF19" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4FE46A6C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>46.85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="335030B8" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="08D39D0F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>50.60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="1ECEA881" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="42E2BE2C" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="1D1E6325" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="75CA0B8C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0FA68431" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6329FBA2" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>45.90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0229F5FD" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5CA766C4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>49.63</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="6BE2E1A3" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="79231C2D" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="391D370D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="31CE322C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="52FCEDD9" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4E679082" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>44.95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4C3D6F47" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="761FB2D9" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>48.67</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="5A9A137A" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="79F72B2A" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="0886F8F0" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="30D5D041" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1A3FDB54" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="15A321FC" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>44.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1ECDDCBD" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2E5B8841" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>47.71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2BE5717A" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="63EA20D6" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2F29574D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3D08C210" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="27FA92B4" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1409C678" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>43.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="52DAB884" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="560F9739" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>46.75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="11D00879" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1C3F20C7" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="463D33F7" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6006E689" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3CD92266" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="03C6ED24" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>42.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="71096E0E" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0184299E" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>45.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="0470C147" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="74E1C752" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="0363B2A9" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="34FF72F5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="14A88BEE" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="46E9F958" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>41.16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="210CD5BF" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="190F84BB" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>44.84</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="5D4BA82C" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="74B37FCE" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="09150441" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="22C99DC4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="253AF8D3" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2BB62DAA" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>40.21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="62687B36" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="070294D9" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>43.89</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2478083A" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3A7F8CDB" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="53F3414E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0650E6AB" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4A4B847A" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="68ADD24F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>39.27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4E260AC5" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6F6A16A2" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>42.94</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2B0ADB2F" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="2BE058B0" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="3B5A90E2" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="361D424D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="58B71394" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1B854C35" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>38.33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="02770516" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="63C944A0" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>42.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="1B5212DE" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5A876AC6" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="3915CD43" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1C74F104" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="18181077" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4D4EE1CC" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>37.39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="6E3C533C" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6639238D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>41.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="5A883C9A" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="36AAA20B" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="25C080B5" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1470528B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4B176034" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="341B51C0" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>36.46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5AD28D6C" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="171BEF85" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>40.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="0C2A7B47" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3789CE04" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="0637191A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="65166CDA" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3CB142C6" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="285AE3E1" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>35.53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="775B7F2B" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="41E4EBCE" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>39.17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2F32738A" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="54C80093" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="5FE539F2" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0ACAB711" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="17CAE092" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1DDDB8A2" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>34.61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5D15FA5C" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5E00CDD5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>38.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="6F20A5E8" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3D873FFD" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="4FB4AE62" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="77ECE362" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="08AE91FF" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="55DC2B13" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>33.69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="2C23A93F" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7A6D5722" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>37.29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="4EEFD01A" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5289B52F" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2D179B93" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6192C954" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="07F8A851" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="574292A7" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>32.78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="695DCF8A" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3000E32A" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>36.36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="0713610B" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="610F4FA8" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="29A8AA45" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7DB81DA8" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="236FD48C" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1B56AC45" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>31.87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1439C3A6" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="671B9ED1" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>35.43</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="56779602" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0D7E9D25" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="678C4573" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4698D396" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4D5F461E" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6FF9F602" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30.97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5B11D725" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="635FA6BB" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>34.51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="3BB4FAA3" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="44C2B653" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="6A7A2FF2" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0B512DBD" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="7CD961B2" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="445460C9" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30.07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3A85D7CF" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7411D08A" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>33.60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="1AF531D1" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="29002246" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="4DA65601" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6C8E53D1" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="052F8FDB" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2B327143" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>29.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0CAE6F6C" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="492FE664" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>32.69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="1435A319" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4B84DF83" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="359A6D87" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="013E4FBD" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="437F9475" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4E85C44D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28.28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="106F2D9D" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7CC8921D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>31.79</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="0AFA6E67" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="68BEBF5C" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2CFE79B9" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0068ABCA" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="78C01EFC" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4A930C65" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>27.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="7D719F55" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="064F5863" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30.90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="4C8517F6" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="446A15E6" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="1619CC06" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="39908B0B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="34D6E00A" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="793300DB" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>26.52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="325D9E0D" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="34B4C5EC" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="195FDE45" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="28F51DE6" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="5FDDC68D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="76B4BB1F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5E88B8C0" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0E7B9644" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>25.65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3E24806E" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="364067E0" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>29.14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2BB666C2" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0DDEBC89" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="46B07E7B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5A1708AE" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="34F3817A" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="40B4E5E9" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>24.79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="7CBAF783" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="76E4E84B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28.27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="27FBA182" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0F90F839" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2A32A96B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7BF10A9F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="478F4AB8" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="69318313" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>23.94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5F324E88" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2B7E5FEC" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>27.41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="49E28AF2" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="7B6FB37E" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="72CF1E35" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="749A28B0" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0745DC9E" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5917D854" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>23.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1E2D45FC" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="02D2FA0B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>26.57</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2D409510" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="12F93AD0" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="62D08FC1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0EC6C986" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="7E51E951" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7B2DE43B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>22.27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="2770CBA1" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2A99A15F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>25.73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="492539AF" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="21A35BC9" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="02004F6A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7627BB92" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1304E0C0" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6D53D5C9" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>21.45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3D2ED81A" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="443D62B3" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>24.90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="0AAFBC1B" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3422B90E" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="70E3DC60" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="60F33593" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="332216B1" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6D5B3EB7" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20.64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3DCD5E84" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6081DC0E" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>24.08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="7015DADD" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="12D01C99" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="23D4EE84" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="708A402A" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="54E5C351" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="02CC7DAD" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>19.85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0D82DAF0" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="79FE1768" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>23.27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="05AE7E6B" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="117A3A89" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="68B72BB5" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3ACF0091" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="19246321" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="32558083" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>19.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="23FB95CC" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="152FE028" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>22.47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="5887F080" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1234710B" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="18C95FF9" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="56149C0A" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="00E15FE2" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6FB30AF0" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>18.29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="61280D02" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="42B79B30" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>21.68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="376F3B7E" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="72223D95" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="6C298F3E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="00739DA4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="26A16A3A" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6E73494F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17.54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1974F888" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="57D04666" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20.90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="66EAEE28" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="414A328E" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="1CDD3A8A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="116935B6" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="56824CFF" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0C3E4815" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5FD0C38D" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4C60139D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2029B923" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5DBF70FC" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="09143CC4" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6E1B8510" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="145E6870" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="30CCBB36" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16.08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="04D951F4" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3936DEF5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>19.36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="709AFEAB" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="7BB02FBB" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="3E887331" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="686BE3EC" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="312405BB" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0E13C1D5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15.37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4DFCA6E2" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="26FFCDD7" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>18.60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="283CEE8D" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0528ECC5" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="6FCA6C4B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="13B80096" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0E1004C8" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="14FB2F8B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14.68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="17941D83" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="035BB20E" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17.86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="0C3786C2" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="44986765" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="56863299" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="43A975B4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="25C3752B" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="571548FD" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13.99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5672C68A" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="669E0081" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="4A6F40A3" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="49398629" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="29D97AB6" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="754FFA56" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3EDCA9E3" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="18439E85" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13.32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="326E3EE2" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="75250FBB" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="645020BC" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="290F9392" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="53AEF405" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="174562AC" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="559D0029" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5BE7300F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12.66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="031C009C" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4F2B858B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15.69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="7D8E5E25" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="7104B1C0" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="17D514EF" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="79D44B70" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5C240158" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="605F0FE8" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="6C546AB4" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="39F219D0" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14.99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="3C55C813" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="59BE9ADD" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="1770E3DB" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6490DC87" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="00480002" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="246920BB" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11.39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="6534F988" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="701958CF" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14.31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="209A3968" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="41E957D2" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="7441605D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="60E1F657" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="2FDAE1BE" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="57B440C5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10.78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="7B12F050" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3925A540" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13.64</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="25FE3932" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5799067F" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="245FB4E2" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0B1AC101" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="249B2D6D" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1C6B0886" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="702A68AA" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5132C941" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12.98</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="3A4854D8" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="24E4FB52" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="63A7F7B1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="06AAF5A8" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="7F8A4F8D" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="679EE04E" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="781AE176" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="55100BF7" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12.34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="10B74B36" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="03EBA861" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="70CEAB78" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3DD62FE5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="02A756C7" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5CF841ED" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="68B8B2FC" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3B0603DB" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11.71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="301D81BE" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="62CD230B" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="0CD69F10" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4394FC4D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="72C64153" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="459FEA6B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8.50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3AC4EF4F" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="22F0D98C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="4F87E760" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="770719E8" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="24846870" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="20A0DC11" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="6679C8D9" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="562734F1" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="691B1880" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3926E74E" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10.50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="0841A5FA" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="2BC437E6" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="48EE0EB5" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="06A76702" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="21A14D38" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5F2774CB" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="441C2EF1" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="07B86B03" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.92</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="7902CFE1" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="598913CD" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2A2DB3F7" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6FB70D91" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="7AC99136" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5C906F62" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="21D4BA7B" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2C0DD83F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="082009A6" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="7BEDEAB6" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="038362DC" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="365DE4B8" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="7152519C" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4B1C4674" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="7E11B37F" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="16C7A14A" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8.81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="729935E2" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="501ED82E" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="0A4C553B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="627456A1" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4A58435D" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="242C4DFC" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="371D1AC8" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="52B87AD0" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8.29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="73299030" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="7AB50706" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="47F9B517" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2D6E7FD7" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0DDB6EFD" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="032B38EB" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="363D927D" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2C3352BC" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.79</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="265F62AC" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1C8D65EB" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="5F99CA50" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="51A50613" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="778BB22C" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="42E6F51F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="453F3EF7" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="31568785" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="70FA3E76" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="34592B44" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="3BBB84F7" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="29F34677" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5BDD8DD1" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="74E3102E" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5D967B04" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="45F0A374" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.87</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="0FFFA175" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4B3B384B" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="6B4A132C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="23E8B9D2" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="39EB5FCD" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="322D68B5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="15C70B0D" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1316C32B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.43</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="47F7A1E2" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5CE1ADAA" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="39D91FB1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="13CE74ED" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>88</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="58D03A62" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="726857F9" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="475CA375" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2803EE49" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="0ACAE69D" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="020A47E7" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="532810ED" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="59A1937B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5F751280" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="26A3A8C8" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="2953B170" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6F8EC4FD" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.64</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="5DFD1000" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="24FDCF1B" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="270ACEB6" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="431E270B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="37FF0FE2" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="76CCADC1" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4F11191B" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2532C05F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="3D857E63" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="505BBF1E" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2095B48A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="64A8D98E" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="6ABFCA0C" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3CAF1AB1" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5AB71AA1" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="249FC6AE" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="5AC24B47" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="454E6505" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="56FDF3A5" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2A3BD5DF" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="6B864E79" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="54888747" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1A7D7A1C" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="14BAA2A3" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.61</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="7DA6D1C4" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="6ACECB17" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2D1C1B85" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6778F621" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>93</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1A522B91" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="26872D20" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5D5E170A" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2ADAF600" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="7999AFA6" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="03CA4511" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="13B764BF" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2A5875AA" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="01C85035" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1EA6C504" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.96</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="7CB9A91D" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7EE0DE26" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.93</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="14FBAFC5" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="17F47CA7" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="18C74B44" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7DA0C07C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="195EC433" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1B0551BB" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="63998E79" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="361D3000" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.63</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="142FEDD9" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1692DD0E" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="560D143C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="309F2C52" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>96</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1B371650" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="65741D9A" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="2B5FC5B1" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="32A098A7" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.38</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="5858A4DA" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0DC44972" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2D51AACD" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4ECE2C45" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3E4242F3" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5685312D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0F0F4863" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4EBC6A95" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="15344CF7" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5BB92373" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="6F77B3B4" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="311237B1" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="6891CDF7" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="22EF4424" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3C9758BE" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5015CD74" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="35DBE675" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="12794E57" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="6D58293B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5E35F50D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="52BF1255" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5706ECE1" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="072F1F99" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3FBA68ED" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.82</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="571673C0" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5024E0FB" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="12C0AFA8" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6A32B42B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="31D7EC27" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3636B9A7" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="438B6E62" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6C7D01F3" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.61</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="7B959363" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="136377E7" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="7C5A6FF9" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="051F748F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="69FB82A7" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="22C75217" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.96</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="70D0212C" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="53A5026A" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="44F7F41F" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3444274A" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="164BA3E3" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3486B0FF" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="35A41222" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2E41051F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="72586A6E" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0F6E51FA" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="0B6949BF" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="775D3455" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="46FA9D9B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6EDAFA8D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>103</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4DAD905F" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="61CAF12D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="16887125" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="41933239" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="097E70DB" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="613EEBCB" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="4E061C2A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="177D288A" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>104</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="45E8A88E" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3788F8D2" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="09973950" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1CBE5D18" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.89</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="0A7EC315" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="52BC3D47" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="1D80F7E9" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5B7344CF" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1A879DB8" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="702392F6" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5FBA55E9" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1FC9D870" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="6DFA9BAF" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3C0EC4A3" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="6E857B4E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="77B37A76" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>106</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1D9A6A0C" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3B6DF262" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="47E3171D" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="03F87AA3" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="750A7370" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="423374D9" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="3B935187" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="11D8531A" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>107</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4B166E71" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="32F8D859" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3697B513" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0F90A840" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="4B37B51F" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="2CFB9237" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="441638A5" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1DAB7D50" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>108</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4A250BA4" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="56F334A9" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0A3C6D3F" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4B3825FD" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2F09C809" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="332C38AF" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="765A5EA2" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2387F4B3" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>109</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="428763EC" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="31C339F1" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5F11201C" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="29928DE5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="64499626" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="254BD065" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="62AF7271" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="03ED61E5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="68868556" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="44D1372D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0BB61B7F" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="293EA0E6" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="6E081291" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="761226CA" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="7C1E2C43" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7FC63F8D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>111</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3166FE4F" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7380F0A4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5736D7F7" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="349CBD7D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="1F6352D4" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="46BD3DD6" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="2DD3CC52" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2C950DF6" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>112</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="64FA09A4" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6D456783" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="6750BCAE" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1AA101EE" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="748B843E" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="406D4CE8" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="1229AA3F" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="31523CDB" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3C2C3B78" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3AF579F2" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="07F2469C" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="76541154" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.93</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="657B3BD5" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="275D39DB" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="0ADA66AA" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6374E78F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>114</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3E815FCC" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="16E44D64" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0444FBC4" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4F79B325" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="692050F8" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="43B34BF8" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="5A1E548C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="77A14186" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>115</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="50765105" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="005BB39C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="660F042E" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="590619F3" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.79</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="3B29DEA0" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="17CF2864" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="509EF79D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="589E5BD8" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>116</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="014D4632" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4E365744" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0C8A92AE" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="15BEB7D4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="0269DB47" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="504E750E" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="515F0FDC" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7D8E1354" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="6CED82D5" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4E8880CA" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="6EC12308" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="65C1A836" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.67</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="0DD5E900" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="320DDF87" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="6437958C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="46F04882" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>118</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="59450261" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0B1A780D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="477926E5" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="117C2F84" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.61</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="5DC2CD6A" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="62585541" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="166DC48F" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4370F759" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>119</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="71CB778D" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5FCDE2DA" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="25B64D5E" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7884B702" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.56</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="671CB875" w14:textId="77777777">
-[...18 lines deleted...]
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="154F332D" w14:textId="77777777">
+      <w:tr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00000000" w14:paraId="3C780EE1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0C1A6D1B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="1A6B0CC2" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6CD85F66" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="17D525ED" w14:textId="77777777">
+          <w:p w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="43D0CDE8" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="32A8F38A" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2C5CE8CF" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="571A23D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 26-12; 1952 Code § 26-12; 1942 Code § 735; 1932 Code § 735; Civ. P. '22 § 751; Civ. C. '12 § 4014; 1903 (24) 92; 1951 (47) 234; 1963 (53) 93. 1981 Act No. 37; 2004 Act No. 209, § 1, eff April 26, 2004.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="275F90F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4F8E6F4C" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="76FD3001" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2004 Act No. 209, § 2, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0752ED94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>HISTORY: 1962 Code § 26-12; 1952 Code § 26-12; 1942 Code § 735; 1932 Code § 735; Civ. P. '22 § 751; Civ. C. '12 § 4014; 1903 (24) 92; 1951 (47) 234; 1963 (53) 93. 1981 Act No. 37; 2004 Act No. 209, § 1, eff April 26, 2004.</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"The life expectancy table contained in this section is based on the 2001 Commissioners Standard Ordinary Mortality Table developed by the National Association of Insurance Commissioners."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="030F0C7C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="78AA6435" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 19-1-160. Nonsealed instruments may be considered as sealed.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="581B546E" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5C4B4D88" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Whenever it shall appear from the attestation clause or from any other part of any instrument in writing that it was the intention of the party or parties thereto that such instrument should be a sealed instrument then such instrument shall be construed to be, and shall have the effect of, a sealed instrument although no seal be actually attached thereto.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0412F5FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1F5FB935" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 11-1; 1952 Code § 11-1; 1942 Code § 6751; 1932 Code § 6751; Civ. C. '22 § 3651; Civ. C. '12 § 2535; Civ. C. '02 § 1677; 1899 (23) 48.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0820B5FF" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="31189BF7" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="231E9F00" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 19-1-180. Out-of-court statements by certain children.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="56D3C5E9" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="11ADB3CE" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An out-of-court statement made by a child who is under twelve years of age or who functions cognitively, adaptively, or developmentally under the age of twelve at the time of a family court proceeding brought pursuant to Title 63 concerning an act of alleged abuse or neglect as defined by Section 63-7-20 is admissible in the family court proceeding if the requirements of this section are met regardless of whether the statement would be otherwise inadmissible.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="54AA456E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) An out-of-court statement may be admitted as provided in subsection (A) if:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7CA0F06C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(1) the child testifies at the proceeding or testifies by means of videotaped deposition or closed-circuit television, and at the time of the testimony the child is subject to cross-examination about the statement; or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="185D374C" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="20D7C3F6" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2)(a) the child is found by the court to be unavailable to testify on any of these grounds:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="78FC9338" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) the child's death;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="60E77C9B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) the child's physical or mental disability;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4BEA852D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iii) the existence of a privilege involving the child;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5FF1ED99" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(iv) the child's incompetency, including the child's inability to communicate about the offense because of fear;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4F32D64F" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4081C793" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...51 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(v) substantial likelihood that the child would suffer severe emotional trauma from testifying at the proceeding or by means of videotaped deposition or closed-circuit television; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3359C79F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the child's out-of-court statement is shown to possess particularized guarantees of trustworthiness.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3D916A61" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The proponent of the statement shall inform the adverse party of the proponent's intention to offer the statement and the content of the statement sufficiently in advance of the proceeding to provide the defendant with a fair opportunity to prepare a response to the statement before the proceeding at which it is offered. If the child is twelve years of age or older, the adverse party may challenge the professional decision that the child functions cognitively, adaptively, or developmentally under the a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ge of twelve.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4D8D3697" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>ge of twelve.</w:t>
-[...13 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) In determining whether a statement possesses particularized guarantees of trustworthiness under subsection (B)(2)(b), the court may consider, but is not limited to, the following factors:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4514DA51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the child's personal knowledge of the event;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="13747ADC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the age and maturity of the child;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7DB093F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) certainty that the statement was made, including the credibility of the person testifying about the statement;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="023E9CF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(4) any apparent motive the child may have to falsify or distort the event, including bias, corruption, or coercion;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3A3C40B9" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="638826D6" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) whether more than one person heard the statement;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="259B74DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) whether the child was suffering pain or distress when making the statement;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7A417EB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) the nature and duration of any alleged abuse;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3EBFCA54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) whether the child's young age makes it unlikely that the child fabricated a statement that represents a graphic, detailed account beyond the child's knowledge and experience;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="336D7B9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) whether the statement has a ring of verity, has internal consistency or coherence, and uses terminology appropriate to the child's age;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="08F81964" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) whether extrinsic evidence exists to show the defendant's opportunity to commit the act complained of in the child's statement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3F3FA9AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(E) The court shall support with findings on the record any rulings pertaining to the child's unavailability and the trustworthiness of the out-of-court statement.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="3E73E0E0" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4C66212A" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...43 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) Any hearsay testimony admissible under this section shall not be admissible in any other proceeding.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3A175406" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) If the parents of the child are separated or divorced, the hearsay statement shall be inadmissible if (1) one of the parents is the alleged perpetrator of the alleged abuse or neglect and (2) the allegation was made after the parties separated or divorced. Notwithstanding this subsection, a statement alleging abuse or neglect made by a child to a law enforcement official, an officer of the court, a licensed family counselor or therapist, a physician or other health care provider, a teacher, a school co</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>unselor, a Department of Social Services staff member, or to a child care worker in a regulated child care facility is admissible under this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1521B49D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="156D43B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>unselor, a Department of Social Services staff member, or to a child care worker in a regulated child care facility is admissible under this section.</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 1988 Act No. 649, § 1, eff June 3, 1988; 1992 Act No. 481, § 1, eff June 23, 1992; 1999 Act No. 104, § 4, eff June 30, 1999.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="22FECADB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="74CA2EAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 19-1-190. South Carolina Unanticipated Medical Outcome Reconciliation Act; legislative purpose; definitions; inadmissibility of certain statements; waiver of inadmissibility; impact of South Carolina Rules of Evidence.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="4964635A" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="61694390" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...67 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) This section may be cited as the "South Carolina Unanticipated Medical Outcome Reconciliation Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6062CB0B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The General Assembly finds that conduct, statements, or activity constituting voluntary offers of assistance or expressions of benevolence, regret, mistake, error, sympathy, or apology between or among parties or potential parties to a civil action should be encouraged and should not be considered an admission of liability. The General Assembly further finds that such conduct, statements, or activity should be particularly encouraged between health care providers, health care institutions, and patients</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> experiencing an unanticipated outcome resulting from their medical care. Regulatory and accreditation agencies are in some instances requiring health care providers and health care institutions to discuss the outcomes of their medical care and treatment with their patients, including unanticipated outcomes, and studies have shown such discussions foster improved communications and respect between provider and patient, promote quicker recovery by the patient, and reduce the incidence of claims and lawsuits </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>arising out of such unanticipated outcomes. The General Assembly, therefore, concludes certain steps should be taken to promote such conduct, statements, or activity by limiting their admissibility in civil actions.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="525E38B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> experiencing an unanticipated outcome resulting from their medical care. Regulatory and accreditation agencies are in some instances requiring health care providers and health care institutions to discuss the outcomes of their medical care and treatment with their patients, including unanticipated outcomes, and studies have shown such discussions foster improved communications and respect between provider and patient, promote quicker recovery by the patient, and reduce the incidence of claims and lawsuits </w:t>
-[...19 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) As used in this section, the term:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7EB59910" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(1) "Ambulatory surgical facility" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means a licensed, distinct, freestanding, self-contained entity that is organized, administered, equipped, and operated exclusively for the purpose of performing surgical procedures or related care, treatment, procedures, and/or services, by licensed health care providers or health care institutions, for which patients are scheduled to arrive, receive surgery or related care, treatment, procedures, and/or services, and be discharged on the same day. This term does not include abortion clinics.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="2C832732" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="58C89CDC" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Designated meeting" means any meeting scheduled by the health care provider, representative or agent of a health care provider, or representative or agent of a health care institution:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="71B727CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) to discuss the outcome including any unanticipated outcome of the provider or institution's medical care and treatment with the patient, patient's relative or representative; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6A7E26CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) to offer an expression of benevolence, regret, mistake, error, sympathy, or apology between or among parties or potential parties to a civil action.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="62B24F70" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Health care institution" means an ambulatory surgical facility, a hospital, an institutional general infirmary, a nursing home, or a renal dialysis facility.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="48AAD9C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Health care provider" means a physician, surgeon, osteopath, nurse, oral surgeon, dentist, pharmacist, chiropractor, optometrist, podiatrist, or similar category of licensed health care provider, including a health care practice, association, partnership, or other legal entity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5B72F1EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(5) "Hospital" means a licensed facility with an organized medical staff to maintain and operate organized facilities and services to accommodate two or more nonrelated persons for the diagnosis, treatment, and care of such persons over a period exceeding twenty-four hours and provides medical and surgical care of acute illness, injury, or infirmity and may provide obstetrical care, and in which all diagnoses, treatment, or care are administered by or performed under the direction of persons currently lice</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nsed to practice medicine and surgery in the State of South Carolina. This term includes a hospital that provides specialized service for one type of care, such as tuberculosis, maternity, or orthopedics.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="03B9D935" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7223CFA6" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...46 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Institutional general infirmary" means a licensed facility which is established within the jurisdiction of a larger nonmedical institution and which maintains and operates organized facilities and services to accommodate two or more nonrelated students, residents, or inmates with illness, injury, or infirmity for a period exceeding twenty-four hours for the diagnosis, treatment, and care of such persons and which provides medical, surgical, and professional nursing care, and in which all diagnoses, tr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eatment, or care are administered by or performed under the direction of persons currently licensed to practice medicine and surgery in the State of South Carolina.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="24E465A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>eatment, or care are administered by or performed under the direction of persons currently licensed to practice medicine and surgery in the State of South Carolina.</w:t>
-[...13 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Nursing home" means a licensed facility with an organized nursing staff to maintain and operate organized facilities and services to accommodate two or more unrelated persons over a period exceeding twenty-four hours which is operated either in connection with a hospital or as a freestanding facility for the express or implied purpose of providing skilled nursing services for persons who are not in need of hospital care. This term does not include assisted living, independent living, or community resi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dential care facilities that do not provide skilled nursing services.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="43570FA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>dential care facilities that do not provide skilled nursing services.</w:t>
-[...13 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) "Renal dialysis facility" means an outpatient facility which offers staff assisted dialysis or training and supported services for self-dialysis to end-stage renal disease patients.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1FE2B38A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) "Skilled nursing services" means services that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5DE0A217" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) are ordered by a physician;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2C5C9F3C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) require the skills of technical or professional personnel such as registered nurses, licensed practical (vocational) nurses, physical therapists, occupational therapists, and speech pathologists or audiologists; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="051D8F04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) are furnished directly by or under the supervision of such personnel.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5F15FBF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(10) "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Unanticipated outcome" means the outcome of a medical treatment or procedure, whether or not resulting from an intentional act, that differs from an expected or intended result of such medical treatment or procedure.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0C1E5E1D" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6954FA59" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...44 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(D) In any claim or civil action brought by or on behalf of a patient allegedly experiencing an unanticipated outcome of medical care, any and all statements, affirmations, gestures, activities, or conduct expressing benevolence, regret, apology, sympathy, commiseration, condolence, compassion, mistake, error, or a general sense of benevolence which are made by a health care provider, an employee or agent of a health care provider, or by a health care institution to the patient, a relative of the patient, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or a representative of the patient and which are made during a designated meeting to discuss the unanticipated outcome shall be inadmissible as evidence and shall not constitute an admission of liability or an admission against interest.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="208ED46F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>or a representative of the patient and which are made during a designated meeting to discuss the unanticipated outcome shall be inadmissible as evidence and shall not constitute an admission of liability or an admission against interest.</w:t>
-[...13 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The defendant in a medical malpractice action may waive the inadmissibility of the statements defined in subsection (D) of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="017AFC56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) Nothing in this section affects the South Carolina Rules of Evidence.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="208E01E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3275D652" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2006 Act No. 373, § 1, eff June 9, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -16711,51 +16688,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -17192,66 +17169,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>