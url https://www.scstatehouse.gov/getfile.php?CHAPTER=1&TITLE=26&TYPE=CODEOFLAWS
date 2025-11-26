--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -1,8520 +1,8889 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcc0e36c52a38459e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eed7b5cd8861436b8676a37f19532ad9.psmdcp" Id="R35dca4edd8b84501" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3948113363ac4d5a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f9dc6be9d8334a7485ba95b20dee50bc.psmdcp" Id="Rf3bc0e489a364a64" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007578CD" w:rsidRDefault="007578CD" w14:paraId="02D09002" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1DC3F331" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="06F0D0F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Notaries Public</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="29E1EAAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="15D48D49" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-5. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="40B7CE83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>For purposes of this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6224420A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(1) "Acknowledgment" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>means a notarial act in which a notary certifies that, at a single time and place, all of the following occurred:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4C49DEFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) an individual appeared in person before the notary and presented a record;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="32719DCF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the individual was personally known to the notary or identified by the notary through satisfactory evidence; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="59CCF6EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) the individual signed the record while in the physical presence of the notary and while being personally observed signing the record by the notary.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5FFFFD77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Affirmation" means a notarial act which is legally equivalent to an oath and in which a notary certifies that, at a single time and place, all of the following occurred:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5099983D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) an individual appeared in person before the notary;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="00D279A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the individual was personally known to the notary or identified by the notary through satisfactory evidence; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2FC6AD17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) the individual made a vow of truthfulness on penalty of perjury, based on personal honor and without invoking a deity or using a form of the word "swear".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1F71F4BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Attest" or "attestation" means the completion of a certificate by a notary who has performed a notarial act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="458C236B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(4) "Commission" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>means the empowerment to perform notarial acts and the written evidence of authority to perform those acts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7382879C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Credible witness" means an individual who is personally known to the notary and whom the notary reasonably believes to be honest and reliable for the purpose of confirming to the notary the identity of another individual and the notary believes is not a party to or beneficiary of the transaction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4BB2E965" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Jurat" means a notary's certificate evidencing the administration of an oath or affirmation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="44ABCCAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Moral turpitude" means conduct contrary to expected standards of honesty, morality, or integrity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7C488758" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) "Notarial act", "notary act", and "notarization" mean acts that the laws and regulations of this State authorize notaries public of this State to perform, including the administering of oaths and affirmations, taking proof of execution and acknowledgments of instruments, and attesting documents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3A216D91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) "Notarial certificate" and "certificate" mean the portion of a notarized record that is completed by the notary, bears the notary's signature and seal, and states the facts attested by the notary in a particular notarization.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="38249FB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) "Notary public" and "notary" mean a person commissioned to perform notarial acts pursuant to this chapter. A notary is a public officer of the State of South Carolina and shall act in full and strict compliance with this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3A1B670E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) "Oath" means a notarial act that is legally equivalent to an affirmation and in which a notary certifies that at a single time and place all of the following occurred:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="021FA49A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) an individual appeared in person before the notary;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4171C782" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the individual was personally known to the notary or identified by the notary through satisfactory evidence; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4FF0BF9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) the individual made a vow of truthfulness on penalty of perjury while invoking a deity or using a form of the word "swear".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5EB84D28" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) "Official misconduct" means a notary's performance of a prohibited act or failure to perform a mandated act set forth in this chapter or other law in connection with notarization.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="46A233FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(13) "Personal appearance" and "appear in person before a notary" means an individual and a notary are in the physical presence of one another so that they may freely see and communicate with one another and exchange records back and forth during the notarization process.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="58F8400E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(14) "Personal knowledge" or "personally known" means familiarity with an individual resulting from interactions with that individual over a period of time sufficient to eliminate any reasonable doubt that the individual has the identity claimed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="10AFABE5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(15) "Principal" means:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="705344DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(a) in the case of an acknowledgment, the individual whose identity and due execution of a record is being certified by the notary;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="06541C0B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) in the case of a verification or proof, the individual other than a subscribing witness whose identity and due execution of the record are being proven or signature is being identified as genuine; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="08D1B696" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) in the case of an oath or affirmation, the individual who makes a vow of truthfulness on penalty of perjury.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3E135688" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(16) "Record" means information that is inscribed on a tangible medium and called a traditional or paper record. Record also may mean information that is inscribed on a tangible medium or that is stored in an electronic or other medium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="460FC85B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(17) "Satisfactory evidence" means identification of an individual based on either:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6AA4E726" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) a current identification document issued by a federal or state government agency bearing a photographic image of the individual's face, signature, and a physical description, except that a current passport without a physical description is acceptable; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1C4BDAE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) upon the oath or affirmation of a credible witness personally known to the notary public or of two witnesses who present an identification document as described in subitem (a).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0EF0E130" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(18) "Seal" or "stamp" means a device for affixing on a paper record an image containing a notary's name, the words "notary public", and the words "State of South Carolina". The device may be in the form of an ink stamp or an embosser.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6DE15ADB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(19) "Secretary" means the South Carolina Secretary of State or the Secretary's designee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="65A7FBD3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(20) "Subscribing witness" means a person who signs a record for the purpose of being a witness to the principal's execution of the record or to the principal's acknowledgment of his execution of the record.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="17B3E62B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(21) "Verification" or "proof" means a notarial act in which a notary certifies that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="40D07BFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) an individual appeared in person before the notary;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="559977C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the individual was personally known to the notary or identified by the notary through satisfactory evidence;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="308AEF4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) the individual was not a party to or beneficiary of the transaction; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="569BFB4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(d) the individual took an oath or gave an affirmation and testified that he is a subscribing witness and as such (i) witnessed the principal who signed the record, or (ii) received the acknowledgement of the principal's signature from the principal who signed the record.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="36B3F626" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="47B431F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="11FAA87D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4DD18893" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-10. Appointment and term.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1B73F38C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Governor may appoint from the qualified electors as many notaries public throughout the State as the public good requires, to hold their offices for a term of ten years. A commission must be issued to each notary public so appointed and the record of the appointment must be filed in the Office of the Secretary of State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="39C2B0EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="68210D9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 49-1; 1952 Code § 49-1; 1942 Code § 3459; 1932 Code § 3459; Civ. C. '22 § 817; Civ. C. '12 § 732; Civ. C. '02 § 662; G. S. 520; R. S. 578; 1871 (15) 538; 1911 (27) 139; 1967 (55) 509; 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="668D9697" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5A48B20D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 185, § 1, deleted the former third and fourth sentences, relating to commissions issued before and after July 1, 1967; and made other nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6CFEEBD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6A128B17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-15. Qualifications for notarial commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7E2DC0DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person qualified for a notarial commission:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="091B482E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) must be a registered voter in this State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4E89DE80" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) shall read and write the English language; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1DBC12E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) shall submit an application containing no significant misstatement or omission of fact. The application form must be provided by the Secretary and must include the signature of the applicant written with pen and ink, and the signature must be acknowledged as the applicant's by a person authorized to administer oaths.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C801390" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="62E65CD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="66CE38F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="63358EC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-20. Endorsement of application.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3752FE21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(A) Each county legislative delegation shall determine whether the endorsement of notaries public must be by:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="44C7942C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) one-half of the members of the legislative delegation representing the county in which the applicant resides; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7137B4EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) endorsement by the senator and representative in whose district the applicant resides, without other endorsers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="62B8F43A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Each county legislative delegation shall notify the Secretary of State in writing if it chooses to utilize subsection (A)(2) within the individual county. If the county legislative delegation chooses to utilize subsection (A)(2), the applicant, senator, and representative shall indicate their respective districts on the application provided to the Secretary of State. If the office of senator or representative from that district is vacant at the time the application is submitted, the notary public may b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>e appointed upon the endorsement of a majority of the legislative delegation representing the county in which the applicant resides.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1AD61903" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="236768EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 49-2; 1952 Code § 49-2; 1942 Code § 3465; 1932 Code § 3465; Civ. C. '22 § 823; Civ. C. '12 § 738; 1911 (27) 139; 1967 (55) 509; 1989 Act No. 56, § 1; 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5B762A20" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="03ED0B13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 185, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="662C73D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3DD50E71" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-25. Additional methods of endorsement of applications.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="492C6AEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) In addition to the methods of endorsement of applications for notary public commissions provided in Section 26-1-20, a legislator may provide for the endorsement of these applications by authorizing either the member serving as chairman or the member serving as secretary of the legislative delegation of the county in which the applicant resides to sign on the legislator's behalf.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6CC24163" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A copy of the resolution adopting any or all of these endorsement methods for a county must be forwarded to the Secretary of State, after which the method or methods of endorsement shall continue to apply in the county unless rescinded by a later delegation resolution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="70F099B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5D2459CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 127, § 1; 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="53ED7DB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="12A2F195" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 185, § 1, added the paragraph designators; and in subsection (B), substituted "later" for "subsequent".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="798E2EF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4801EF56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-30. Fee for issuance or renewal of commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="420D7B42" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The fee for the issuance or renewal of a commission is twenty-five dollars, collected by the Secretary of State as other fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1CB438A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6463C14D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 49-3; 1952 Code § 49-3; 1942 Code § 3466; 1932 Code § 3466; Civ. C. '22 § 824; Civ. C. '12 § 739; 1911 (27) 139; 1967 (55) 509; 1983 Act No. 151, Part II, § 8A; 1988 Act No. 658, Part II, § 3A; 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4DCC4265" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1382456C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 185, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="70DD8CBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0C11D9FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-40. Oath.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="43DA3896" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A notary public shall take the oath of office prescribed by the Constitution, and a certified copy of the written oath must be recorded in the office of the Secretary of State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3980287E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7C006169" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 49-4; 1952 Code § 49-4; 1942 Code § 3460; 1932 Code § 3460; Civ. C. '22 § 818; Civ. C. '12 § 733; Civ. C. '02 § 663; G. S. 521; R. S. 579; 1871 (15) 538, § 2; 1911 (27) 139; 1961 (52) 510; 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3216EA2F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4323D977" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 185, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E701724" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="26BEA83D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-50. Enrollment of commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5B22AEB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Within fifteen days after he has been commissioned, a notary public must exhibit his commission to the clerk of the court of the county in which he resides and be enrolled by the clerk.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6FD58BBB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7B00A7F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 49-5; 1952 Code § 49-5; 1942 Code § 3461; 1932 Code § 3461; Civ. C. '22 § 819; Civ. C. '12 § 734; 1911 (27) 139; 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2B2666A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1454D907" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 185, § 1, made nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5ABC0036" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7215BF1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-60. Seal of office; notary shall indicate date of expiration of commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="151BF786" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>A notary public shall have a seal of office, which must be affixed to his notarial acts. He shall indicate below his signature the date of expiration of his commission. The absence of the seal of office or date of expiration does not render his notarial acts invalid if his official title is affixed to it.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="29FDCEA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0271B9D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 49-6; 1952 Code § 49-6; 1942 Code § 3462; 1932 Code § 3462; Civ. C. '22 § 820; Civ. C. '12 § 735; Civ. C. '02 § 664; G. S. 522; R. S. 580; 1871 (15) 538; 1911 (27) 139; 1967 (55) 509; 1968 (55) 2843; 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0D48F5AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="51DCEFDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 185, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1409A4F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7FEE7ED7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-70. [Reserved].</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7B06C786" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="31AE9D11" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7C56E155" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws: Former § 26-1-70 was titled Effect of change of name by notary, and had the following history: 1962 Code § 49-6.1; 1967 (55) 509; 1983 Act No. 151, Part II, § 8B. See now § 26-1-130.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1B4074D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6F2865C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-80. Jurisdiction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="39FE4EAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The jurisdiction of notaries public extends throughout the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="285BE478" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5112FC44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 49-7; 1952 Code § 49-7; 1942 Code § 3459; 1932 Code § 3459; Civ. C. '22 § 817; Civ. C. '12 § 732; Civ. C. '02 § 662; G. S. 520; R. S. 578; 1871 (14) 538; 1911 (27) 139; 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0C99E093" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5588E0DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 185, § 1, made nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="724DB563" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7A1B4FE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-90. Powers of notary public.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4594C170" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A notary public may perform the following acts:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="55141C19" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) acknowledgments;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="67BE4852" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) oaths and affirmations;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="21761D2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) attestations and jurats;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4BB959B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) signature witnessing;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="702D7D4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(5) verifications of fact; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="747F63C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(6) any other acts authorized by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6326CE37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A notarial act must be attested by the:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3FB42BC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) signature of the notary, exactly as shown on the notary's commission;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="546721E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) legible appearance of the notary's name exactly as shown on the notary's commission. The legible appearance of the notary's name may be ascertained from the notary's typed or printed name near the notary's signature or from elsewhere in the notarial certificate or from the notary's seal if the name is legible; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5319DD4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) statement of the date the notary's commission expires. The statement of the date that the notary's commission expires may appear in the notary's stamp or seal or elsewhere in the notarial certificate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5574181F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A notary may not perform a notarial act if the:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="67746C9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) principal or subscribing witness is not in the notary's presence at the time the notarial act is performed;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7002123A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) principal or subscribing witness is not personally known to the notary or identified by the notary through satisfactory evidence;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2D05FC30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(3) notary is a signer of, party to, or beneficiary of the record that is to be notarized. A disqualification pursuant to this item does not apply to an employee of a court within the unified judicial system, a notary who is named in a record solely as the trustee in a deed of trust, the drafter of the record, the person to whom a registered document must be mailed or sent after recording, or the attorney for a party to the record, so long as the notary is not also a party to the record individually or in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>some other representative or fiduciary capacity; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7B106E46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) notary will receive directly from a transaction connected with the notarial act any commission, fee, advantage, right, title, interest, cash, property, or other consideration exceeding in value the fees specified in Section 26-1-100, other than fees or other consideration paid for services rendered by a licensed attorney, a licensed real estate broker or salesperson, a motor vehicle dealer, or a banker.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3E05BAEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(D) A notary shall not notarize a signature:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4B9ABC33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) on a blank or incomplete document; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2B0189FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) on a document without notarial certificate wording.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6C600E14" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) A notary shall not certify or authenticate a photograph or photocopy.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="632DEC3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(F) A notary may certify the affixation of a signature by mark on a record presented for notarization if:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5CC336CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the mark is affixed in the presence of the notary;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="78F5FBD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the notary writes below the mark: "Mark affixed by (name of signer by mark) in presence of undersigned notary"; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="24BA4E87" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the notary notarizes the signature by performing an acknowledgment, oath or affirmation, jurat, or verification or proof.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="09F5931E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) If a principal is physically unable to sign or make a mark on a record presented for notarization, that principal may designate another person, who must be a disinterested party, as his designee, to sign on the principal's behalf pursuant to the following procedure:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="60767905" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the principal directs the designee to sign the record in the presence of the notary and two witnesses, who are either personally known to the notary or identified by the notary through satisfactory evidence, and who are unaffected by the record;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="647E67CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the designee signs the principal's name in the presence of the principal, the notary, and the two witnesses;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="73DFAB9B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) both witnesses sign their own names to the record near the principal's signature;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="275CA156" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) the notary writes below the principal's signature: "Signature affixed by designee in the presence of (names and addresses of principal and witnesses)"; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2918D481" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) the notary notarizes the signature through an acknowledgment, oath or affirmation, jurat, or verification or proof.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="77292325" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(H) A notary may sign the name of a principal physically unable to sign or make a mark on a document presented for notarization if:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="65CFB794" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the principal directs the notary to sign the record in the presence of two witnesses unaffected by the record;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6291B180" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(2) the notary signs the principal's name in the presence of the principal and the witnesses;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="371A188D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) both witnesses sign their own names to the record near the principal's signature;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...78 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2ACA3212" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(4) the notary writes below the principal's signature: "Signature affixed by the notary at the direction of (name of principal unable to sign or make a mark) and also in the presence of (names and addresses of witnesses)"; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="52E60161" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) the notary notarizes the signature through an acknowledgment, oath or affirmation, jurat, or verification or proof.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0468CF35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(I) A notary public who is not an attorney licensed to practice law in this State and who advertises his services as a notary public in a language other than English, by radio, television, signs, pamphlets, newspapers, other written communication, or in another manner, shall post or otherwise include with the advertisement the notice set forth in this subsection in English and in the language used for the advertisement. The notice must be of conspicuous size, if in writing, and must state: "I AM NOT AN ATT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ORNEY LICENSED TO PRACTICE LAW IN THE STATE OF SOUTH CAROLINA, AND I MAY NOT GIVE LEGAL ADVICE OR ACCEPT FEES FOR LEGAL ADVICE." The notice must provide the fees for notarial acts specified in Section 26-1-100. If the advertisement is by radio or television, the statement may be modified but must include substantially the same message.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="381FF315" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(J) A notary public who is not an attorney licensed to practice law in this State may not render a service that constitutes the unauthorized practice of law. A nonattorney notary may not assist another person in drafting, completing, selecting, or understanding a record or transaction requiring a notarial act. This subsection does not prohibit an employee of any court within the unified judiciary system, acting within the scope of his employment, from assisting an individual with filing a document with the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> court, provided that the assistance does not constitute the unauthorized practice of law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="72B904B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(K) A notary may not claim to have powers, qualifications, rights, or privileges that the office of notary does not provide, including the power to counsel on immigration matters.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="347877DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(L) A notary may not use the term "notario publico" or any equivalent non-English term in any business card, advertisement, notice, or sign.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4920DB61" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(M) A notary may not execute a certificate that is not written in the English language. A notary may execute a certificate written in the English language that accompanies a record written in another language, which record may include a translation of the notarial certificate into the other language. In that instance, the notary shall execute only the English language certificate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="12125401" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="16D35B50" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 49-8; 1952 Code § 49-8; 1942 Code § 3463; 1932 Code § 3463; Civ. C. '22 § 821; Civ. C. '12 § 736; Civ. C. '02 § 665; G. S. 523; R. S. 581; 1871 (15) 538; 1911 (27) 139; 1927 (35) 43; 1938 (40) 1559; 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="08A320D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1102ED84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 185, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="55F4C3BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="10B033A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-95. Repealed by 2014 Act No. 185, SECTION 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="44075258" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5A81026C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4568A047" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Former § 26-1-95 was titled False certification by notary and was derived from 1989 Act No. 94, § 1. See now § 26-1-160.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1806B13A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2B8715CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-100. Fees for notary acts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="30B50D93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The maximum fees that may be charged by a notary for a notarial act is:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="487F4982" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) for an acknowledgment, five dollars per signature;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4D5C19A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) for an oath or affirmation without a signature, five dollars per person;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3C29ADAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) for a jurat, five dollars per signature;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="15F8AA30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) for a signature witnessing, five dollars per signature; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4F26B2CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) for a verification of fact, five dollars per certificate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="40DFB152" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) A notary who charges a fee for his notarial services shall display conspicuously in his place of business, or present to each principal outside his place of business, an English language schedule of fees for notarial acts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6012570E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A notary may charge a travel fee when traveling to perform a notarial act if:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="481D7EAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the notary and the person requesting the notarial act agree upon the travel fee in advance of the travel; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="352A50A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the notary explains to the person requesting the notarial act that the travel fee is both separate from the notarial fee prescribed by subsection (A) and is neither specified nor mandated by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4099413C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Nothing in this chapter compels a notary to charge a fee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="528962CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="51AABF86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="15B92BDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3DDB6953" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws: Former §26-1-100 was titled Criminal jurisdiction, and had the following history: 1962 Code § 49-9; 1952 Code § 49-9; 1942 Code § 3464; 1932 Code § 3464; Civ. C. '22 § 822; Civ. C. '12 § 737; Civ. C. '02 § 666; G. S. 524; R. S. 582, 829; 829 (6) 387. See now § 26-1-170.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="65BA59CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="39C209F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-110. Notarizing a paper record.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="49C070BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>When notarizing a paper record, a notary shall sign by hand in ink on the notarial certificate. The notary shall comply with the requirements of Section 26-1-90(B)(1) and (2). The notary shall affix the official signature only after the notarial act is performed. The notary may not sign a paper record using the facsimile stamp or an electronic or other printing method; except that a notary with a disability may use a signature stamp that depicts the notary's signature in a clear and legible manner, upon pr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ior approval of the Secretary.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6373E4E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="20424244" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="34B2D620" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3A8D5284" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws: Former §26-1-110 was titled Attorney at law; exercise of powers as notary, and had the following history: 1962 Code § 49-10; 1952 Code § 49-10; 1942 Code § 3463; 1932 Code § 3463; Civ. C. '22 § 821; Civ. C. '12 § 736; Civ. C. '02 § 665; G. S. 523; R. S. 581; 1871 (15) 538; 1911 (27) 139; 1927 (35) 43; 1938 (40) 1559. See now § 26-1-180.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="20468D1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3DB599F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-120. Notarial certificate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3AC3E6F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A notary may not make or give a notarial certificate unless the notary has either personal knowledge or satisfactory evidence of the identity of the principal and, if applicable, the subscribing witness.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="62ACDBF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) By making or giving a notarial certificate, regardless of whether it is stated in the certificate, a notary certifies that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4054EF74" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) at the time the notarial act was performed and the notarial certificate was signed by the notary, the notary was lawfully commissioned, the notary's commission had neither expired nor been suspended, the notarial act was performed within the geographic limits of the notary's commission, and the notarial act was performed in accordance with the provisions of this chapter;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="031D5B0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) if the notarial certificate is for an acknowledgment or the administration of an oath or affirmation, the person whose signature was notarized did not appear in the judgment of the notary to be incompetent, lacking in understanding of the nature and consequences of the transaction requiring the notarial act, or to be acting involuntarily, under duress, or undue influence; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1AB87699" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the notary was not prohibited from acting pursuant to this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6F120219" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The inclusion of additional information in a notarial certificate, including the representative or fiduciary capacity in which a person signed or the means a notary used to identify a principal, does not invalidate an otherwise sufficient notarial certificate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2DF721E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(D) A notarial certificate for the acknowledgment must comply with Chapter 3, Title 26, the Uniform Recognition of Acknowledgments Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="75661C35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) A notarial certificate for the verification or proof of the signature of a principal by a subscribing witness taken by a notary is sufficient and must be accepted in this State if it is substantially in a form otherwise prescribed by the laws of this State, or if it:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1B2489A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) identifies the state and county in which the verification or proof occurred;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="553A42BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) names the subscribing witness who appeared in person before the notary;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="588D26E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) names the principal whose signature on the record is to be verified or proven;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="79180F9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) indicates that the subscribing witness certified to the notary under oath or by affirmation that the subscribing witness is not a party to or beneficiary of the transaction, signed the record as a subscribing witness, and either (i) witnessed the principal sign the record, or (ii) witnessed the principal acknowledge the principal's signature on the record;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="669C2EF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) states the date of the verification or proof;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="41A268ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) contains the signature of the notary who took the verification or proof; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="608FCA72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) states the notary's commission expiration date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="49D68FA0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) A notarial certificate for an oath or affirmation taken by a notary is sufficient and must be accepted in this State if it is substantially in a form otherwise prescribed by the laws of this State, or if it:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5046A576" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) names the principal who appeared in person before the notary unless the name of the principal otherwise is clear from the record itself;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5F520ED3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) indicates that the principal who appeared in person before the notary signed the record in question and certified to the notary under oath or by affirmation as to the truth of the matters stated in the record;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7DA0A6DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(3) states the date of the oath or affirmation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6779B01D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) contains the signature of the notary who took the oath or affirmation; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="23444A46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) states the notary's commission expiration date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="60DFE0F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(G) A notarial certificate made in another jurisdiction is sufficient in this State if it is made in accordance with federal law or the laws of the jurisdiction where the notarial certificate was made.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="71BED043" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(H) On records to be filed, registered, recorded, or delivered in another state or jurisdiction of the United States, a South Carolina notary may complete a notarial certificate that is required in that other state or jurisdiction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1E099419" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="160B42BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="022D1E04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4BFEE25A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws: Former §26-1-120 was titled Notary as stockholder, director, officer or employee of corporation; exercise of powers, and had the following history: 1962 Code § 49-11; 1952 Code § 49-11; 1942 Code § 3463; 1932 Code § 3463; Civ. C. '22 § 821; Civ. C. '12 § 736; Civ. C. '02 § 665; G. S. 523; R. S. 581; 1871 (15) 538; 1911 (27) 139; 1927 (35) 43; 1938 (40) 1559. See now § 26-1-190.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="25759BB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="08F73A45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-130. Changes in Notary's status.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3C09EC3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Within forty-five days after the following changes in a notary's status, the notary must notify the Office of the Secretary of State the:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="428E75B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) change of a notary's residence, business, or a mailing address or telephone number. The notary's term expires at the same time as the original term;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0B7B27A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) legal change of a notary's name. A notary with a new name may continue to use the former name in performing notarial acts until the notary receives a confirmation of Notary's Name Change Form from the Secretary. Upon receipt of the confirmation of the Notary's Name Change Form from the Secretary, the notary shall use the new name, and shall destroy or deface all notary seals bearing the former name so that they may not be misused. The notary's term expires at the same time as the original term; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1BEC4788" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) change of a notary's county of residence. A notary who has moved to another county in South Carolina remains commissioned until the current commission expires, is not required to obtain a new seal, and may continue to notarize without changing his seal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0F54B957" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Notifications to the Office of the Secretary of State required by this section, must be made on a Change in Status Form, accompanied by a fee of ten dollars, and in a form and manner that is prescribed by the Secretary.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0A75DE46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0C7E27D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 49-6.1; 1967 (55) 509; 1983 Act No. 151, Part II, § 8B; former 1976 Code § 26-1-70; 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0CBCF24D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="15E5C5FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 185, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4FDE7A15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="750075E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-140. Resignation of commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="42B7F9AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(A) A notary who resigns the notary's commission shall submit to the Secretary a Change in Status Form indicating the effective date of resignation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1BD7BAA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A notary who ceases to reside in this State, or who becomes permanently unable to perform his notarial duties, shall resign his commission and submit to the Secretary a Change in Status Form indicating the effective date of resignation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6893BC54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A notary who resigns his commission shall destroy or deface all notary seals so that they may not be misused.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0735740B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="153AADA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="412B0D0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="099EB17E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-150. Death of notary.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0B265E07" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If a notary dies during the term of commission, the notary's personal representative shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="75EF8725" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) notify the Secretary of State of the death in writing; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="18C61677" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) as soon as reasonably practicable, destroy or deface all notary seals so that they may not be misused.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="327AC611" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5E47E817" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="07DB5971" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="44A7197D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-160. Unlawful acts; forfeiture of commission; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="18D2589E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Except as otherwise permitted by law, a person who commits one of the following acts is guilty of a misdemeanor:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7617B4A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) holding one's self out to the public as a notary if the person does not have a commission;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5E88E440" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) performing a notarial act if the person's commission has expired or been suspended or restricted; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3316DD03" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) performing a notarial act before the person had taken the oath of office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4993AF90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A notary is guilty of a misdemeanor if the notary takes:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="67793DE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(1) an acknowledgment or administers an oath or affirmation without the principal appearing in person before the notary;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4F6A1FD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a verification or proof without the subscribing witness appearing in person before the notary;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="257D346A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) an acknowledgment or administers an oath or affirmation without personal knowledge or satisfactory evidence of the identity of the principal;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="169E0F79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) a verification or proof without personal knowledge or satisfactory evidence of the identity of the subscribing witness; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4563012D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) an acknowledgment or a verification or proof or administers an oath or affirmation if the notary knows it is false or fraudulent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="30CEADBD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) It is a misdemeanor for a person to perform notarial acts in this State with the knowledge that he is not commissioned pursuant to this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="16E9BD79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) A person who without authority obtains, uses, conceals, defaces, or destroys the seal or notarial records of a notary is guilty of a misdemeanor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="282BBAAC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) A person who knowingly solicits, coerces, or in a material way influences a notary to commit official misconduct is guilty of aiding and abetting and is subject to the same level of punishment as the notary.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="50F62FE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The sanctions and remedies of this chapter supplement other sanctions and remedies provided by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4A940D05" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) A notary public convicted under the provisions of this section must forfeit his commission and must not be issued another commission. The court in which the notary public is convicted shall notify the Secretary of State within ten days after conviction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="49734F97" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(H) A person who violates the provisions of subsections (A), (B), (C), (D), or (E) is guilty of a misdemeanor and, upon conviction, must be fined not more than five hundred dollars or imprisoned for not more than thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7FC2A4FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(I) The Secretary of State may terminate a notary public's commission upon notification that the notary public has been charged with an offense listed in this section or may terminate the notary public's commission at any subsequent point until the final adjudication of the charges. If the Secretary of State terminates a notary public's commission, then the Secretary of State shall send written notice by certified mail to the notary public at his last known address. A person who has had his notary public c</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ommission terminated has thirty days from the receipt of the notice to appeal the termination by filing a request for a contested case hearing with the South Carolina Administrative Law Court.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="68F4A654" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="64EDDBEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 94, § 1; former 1976 Code § 26-1-95; 2014 Act No. 185 (S.356), § 1, eff June 2, 2014; 2021 Act No. 85 (S.631), § 3, eff May 18, 2021.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="75E4F757" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="006F73C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2021 Act No. 85, §§ 1, 6, provide as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="43505115" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 1. This act must be known and may be cited as the 'South Carolina Electronic Notary Public Act'."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="32A6310F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 6. This act takes effect upon approval by the Governor. Electronic online notary public applications will not be accepted for processing until the administrative rules are in effect and vendors of technology are approved by the Secretary of State."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6E24B291" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="66FE4579" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 185, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0ADCA62D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2021 Act No. 85, § 3, added (I).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="238C30A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="750A77F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-170. Criminal jurisdiction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7877A1EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A notary public has no power or jurisdiction in criminal cases.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="32E9CB5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="14954AE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 49-9; 1952 Code § 49-9; 1942 Code § 3464; 1932 Code § 3464; Civ. C. '22 § 822; Civ. C. '12 § 737; Civ. C. '02 § 666; G. S. 524; R. S. 582, 829; 829 (6) 387; former 1976 Code § 26-1-100; 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="71CE8B7C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="71BB7E02" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 185, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="349A3A03" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0934694A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-180. Attorney at law; exercise of powers as notary.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3AFB7A38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>An attorney at law who is a notary public may exercise all his powers as a notary, notwithstanding the fact that he may be interested as counsel or attorney at law in a matter with respect to which he may exercise the power, and may probate in any court in this State in which he may be counsel.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="425CE3C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="43BE9131" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 49-10; 1952 Code § 49-10; 1942 Code § 3463; 1932 Code § 3463; Civ. C. '22 § 821; Civ. C. '12 § 736; Civ. C. '02 § 665; G. S. 523; R. S. 581; 1871 (15) 538; 1911 (27) 139; 1927 (35) 43; 1938 (40) 1559; former 1976 Code § 26-1-110; 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0616ECE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3E5B7442" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 185, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="79589973" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7CD84436" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-190. Notary as stockholder, director, officer or employee of corporation; exercise of powers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2A933F6E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A notary public who is a stockholder, director, officer, or employee of a corporation may perform a notarial act for that corporation, unless the notary public is individually a party to the instrument or record that is the subject of the notarial act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="295C2E4A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6267E0DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 49-11; 1952 Code § 49-11; 1942 Code § 3463; 1932 Code § 3463; Civ. C. '22 § 821; Civ. C. '12 § 736; Civ. C. '02 § 665; G. S. 523; R. S. 581; 1871 (15) 538; 1911 (27) 139; 1927 (35) 43; 1938 (40) 1559; former 1976 Code § 26-1-120; 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="27C0CEDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6DD224F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 185, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3E81FD5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="159F7C38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-200. Notarized document sent to another state or nation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="50BC714B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>On a notarized document sent to another state or nation, evidence of the authenticity of the official seal and signature of a notary of this State, if required, shall be in the form of:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="15E496F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a certificate of authority from the Secretary of State or designated local official, authenticated as necessary by additional certificates from the United States or foreign government agencies; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="63116717" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) in the case of a notarized document to be used in a nation that has signed and ratified the Hague Convention Abolishing the Requirement of Legalization for Foreign Public Documents of October 5, 1961, an Apostille from the federally designated official in the form prescribed by the Convention, with no additional authenticating certificates required.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="42297534" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7BF33EE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="55CA878B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0B9317A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-210. Certificate of authority.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1C5A861C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A certificate of authority evidencing the authenticity of the official seal and signature of a notary of this State shall be substantially in the following form:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5E1D39AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"Certificate of Authority for Notarial Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="391D066D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>I, ____________(name of Secretary of State), South Carolina Secretary of State, certify that ____________ (name of notary), the person named in the seal and signature on the attached document, was a Notary Public for the State of South Carolina and authorized to act as such at the time of the document's notarization.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5692CBF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>To verify this Certificate of Authority for a Notarial Act, I have affixed below my signature and seal of office this _____ day of_________, 20___."</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1D4D2E8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(Signature and seal of commissioning official)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="307B8440" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="4C22095C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E130230" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6FC63774" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-220. Fee for issuing certificate of authority or Apostille.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="01F73F19" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Secretary of State may charge a reasonable fee for issuing a certificate of authority or an Apostille.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="12D68C08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6AE6089A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2DF14340" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="33F0EE87" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-230. Issuance of certificate of authority or Apostille.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="469D712F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(A) The Secretary shall not issue a certificate of authority or an Apostille for a document if the Secretary has cause to believe that the certificate is desired for an unlawful or improper purpose. The Secretary may examine not only the document for which a certificate is requested, but also any documents to which the previous seals or other certifications may have been affixed by other authorities. The Secretary may request any additional information that may be necessary to establish that the requested </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>certificate will serve the interests of justice and is not contrary to public policy, including a certified or notarized English translation of document text in a foreign language.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6DD7C375" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The Secretary shall not issue a certificate of authority or an Apostille if:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="156BF5FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a seal or signature cannot be authenticated by either the Secretary or another official;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="04C53842" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the seal or signature is of a foreign official; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="21668D7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the document is a facsimile, photocopy, photographic, or other reproduction of a signature or seal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2F6F0ED5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(C) The Secretary may not include within the certificate of authority or Apostille any statement that is not within the Secretary's power or knowledge to authenticate. The Secretary may not certify that a document has been executed or certified in accordance with the law of any particular jurisdiction or that a document is a valid document in a particular jurisdiction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="59A273E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="105AC7FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="12F8777A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="50DA9742" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 26-1-240. Act not to contradict requirements of Section 62-2-503.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="74B9E5C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nothing in this act shall be construed to contradict the requirements of Section 62-2-503.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6A1F4064" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="403AF9AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 185 (S.356), § 1, eff June 2, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -8525,51 +8894,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -9006,66 +9375,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>