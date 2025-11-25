--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -1,717 +1,736 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5ee110cabbad4323" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5bac57f70a7e4af69ea6867626ce843d.psmdcp" Id="Rc48560541dce4217" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4fa61d857e384a74" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/44933d274b1f41f8b424fe7c8cb7f9d1.psmdcp" Id="R89aebb5e886c4862" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="003625B7" w:rsidRDefault="003625B7" w14:paraId="44B9EFE7" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="1F1F6427" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="1C9202A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>General Provisions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="490C1060" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="3AF3E359" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 54-1-10. Charleston designated State port.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="7E7D634D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The port of Charleston is hereby declared the State port of South Carolina. Nothing in this section contained shall be construed as in any wise intended to be prejudicial to any other port of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1F2BA03A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="0D2D165C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 54-451; 1952 Code § 54-451; 1942 Code § 6734; 1932 Code § 6734; 1925 (34) 160; 1942 (42) 1680.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2EC523FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="69243642" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 54-1-20. Discharge of oil or any oil product from vessel in harbor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="186C5180" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It shall be unlawful for any person, his agent, servant or employee in charge of or having custody of any vessel entering or while within any harbor in this State to discharge or permit to be discharged from any such vessel any seepage or refuse of fuel oil or any other oil product. Any violation of this section shall be a misdemeanor and upon conviction thereof shall be subject to a fine not exceeding five hundred dollars. If such fine is not paid it shall be a lien on the vessel over which such person ha</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>d control prior to all other liens except State taxes and shall be enforceable as other liens are by the laws of this State. The port commissioner or other officer or person in charge of or having supervision over vessels entering the ports of this State shall see that the provisions of this section are enforced.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3E434DF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="2D7646B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 54-453; 1952 Code § 54-453; 1942 Code § 1355; 1932 Code § 1355; Cr. C. '22 § 252; 1921 (32) 159.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="40CED764" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="6C717176" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 54-1-30. Discharge of oil or other products into harbor of county containing city over 60,000.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="35C44343" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It shall be unlawful for any person to dump or discharge intentionally any products, waste or refuse of fuel oil, petroleum or coal at any place within this State from which it shall drain into the waters of any harbor in any county in this State containing a city of more than sixty thousand population according to the United States census of 1930. Any violation hereof shall be a misdemeanor and any person convicted thereof shall be subject to a fine not exceeding five hundred dollars or imprisonment not e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>xceeding six months or both. It shall be the duty of the port or harbor commissioners, as well as that of all law enforcing officers to see that the provisions hereof are enforced.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3EE44435" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="4241489D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 54-454; 1952 Code § 54-454; 1942 Code § 1356; 1933 (38) 389.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2DB85F94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="023DCB80" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 54-1-40. Criminal liability for unskillful or negligent management of steamboat.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="2127D67E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) It is unlawful for the captain, master, or other person having the command or charge of a boat to cause injury to life or limb of another by:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="0BC98BB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the explosion of a boiler of a steamboat;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="383BFBA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(2) reason of the unskillfulness, mismanagement, or negligence of the person having the charge or command of the boat; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="55AF1F95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) reason of the deficiency or want of any matter or thing necessary and proper for the management or seaworthiness of any such boat.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="7C773572" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person who violates the provisions of this section is guilty of a misdemeanor and, upon conviction, must be fined in the discretion of the court or imprisoned not more than three years, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="09439194" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) This section must not be construed to prevent the defendant from showing, at the trial, that the injury arose from unavoidable accident or without fault on his part and this section must not be construed to restrict the liability of a person convicted under any other law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="20C27738" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="57B98F54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 54-455; 1952 Code § 54-455; 1942 Code § 1126; 1932 Code § 1126; Cr. C. '22 § 23; Cr. C. '12 § 168; Cr. C. '02 § 137; G. S. 2477; R. S. 135; 1837 (6) 571; 1993 Act No. 184, § 250, eff January 1, 1994.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="05437C17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="0F82031C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1993 amendment rewrote this section so as to change the maximum term of imprisonment to conform to the classification established for each offense.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -722,51 +741,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1203,66 +1222,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>