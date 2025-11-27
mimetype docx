--- v0 (2025-10-08)
+++ v1 (2025-11-27)
@@ -1,544 +1,837 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdaaffb9d006d4da9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/14a004aeb6334ec6a11d1d0009d0727d.psmdcp" Id="Rd141ac6319384228" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdc09b12303184dec" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54837639d90c44df919ce5ff8e045d32.psmdcp" Id="Rbcb8e6cd5bd54389" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="6C37E158" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="477E19A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3A954946" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Removal and Placement of Confederate Flag</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="05CA178F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="337D1090" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="59627C8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1D3CE0DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7A78A9B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Chapter 10 was added at the direction of the Code Commissioner.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="569B438B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="200C6339" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1098ED51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-10-10. Flags authorized to be flown atop State House dome, in chambers of Senate and House of Representatives and on grounds of Capitol Complex; members' offices as "chambers"; private individual wearing, carrying or displaying flag on capitol grounds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6017A625" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>(A) As of 12:00 noon on the effective date of this act, and permanently thereafter, the only flags authorized to be flown atop the dome of the State House, in the chambers of the Senate and House of Representatives, and on the grounds of the Capitol Complex shall be as authorized in this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="36146017" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The flags authorized to be flown atop the dome of the State House and in the chambers of the Senate and House of Representatives are the United States Flag and the South Carolina State Flag.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="36FC6914" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>From any funds appropriated to the Department of Administration, the Division of General Services of the Department of Administration, or its successor in interest, shall ensure that the flags authorized above shall be placed at all times as directed in this section and shall replace the flags at appropriate intervals as may be necessary due to wear.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="715A9EF0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The provisions of this section may only be amended or repealed upon passage of an act which has received a two-thirds vote on the third reading of the bill in each branch of the General Assembly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="40A70FAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(C) The term "chambers" of the House or Senate for the purposes of this section does not include individual members' offices. The provisions of this section do not prohibit a private individual on the capitol complex grounds from wearing as a part of his clothing or carrying or displaying any type of flag including a Confederate Flag.</w:t>
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">(C) The term "chambers" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>of the House or Senate for the purposes of this section does not include individual members' offices. The provisions of this section do not prohibit a private individual on the capitol complex grounds from wearing as a part of his clothing or carrying or displaying any type of flag including a Confederate Flag.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C73B343" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1C29E444" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 292, § 1; 2015 Act No. 90 (S.897), § 1, eff July 9, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="356E1926" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Validity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1FBAB51E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>For the validity of (B) this section, see Pinckney v. Peeler, 862 S.E.2d 906 (S.C. 2021).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1B1F7001" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0FC39F1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, references in this section to the offices of the former State Budget and Control Board, Office of the Governor, or other agencies, were changed to reflect the transfer of them to the Department of Administration or other entities, pursuant to the directive of the South Carolina Restructuring Act, 2014 Act No. 121, § 5(D)(1), effective July 1, 2015.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="047DC901" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0A861A29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2015 Act No. 90, § 2, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="363E9F17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"SECTION 2. The South Carolina Infantry Battle Flag of the Confederate States of America [the Battle Flag of the Army of Northern Virginia (General Robert E. Lee's Army) the South Carolina, Georgia, Florida Department version] shall be permanently removed from its location on the south side of the Confederate Soldier Monument. The South Carolina Infantry Battle Flag of the Confederate States of America shall be permanently removed from its location on the Capitol Complex Grounds within twenty-four hours of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>the effective date of this act. Upon its removal, the flag shall be transported to the Confederate Relic Room for appropriate display. The flagpole on which the flag is flown and the area adjacent to the monument and flagpole must be returned to its previous condition by the Division of General Services."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="395E9217" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7834030A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2015 Act No. 90, § 1, amended the section, providing for removal of the South Carolina Infantry Battle Flag of the Confederate States of America from the grounds of the Capitol Complex.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="540195D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5A3CEA2B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-10-20. Confederate Flags from above rostrums of Senate and House of Representatives chambers to be placed and displayed in State Museum.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3CB38FA0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The actual Confederate Flags (Naval Jack) removed from above the rostrum in the chambers of the House of Representatives and the Senate must be placed and permanently displayed in a suitable location in the State Museum.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="06F817A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="47FEC0F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 292, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4C337430" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0239C2F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-10-30. Confederate Flag from dome to be placed and displayed in State Museum.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="17924DE5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The actual Confederate Flag (Naval Jack) which is flying on the effective date of this act and which is removed from the dome of the State House must be placed and permanently displayed in a suitable location in the State Museum.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0B46A27A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="775416C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 292, § 6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -549,51 +842,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1030,66 +1323,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>