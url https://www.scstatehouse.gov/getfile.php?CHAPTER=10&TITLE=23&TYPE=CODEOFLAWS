--- v0 (2025-10-06)
+++ v1 (2025-11-26)
@@ -1,833 +1,874 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4b8bbd3b044e4bc5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/40ccb9cde51f4bcc9d1316775619b2ee.psmdcp" Id="Rb6af836b8324442f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8a5baf0a535846f9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2672a77c05a8443eb54ab39cae63fe38.psmdcp" Id="R6ca9eb8c737a4a27" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00BA713F" w:rsidRDefault="00BA713F" w14:paraId="5DA88B70" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="137D86A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="7CC972A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>South Carolina State Fire Academy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="732D0D57" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="375CB67C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-10-10. Operation of the State Fire Academy; creation of State Fire Academy Advisory Committee; membership.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="754DF308" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The State Fire Marshal has the sole responsibility for the operation of the State Fire Academy (academy). The academy is operated for the express purpose of upgrading the state's paid, volunteer, and industrial fire service personnel. All buildings, facilities, equipment, property, and instructional materials which are now or become a part of the academy are assigned to the academy and may not be integrated with any other local or state agency, association, department, or technical education center, wi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>thout the consent of the Director of the Department of Labor, Licensing and Regulation or his designee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0DDEEA47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(B) There is created the State Fire Academy Advisory Committee which shall advise and assist the State Fire Marshal in developing a comprehensive training program based upon the needs of the fire service in this State. Membership on the committee includes:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="7205ED45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the Chairman and appointed members of the Training and Education Committee of the South Carolina State Firefighters' Association. The Chairman of the Training and Education Committee also shall serve as the Chairman of the State Fire Academy Advisory Committee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="5E66DFB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) one member from the South Carolina State Association of Fire Chiefs appointed by the president of the association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0497A064" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) one member from the South Carolina Fire Marshal Association appointed by the president of the association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4E8538BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) one member from the South Carolina Society of Fire Service Instructors appointed by the president of the society;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="10DFEB29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) one member from the Professional Firefighters Association appointed by the president of the association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="54526331" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) one member from the South Carolina Chapter of International Association of Arson Investigators appointed by the president of the chapter;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="3FA10FFA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) the Superintendent of the State Fire Academy who shall serve as secretary without voting privileges. Membership from the State Fire Academy is limited to the superintendent only;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="5EB96750" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) one industrial fire protection representative appointed by the President of the South Carolina Chapter of the American Society of Safety Engineers;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="3DCD14C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) the Executive Director of the South Carolina State Firefighters' Association who shall serve as a member ex officio without voting privileges;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="49048B8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) the State Fire Marshal as a member ex officio without voting privileges;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="665F76A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(11) one member from higher education having experience and training in curriculum development appointed by the Director of the Department of Labor, Licensing and Regulation; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="216269E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) one member from the Life Safety Education Section of the South Carolina State Firefighters' Association appointed by the president of the section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D33AE38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1961EE4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1979 Act No. 190, § 10; 1986 Act No. 347, § 5; 1993 Act No. 181, § 355; 2000 Act No. 386, § 3; 2022 Act No. 170 (S.460), § 9, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="58DE6CFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4EB6696F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 170, § 9, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="21CA0AFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="5DC1BA89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-10-20. Purchase and issuance of clothing to staff.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="2E5E5C9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The South Carolina Department of Labor, Licensing and Regulation is authorized to purchase and issue clothing to the staff of the State Fire Academy.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="09BB63B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="00DEBEF0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 353, § 2, Pt 17B, eff July 1, 2009; 2022 Act No. 170 (S.460), § 9, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6F6E85F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="66C2DAC0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 170, § 9, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -838,51 +879,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1319,66 +1360,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>