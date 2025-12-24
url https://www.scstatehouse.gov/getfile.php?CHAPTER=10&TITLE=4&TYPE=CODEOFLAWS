--- v0 (2025-11-02)
+++ v1 (2025-12-24)
@@ -1,5986 +1,5517 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8360347d1f8941a4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6e0591842ef54c028f36356540ac58c5.psmdcp" Id="Rc42af05fe64c45f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R703abe6075a1486b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2757b388f9254fb59f8fa8f4a2467ac4.psmdcp" Id="R08d402a473924088" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="47CB1A11" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1C6AD438" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="70E9242E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Local Sales and Use Tax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="53AD0060" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="239D5985" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="38FBE91A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Local Option Sales Tax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7F1E6882" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0F9DCADA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-10. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="338B6E08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>For purposes of this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1D79A0C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "County area" means a county and all municipalities within its geographical boundaries.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="24EE886D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "County" means the unincorporated areas of a county area or county government as the use of the term dictates.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="700DF636" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Municipality" means a municipal corporation created pursuant to Chapter 1 of Title 5 or a municipal government as the use of the term dictates.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6325E18E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Minimum distribution" means an amount equal to two million dollars for the first distribution and after that adjusted annually on a cumulative basis by a percentage equal to the increase in revenues credited to the Education Improvement Act Fund for the most recently completed fiscal year over the revenues credited to that fund in the preceding fiscal year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="76D78D8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Population" means population as determined in the most recent official United States Census.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="669BDA6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "General election" means the Tuesday following the first Monday in November in any year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="27DA8D1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3230F5C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 317, § 1, eff February 2, 1990; 2016 Act No. 250 (H.5078), § 1, eff June 6, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5858347C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Effect of Amendment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1EEE01D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>2016 Act No. 250, § 1, added (6), definition of "general election".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7644CE50" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5A8AEB9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-20. Rate of tax; exemptions; reports by utilities; rental units.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1F7420F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A county, upon referendum approval, may levy a sales and use tax of one percent on the gross proceeds of sales within the county area which are subject to tax under Chapter 36 of Title 12 and the enforcement provisions of Chapter 54 of Title 12. The sale of items with a maximum tax levied in accordance with Section 12-36-2110 and Article 17 of Chapter 36 of Title 12 is exempt from the local sales and use tax. The adopted rate also applies to tangible personal property subject to the use tax in Section 12-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>6-1310. Taxpayers required to remit taxes under Section 12-36-1310 shall identify the county or municipality in the county area in which tangible personal property purchased at retail is stored, used, or consumed in this State. Utilities are required to report sales in the county or municipality in which consumption of the tangible personal property occurs. A taxpayer subject to the tax imposed by Section 12-36-920, who owns or manages rental units in more than one county or municipality, shall report separ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ately in his sales tax return the total gross proceeds from business done in each county or municipality.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="29880630" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="09B94548" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 317, § 1, eff February 2, 1990; 1997 Act No. 149, § 9A, eff for sales or use made on or after December 1, 1992; 1997 Act No. 151, § 1A, eff for sales or use made on or after December 1, 1992.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="307A37AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Effect of Amendment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="50C7BC46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The first 1997 amendment (by Act No. 149), in the second sentence, deleted "(A), (B) and (C)" following "Section 12-36-2110"; and, in the sixth sentence, inserted "Section".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="33B88289" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The second 1997 amendment (by Act No. 151), effected the same change as the first 1997 amendment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="01E15A3C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="78B5C25C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-25. Construction contracts; application.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5B5923E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The gross proceeds of sales of tangible personal property delivered after the imposition date of the tax levied under Section 4-10-20 in a county, either under the terms of a construction contract executed before the imposition date, or a written bid submitted before the imposition date, culminating in a construction contract entered into before or after the imposition date, are exempt from the local sales and use tax provided in Section 4-10-20 if a verified copy of the contract is filed with the South Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>rolina Department of Revenue within six months after the imposition of the local sales and use tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4140693B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="46B37A96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 317, § 1, eff February 2, 1990; 1993 Act No 181 § 54, eff July 1, 1993.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0F609768" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Effect of Amendment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7503888E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 1993 amendment changed "Tax Commission" to "Department of Revenue."</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="52EFDFF5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="678A2E3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-30. Referendum on question of implementing local option sales and use tax within county.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="563E33E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The county election commission in each county shall conduct a referendum on the Tuesday following the first Monday in November on the question of implementing the local option sales and use tax within the county area. The state election laws apply to the referendum mutatis mutandis. The county election commission shall publish the results of the referendum and certify them to the county council. The sales and use tax must not be imposed in the county area, unless a majority of the qualified electors vo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ting in the referendum approve the question.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0233041A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(B) The ballot must read substantially as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6A81EB35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>"Must a one percent sales and use tax be levied in __________ County for the purpose of allowing a credit against a taxpayer's county and municipal ad valorem tax liability and for the purpose of funding county and municipal operations in the __________ County area?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="11BF46A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Yes []</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="064D4231" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>No []"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3270E39F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) If the question is not approved at the initial referendum, the county council may call for another referendum on the question. However, following the initial referendum, a referendum for this purpose must not be held more often than once in twelve months and must be held on the Tuesday following the first Monday in November.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6112C1C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Two weeks before the referendum the county council and the municipal councils in the county area shall publish in a newspaper of general circulation within the jurisdiction the anticipated credit against property taxes in the first year of implementation of the property tax credit fund. The notice must show the anticipated credit on the following classes of property:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="35A00654" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a primary residence;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="79FF54BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) personal property including, but not limited to, an automobile;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1F03EFCA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) a commercial facility;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7D2E8524" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) an industrial facility.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3AE2EF6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="57A089DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 317, § 1, eff February 2, 1990.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7854F361" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="097A4F0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-35. Petition to rescind tax; referendum.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1BA6572C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(A) Upon petition of fifteen percent of the qualified electors of a county presented to the governing body of that county which has implemented the one percent sales and use tax authorized by this chapter requesting that this tax be rescinded, the county governing body shall conduct a referendum on the Tuesday following the first Monday in November next following on the question of rescinding the local option sales and use tax within the county area. The state election laws apply to the referendum mutatis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>mutandis. The county election commission shall publish the results of the referendum and certify them to the county council. The sales and use tax must be rescinded in the county area upon the certification of the results if a majority of the qualified electors voting in the referendum vote in favor of rescinding the tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0DA6115B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The ballot must read substantially as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="72EBD987" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Must the one percent local option sales and use tax levied in __________ County pursuant to Chapter 10, Title 4 of the 1976 Code be rescinded?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0EE9E6D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Yes []</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="17D76354" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>No []"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6F29960B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A referendum for rescission of this tax may not be held earlier than two years after the tax has been levied in the county. If a majority of the qualified electors voting in the rescission referendum vote against rescinding the tax, no further rescission referendums may be held for a period of two years. If a majority of the qualified electors vote in favor of rescinding the tax, the tax may not be reimposed in the county for a period of two years. The petition requesting rescission must be presented t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>o the county governing body at least one hundred twenty days before the Tuesday following the first Monday of November of that year or the referendum must be held on the Tuesday following the first Monday of November of the following year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="581BE639" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1C9DA994" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 317, § 1, eff February 2, 1990.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0854854F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="42B050F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-40. Distribution of revenue allocated to Property Tax Credit Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="662E6A92" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The revenue allocated to the Property Tax Credit Fund, as provided in Section 4-10-90, must be distributed to the county and the municipalities in the county area as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7FEF7667" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) sixty-seven percent to the county;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="121FE74D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) thirty-three percent to the municipalities in the county area so that each municipality receives an amount equal to what its percentage of population bears to the total population in all the municipalities in the county area.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="43E2E82C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)(1) All of the revenue received by a county and municipality from the Property Tax Credit Fund must be used to provide a credit against the property tax liability of taxpayers in the county and municipality in an amount determined by multiplying the appraised value of the taxpayer's taxable property by a fraction in which the numerator is the total estimated revenue received by the county or municipality from the Property Tax Credit Fund during the applicable fiscal year of the political subdivision and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> the denominator is the total of the appraised value of taxable property in the county or municipality as of January 1 of the applicable taxable year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1858F0A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) For purposes of this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1403A833" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) property tax liability includes liability to pay fees in lieu of property taxes;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0513F50C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) taxable property includes exempt property for which the owner must pay fees in lieu of property taxes; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="56BCB13B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) reference to liability for fees in lieu of tax applies to fees arising pursuant to Section 4-1-170 in connection with location in a multi-county industrial or business park as provided in Section 13 of Article VIII of the Constitution of the State of South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7FC78715" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) All interest accruing to the credit funds received by a county or a municipality from the Property Tax Credit Fund must be used to provide an additional credit as provided in this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5832DB84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(D) If a municipality has adopted or adopts a redevelopment plan for a tax increment financed redevelopment project pursuant to Chapter 6 of Title 31, a deficiency resulting from the application of this section in the tax allocation fund or separate fund established to pay project costs must be funded from the municipality's allocation from the County/Municipal Revenue Fund each year so as to provide full funding for the project. A tax increment financing bond holder, agent, or trustee may enforce this requ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>irement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="741E10A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) For motor vehicles subject to the payment of property taxes pursuant to Article 21, Chapter 37 of Title 12, the credit provided under this section applies against the tax liability for motor vehicle tax years beginning after December of the year in which the credit is calculated.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4978293C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="029FEDC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 317, § 1, eff February 2, 1990; 1991 Act No. 109, § 8, eff May 30, 1991; 1991 Act No. 168, § 12, eff June 28, 1991; 1998 Act No. 442, § 13, eff August 31, 1998.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="15B83675" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Effect of Amendment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0A49ED1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 1991 amendment, by Act No. 109, in subsection (B), changed "tax year" to "fiscal year of the political subdivision."</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6F442318" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 1991 amendment by Act No. 168, added subsection (E) relating to motor vehicle tax credit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6AA742A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 1998 amendment, in subsection (B), designated the existing text as paragraph (1) and added paragraph (2).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2F189A98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7D3A7477" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-50. Distribution of revenue set aside for the County/Municipal Revenue Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6D4E598C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The revenue generated in a county area and set aside and allocated to the County/Municipal Revenue Fund must be distributed to the county and the municipalities in the county area as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6A36E0FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) fifty percent based upon the location of the sale;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="28F2EA50" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) fifty percent based on population.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="271A512E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The population of the county is the population of the county area, and the population of the municipalities is the population within the corporate boundaries of the municipalities in the county area.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="33236F14" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Revenue distributed to a county or municipality under this section may be used to provide an additional property tax credit in the manner provided in Section 4-10-40(B).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3EE5691E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7BA151E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 317, § 1, eff February 2, 1990; 1991 Act No. 168, § 14, eff June 28, 1991.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="130CFA1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Effect of Amendment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="62210159" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 1991 amendment added subsection (C), providing for additional property tax credit from revenue distributed to a county or municipality under this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="696385C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2780BA7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-60. Withholdings from amount collected by counties; apportionment amongst other counties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6F11A083" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) At the end of each fiscal year and before August first a percentage, to be determined by the State Treasurer and not to exceed five percent of collections, must be withheld from those county areas collecting five million dollars or more from the sales and use tax authorized by this chapter, and that amount must be distributed to assure that each county area receives a minimum distribution. The difference between the minimum distribution and the actual collections within a county area must be distribute</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>d to the eligible units within the county area based on population as provided for in this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3129D302" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The amount withheld from those county areas collecting five million dollars or more must be apportioned among the county and the municipalities in the county area in the same proportion as those units received remittances as provided in this chapter. An amount withheld in excess must be distributed back to the county areas whose collections exceed five million dollars based on the ratio of the funds available to the collections by each county area.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4F3098F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) As a condition precedent to a county area being subject to an assessment by the State Treasurer or being a recipient of revenue pursuant to this section, the county area must have implemented the sales and use tax as authorized by this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="03C63681" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The provisions of subsection (A) do not apply if the total number of county areas adopting the sales and use tax authorized by this chapter, which are projected by the Department of Revenue to collect five million dollars or more, generated fifty percent or less during the most currently available fiscal year of the total statewide collections from the levy of a one percent sales and use tax, then those county areas generating five million dollars or more must be assessed five percent of the amount gen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve">erated in the county area, and that amount must be used as a supplement to those county areas generating less than the minimum distribution. The supplement to those county areas generating less than the minimum distribution must be distributed so that each county area receives an amount equal to what its percentage of population bears to the total population in all of the county areas generating less than the minimum distribution which have implemented the sales and use tax authorized by this chapter. Once </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>the amount of the supplement has been determined for each of the county areas to be supplemented, then the supplement must be distributed to the eligible units within the county area based on population as provided for in this chapter. However, the supplement to the county area combined with collections within the county area may not exceed the minimum distribution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B7370FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="51DB6D42" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 317, § 1, eff February 2, 1990; 1993 Act No 181, § 55, eff July 1, 1993.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1A36FC0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Effect of Amendment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="467A6458" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 1993 amendment in subsection (D), changed "Tax Commission" to "Department of Revenue."</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2DF9075D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4166D4EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-65. Local option tax revenues not identified as to unit must go to local option supplemental revenue fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="13789BCE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Funds collected by the department from the local option sales tax which are not identified as to the governmental unit due the tax, and cannot be so identified after a reasonable effort by the department to determine the appropriate governmental unit, must be deposited to a local option supplemental revenue fund. These funds must be distributed in accordance with Section 4-10-60 to those counties generating less than the minimum distribution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="509BBA5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="005C08DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 164, Part II, § 99, eff June 21, 1993; 1999 Act No. 93, § 1, eff June 11, 1999.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="44990775" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Effect of Amendment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7372BA49" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 1999 amendment changed "Tax Commission" and "commission" to "department" and made grammatical changes in the first sentence.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="605A910F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="61BC4B21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-67. Deposit and distribution of local option use tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1758F67E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Local option use tax collected by the department in conjunction with the filing of individual income tax returns must be deposited to a local option supplemental revenue fund and distributed in accordance with Section 4-10-60 to those counties generating less than their minimum distribution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="33871B9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="718C1FCE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 399, § 3(S), eff August 17, 2000.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6A9CAB27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="155709EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-70. Determination of amount to be received by eligible unit within county area.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6F850951" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No eligible unit within a county area may receive less from the distribution of the sales and use tax authorized by this chapter than it received in the previous fiscal year. However, if the amount of collections from the sales and use tax in the county area is less than the preceding fiscal year's collections, then the distributions to the eligible units within the county area must be reduced on a proportional basis.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5E456A37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="299255C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 317, § 1, eff February 2, 1990.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7FCD8BF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="02BF11DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-80. Reports as to total amount of revenue collected.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1E75D3E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Annually by August fifteenth the State Treasurer shall report to the county chief administrative officers, county treasurers, and municipal clerks in those county areas which levy the sales and use tax authorized by this chapter the total amount of revenue collected as reported by the Department of Revenue in the county area for the preceding fiscal year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2CE270FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1589D80E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 317, § 1, eff February 2, 1990; 1993 Act No 181, § 56, eff July 1, 1993.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="06D460A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Effect of Amendment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0664E43B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 1993 amendment changed "Tax Commission" to "Department of Revenue."</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="43DB3143" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7103B7BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-90. Department of Revenue to administer and collect local sales and use tax; forms; regulations; notice by county that tax has been approved; revenues to be credited to Local Sales and Use Tax Fund; reports to State Treasurer; refunds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2DAA6E01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The Department of Revenue shall administer and collect the local sales and use tax in the manner that sales and use taxes are administered and collected pursuant to Chapter 36 of Title 12. The commission may prescribe forms and promulgate regulations in conformity with this chapter, including tables prescribing the amount to be added to the sales price. The county shall notify the Department of Revenue and the State Treasurer through delivery of a certified copy of a resolution adopted by the county by</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> December thirty-first following the referendum for the tax to be imposed May first. Failure to deliver the resolution by December thirty-first causes a delay of the imposition until the first day of May of the next calendar year. Notwithstanding the provisions of this subsection, the local sales and use tax must not be imposed before July first following the first referendum held pursuant to Section 4-10-30.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="187A02BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) All revenues collected by the Department of Revenue on behalf of a county area pursuant to this chapter must be remitted to the State Treasurer to be credited to a Local Sales and Use Tax Fund which is separate and distinct from the state general fund. After deducting the amount of refunds made and the costs to the Department of Revenue of administering the tax, not to exceed one-half of one percent of the fund or seven hundred fifty thousand dollars, whichever is greater, the State Treasurer shall dep</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>osit the revenue into the Local Sales and Use Tax Fund which consists of two separate funds: the Property Tax Credit Fund and the County/Municipal Revenue Fund. The revenue collected pursuant to this chapter must be allocated to each fund as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="76BDA9C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(1) During the first year after the effective date of this act, sixty-three percent to the Property Tax Credit Fund and thirty-seven percent to the County/Municipal Revenue Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="251A09BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) During the second year after the effective date of this act, sixty-five percent to the Property Tax Credit Fund and thirty-five percent to the County/Municipal Revenue Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="59AD6C33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) During the third year after the effective date of this act, sixty-seven percent to the Property Tax Credit Fund and thirty-three percent to the County/Municipal Revenue Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4138E3ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) During the fourth year after the effective date of this act, sixty-nine percent to the Property Tax Credit Fund and thirty-one percent to the County/Municipal Revenue Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7523D5A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) During the fifth year after the effective date of this act, and each year thereafter, seventy-one percent to the Property Tax Credit Fund and twenty-nine percent to the County/Municipal Revenue Fund. The allocation of revenue to each fund provided for in this section must remain uniform as to the percentage allocated to each fund regardless of the year in which a county adopts the local sales and use tax. The State Treasurer shall distribute monthly the revenues according to the provisions of this chap</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0069AD55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The Department of Revenue shall furnish data to the State Treasurer and to the governing bodies of the counties and municipalities receiving revenues for the purpose of calculating distributions and estimating revenues. The information which may be supplied to counties and municipalities includes, but is not limited to, gross receipts, net taxable sales, and tax liability by taxpayers. Information by taxpayer received by appropriate county or municipal officials is considered confidential and is govern</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ed by the provisions of Section 12-54-240. A person violating this section is subject to the penalties provided in Section 12-54-240. The State Treasurer may correct misallocations from the Property Tax Credit Fund and County/Municipal Revenue Fund by adjusting subsequent allocations, but these adjustments may be made only in allocations made in the same fiscal year as the misallocation. However, allocations made as a result of city or county code errors must be corrected prospectively.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1448FA12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="57189F6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 317, § 1, eff February 2, 1990; 1991 Act No. 168, §§ 1, 13, eff June 28, 1991; 1993 Act No 181 § 57, eff July 1, 1993; 1998 Act No. 432, § 18A, eff for tax years beginning after December 31, 1998.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2F773CA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Effect of Amendment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6F4E2A2B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 1991 amendment by § 13, in subsection (A), inserted specific dates, such as December thirty-first and May first, in place of dates measured from a referendum or calendar quarter; by § 1, in subsection (C) deleted the former fifth and sixth sentences and replaced them with one sentence.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="555090A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 1993 amendment changed "Tax Commission" to "Department of Revenue."</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0A29B596" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 1998 amendment, in subsection (C), added the last sentence.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="37C7B76F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="13963282" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-100. Commencement of local sales and use tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2A78AF63" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notwithstanding the date of general imposition of the local sales and use tax authorized pursuant to this chapter, with respect to services that are regularly billed on a monthly basis, the local sales and use tax is imposed beginning on the first day of the billing period beginning on or after the date of general imposition.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0EB0D670" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="52731B4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 317, § 1, eff February 2, 1990.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7CC7A5F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2DE78C5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6D84C3AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Capital Project Sales Tax Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="354ED849" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="246E4BF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-300. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="41DDABD2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This article may be cited as the "Capital Project Sales Tax Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="613966CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4A9552C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 138, § 3, eff July 1, 1997.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="32628900" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2CA341E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-310. Imposition of tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="70C6347B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Subject to the requirements of this article, the county governing body may impose a one percent sales and use tax by ordinance, subject to a referendum, within the county area for a specific purpose or purposes and for a limited amount of time. The revenues collected pursuant to this article may be used to defray debt service on bonds issued to pay for projects authorized in this article. However, at no time may any portion of the county area be subject to more than one percent sales tax levied pursuant to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> this article or pursuant to any local law enacted by the General Assembly. This limitation does not apply in a county area in which, as of July 1, 2012, a local sales and use tax was imposed pursuant to a local act of the General Assembly, the revenues of which are used to offset the costs of school construction, or other school purposes, or other government expenses, or for any combination of these uses.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="27B98E15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="25A34363" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 138, § 3, eff July 1, 1997; 2009 Act No. 49, § 1, eff upon approval (became law without the Governor's signature on June 3, 2009); 2012 Act No. 267, § 4, eff June 20, 2012; 2022 Act No. 189 (H.3948), § 3, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5B4280A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Effect of Amendment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="738A9D89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 2009 amendment deleted "to collect a limited amount of money" from the end of the first sentence.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="23FAAFE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 2012 amendment added the last sentence which provides an exception.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4797A51B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>2022 Act No. 189, § 3, in the third sentence, deleted ", pursuant to Chapter 37, Title 4," following "pursuant to this article".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2258DE0B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="458BCE3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-315. Additional sale and use tax not exceeding one percent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5B79B61C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notwithstanding Section 4-10-310, Section 4-37-40, or any other provision of law, a county which has imposed by ordinance a sales and use tax in an amount not to exceed one percent within its jurisdiction pursuant to this chapter may utilize the provisions of Chapter 37, Title 4 to impose an additional sales and use tax in an amount not to exceed one percent within its jurisdiction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="15F3A83D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="45CA13F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2022 Act No. 189 (H.3948), § 4, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5807DE99" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1A6690D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-320. Commission creation; composition.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3A9A35E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(A) The governing body of any county is authorized to create a commission subject to the provisions of this section. The commission consists of six members, all of whom must be residents of the county, appointed as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4940908A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) The governing body of the county must appoint three members of the commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5EE1E7B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The municipalities in the county must appoint three members, who must be residents of incorporated municipalities within the county, and who are selected according to the following mechanism:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="04D3E956" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) The total population of all incorporated municipalities within the county, as determined by the most recent United States census, must be divided by three, the result being an apportionate average.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7D992C2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) The respective population of each municipality in the county must be divided by the apportionate average to determine an appointive index.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5D75556F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) Each municipality in the county appoints a number of members to the commission equal to the whole number indicated by their appointive index. However, no single municipality may appoint more than two members to the commission; unless there is only one municipality in the county, and in such case the municipality is entitled to three appointments to the commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="20ACD42A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) When less than three members are selected to the commission in accordance with the prescribed appointive index method, the remaining member or members must be selected in a joint meeting of the commission appointees of the municipalities in the county. The member or members must be chosen from among the residents of the municipalities in the county that before this time have not provided a representative for the commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="65F0654B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) In the event no municipality is entitled to appoint a member to the commission pursuant to the formula in subitem (c) of this subsection, the municipality with the highest appointive index must be deemed to have an appointive index of one.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="32030939" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) When the governing body of any county creates a commission, it must be created in accordance with the procedures specified in subsection (A) and only upon the request of the governing body of the county. If within the thirty-day period following the adoption of a resolution to create the commission, one or more of the municipalities fails or refuses to appoint their proportionate number of members to the commission, the county governing body must appoint an additional number of members equal to the num</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ber that any such municipality is entitled to appoint. A vacancy on the commission must be filled in the manner of the original appointment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7482EECF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The commission created pursuant to this section must consider proposals for funding capital projects within the county area. The commission then formulates the referendum question that is to appear on the ballot pursuant to Section 4-10-330(D).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="73989A2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2E73C503" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 138, § 3, eff July 1, 1997.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B2AFAD8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="44EE3C5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-330. Contents of ballot question; purpose for which proceeds of tax to be used.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="18234E57" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The sales and use tax authorized by this article is imposed by an enacting ordinance of the county governing body containing the ballot question formulated by the commission pursuant to Section 4-10-320(C), subject to referendum approval in the county. The ordinance must specify:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="631959CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the purpose for which the proceeds of the tax are to be used, which may include projects located within or without, or both within and without, the boundaries of the local governmental entities, including the county, municipalities, and special purpose districts located in the county area, and may include the following types of projects:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="69F4DB83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) highways, roads, streets, bridges, and public parking garages and related facilities;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0B7A8EE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(b) courthouses, administration buildings, civic centers, hospitals, emergency medical facilities, police stations, fire stations, jails, correctional facilities, detention facilities, libraries, coliseums, educational facilities under the direction of an area commission for technical education, or any combination of these projects;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="63B039CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) cultural, recreational, or historic facilities, or any combination of these facilities;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="77AB9A9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) water, sewer, or water and sewer projects;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="635CE6B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) flood control projects and storm water management facilities;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1EB6E7D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) beach access and beach renourishment;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7FC19F81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) dredging, dewatering, and constructing spoil sites, disposing of spoil materials, and other matters directly related to the act of dredging;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3CC75332" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) jointly operated projects of the county, a municipality, special purpose district, and school district, or any combination of those entities, for the projects delineated in subitems (a) through (g) of this item;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5591D643" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) any combination of the projects described in subitems (a) through (h) of this item;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4A7D0619" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the maximum time, in two-year increments not to exceed eight years from the date of imposition, or in the case of a reimposed tax, a period ending on April thirtieth, not to exceed seven years, for which the tax may be imposed;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="69E531EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3)(a) if the county proposes to issue bonds to provide for the payment of any costs of the projects, the maximum amount of bonds to be issued, whether the sales tax proceeds are to be pledged to the payment of the bonds and, if other sources of funds are to be used for the projects, specifying the other sources;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0EEBF1DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the maximum cost of the project or facilities or portion of the project or portion of the facilities, to be funded from proceeds of the tax or bonds issued as provided in this article and the maximum amount of net proceeds expected to be used to pay the cost or debt service on the bonds, as the case may be; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1A735D03" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) any other condition precedent, as determined by the commission, to the imposition of the sales and use tax authorized by this article or condition or restriction on the use of sales and use tax revenue collected pursuant to this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6810D7AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) When the tax authorized by this article is imposed for more than one purpose, the enacting ordinance must set forth the priority in which the net proceeds are to be expended for the purposes stated. The enacting ordinance may set forth a formula or system by which multiple projects are funded simultaneously.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0CDE8D5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve">(C)(1) Upon receipt of the ordinance, the county election commission must conduct a referendum on the question of imposing the sales and use tax in the area of the county that is to be subject to the tax. The referendum for imposition or reimposition of the tax must be held at the time of the general election. Subject to item (2), two weeks before the referendum the election commission must publish in a newspaper of general circulation the question that is to appear on the ballot, with the list of projects </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>and the cost of the projects. If the proposed question includes the use of sales taxes to defray debt service on bonds issued to pay the costs of any project, the notice must include a statement indicating that principal amount of the bonds proposed to be issued for the purpose and, if the issuance of the bonds is to be approved as part of the referendum, stating that the referendum includes the authorization of the issuance of bonds in that amount. This notice is in lieu of any other notice otherwise requi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>red by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="69A66BFC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) If the referendum on the question of imposing sales and use tax is conducted in an odd-numbered year, and it is the only matter being considered at the general election, then six weeks before the referendum, the election commission must publish in a newspaper of general circulation the question that is to appear on the ballot, with the list of projects and the cost of the projects.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2B0B1DD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The referendum question to be on the ballot must read substantially as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4B08363E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>"Must a special one percent sales and use tax be imposed in (county) for not more than (time) to raise the amounts specified for the following purposes?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9150" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1150"/>
         <w:gridCol w:w="3526"/>
         <w:gridCol w:w="4474"/>
       </w:tblGrid>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1110" w:type="dxa"/>
@@ -6704,14869 +6235,13615 @@
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00144AB1" w:rsidRDefault="00144AB1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No []"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="00F635BE" w14:textId="77777777">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="048BD974" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If the referendum includes the issuance of bonds, the question must be revised to include the principal amount of bonds proposed to be authorized by the referendum and the sources of payment of the bonds if the sales tax approved in the referendum is inadequate for the payment of the bonds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4C642818" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) All qualified electors desiring to vote in favor of imposing the tax for the stated purposes shall vote "yes" and all qualified electors opposed to levying the tax shall vote "no". If a majority of the votes cast are in favor of imposing the tax, then the tax is imposed as provided in this article and the enacting ordinance. A subsequent referendum on this question must be held on the date prescribed in subsection (C). The election commission shall conduct the referendum under the election laws of this</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> State, mutatis mutandis, and shall certify the result no later than November thirtieth to the county governing body and to the Department of Revenue. Expenses of the referendum must be paid by the governmental entities that would receive the proceeds of the tax in the same proportion that those entities would receive the net proceeds of the tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="23AA89ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) Upon receipt of the returns of the referendum, the county governing body must, by resolution, declare the results thereof. In such event, the results of the referendum, as declared by resolution of the county governing body, are not open to question except by a suit or proceeding instituted within thirty days from the date such resolution is adopted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="669545A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="596BB642" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 138, § 3, eff July 1, 1997; 1999 Act No. 93, § 2, eff June 11, 1999; 2002 Act No. 334, §§ 22.A, 22.B and 22.E, eff June 24, 2002; 2004 Act No. 244, § 2, eff May 24, 2004; 2004 Act No. 292, § 2, eff August 16, 2004; 2009 Act No. 49, § 2, eff upon approval (became law without the Governor's signature on June 3, 2009); 2012 Act No. 268, § 1, eff June 20, 2012; 2014 Act No. 243 (S.809), § 1, eff June 6, 2014; 2016 Act No. 250 (H.5078), §§ 2, 4, eff June 6, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7BD4AA69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Effect of Amendment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="13B0F942" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 1999 amendment changed the election commission certification deadline in subsection (E) from "December thirty-first" to "November thirtieth".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7C567A3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The first 2002 amendment rewrote paragraph (A)(3) and subsection (C); and in subsection (D), added the last undesignated paragraph.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="58F09DD8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The first 2004 amendment, in paragraph (A)(1), in subparagraph (a) added "and public parking garages and related facilities", added subparagraph (f) relating to beaches, redesignated subparagraphs (f) and (g) as subparagraphs (g) and (h), and made conforming changes throughout.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="61C3C06A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The second 2004 amendment in subparagraph (A)(1)(a), made identical changes to those made by 2004 act No. 244, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="62178BA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 2009 amendment, in subsection (A), in subparagraph (1)(b) added "educational facilities under the direction of an area commission for technical education," and in subparagraph (2) substituted "in two-year increments" for "stated in terms of calendar or fiscal years or quarters, or a combination thereof,", "eight years" for "seven years", and added "or in the case of a reimposed tax, a period ending on April thirtieth of an odd-numbered year, not to exceed seven years"; and, in subsection (C), in the sec</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ond sentence substituted "imposition or reimposition of the tax" for "this purpose" and "2009" for "2002.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0F306436" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 2012 amendment in subsection (A)(1), added a new subitem (g) relating to dredging, and redesignated former subitems (g) and (h) as (h) and (i).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="13533F10" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>2014 Act No. 243, § 1, rewrote subsection (C), deleting a provision allowing the referendum for imposition or reimposition to be held at a time other than at the time of the general election.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5958DF12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>2016 Act No. 250, §§ 2, 4 in (A)(2), deleted "of an odd-numbered year" following "ending on April thirtieth"; in (C), added designator (1); in (C)(1), substituted "Subject to item (2), two" for "Two"; and added (C)(2), relating to particular referendum publication requirements for certain sales and use tax questions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0E4A9832" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6D644670" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-340. Tax imposition and termination.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6C6CB824" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) If the sales and use tax is approved in the referendum, the tax is imposed on the first of May following the date of the referendum. If the reimposition of an existing sales and use tax imposed pursuant to this article is approved in the referendum, the new tax is imposed immediately following the termination of the earlier imposed tax and the reimposed tax terminates on the applicable thirtieth of April, not to exceed seven years from the date of reimposition. If the certification is not timely made t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>o the Department of Revenue, the imposition is postponed for twelve months.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6265E194" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The tax terminates the final day of the maximum time period specified for the imposition.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="58F3EE13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C)(1) Amounts collected in excess of the required net proceeds must first be applied, if necessary, to complete a project for which the tax was imposed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="150E724F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) If funds still remain after first using the funds as described in item (1) and the tax is reimposed, the remaining funds must be used to fund the projects approved by the voters in the referendum to reimpose the tax, in priority order as the projects appeared on the enacting ordinance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2D6D937C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) If funds still remain after first using the funds as described in item (1) and the tax is not reimposed, the remaining funds must be used for the purposes set forth in Section 4-10-330(A)(1). These remaining funds only may be expended for the purposes set forth in Section 4-10-330(A)(1) following an ordinance specifying the authorized purpose or purposes for which the funds will be used.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4273C024" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2350FD4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 138, § 3, eff July 1, 1997; 2002 Act No. 334, §§ 22.C and 22.F, eff June 24, 2002; 2009 Act No. 49, § 3, eff upon approval (became law without the Governor's signature on June 3, 2009); 2016 Act No. 250 (H.5078), § 3, eff June 6, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3C613F19" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Effect of Amendment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7B89F758" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 2002 amendment, in subsection (A), added the second sentence relating to the reimposition of an existing sales and use tax; and rewrote paragraph (B)(2).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0D58A412" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 2009 amendment, in subsection (A), in the second sentence added "and the reimposed tax terminates on the thirtieth of April in an odd-numbered year, not to exceed seven years from the date of reimposition"; and rewrote subsections (B) and (C).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5E9E0DFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>2016 Act No. 250, § 3, in (A), substituted "applicable thirtieth of April" for "thirtieth of April in an odd-numbered year" in the second sentence.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0A73BDB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0689CD8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-350. Department of Revenue to administer and collect local tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="10FBD36C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The tax levied pursuant to this article must be administered and collected by the Department of Revenue in the same manner that other sales and use taxes are collected. The department may prescribe amounts that may be added to the sales price because of the tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6013BBC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The tax authorized by this article is in addition to all other local sales and use taxes and applies to the gross proceeds of sales in the applicable area that is subject to the tax imposed by Chapter 36, Title 12 and the enforcement provisions of Chapter 54, Title 12. The gross proceeds of the sale of items subject to a maximum tax in Chapter 36, Title 12 are exempt from the tax imposed by this article. Unprepared food items eligible for purchase with United States Department of Agriculture food coupo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ns are exempt from the tax imposed pursuant to this article. The tax imposed by this article also applies to tangible personal property subject to the use tax in Article 13, Chapter 36, Title 12.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="43A4EEA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A taxpayer required to remit taxes under Article 13, Chapter 36 of Title 12 must identify the county in which the personal property purchased at retail is stored, used, or consumed in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3F0A959D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) A utility is required to report sales in the county in which the consumption of the tangible personal property occurs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="75CAA854" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) A taxpayer subject to the tax imposed by Section 12-36-920, who owns or manages rental units in more than one county, must report separately in his sales tax return the total gross proceeds from business done in each county.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0FF09C4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The gross proceeds of sales of tangible personal property delivered after the imposition date of the tax levied under this article in a county, either under the terms of a construction contract executed before the imposition date, or a written bid submitted before the imposition date, culminating in a construction contract entered into before or after the imposition date, are exempt from the sales and use tax provided in this article if a verified copy of the contract is filed with the Department of Re</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>venue within six months after the imposition date of the sales and use tax provided for in this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="78C08E14" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) Notwithstanding the imposition date of the sales and use tax authorized pursuant to this chapter, with respect to services that are billed regularly on a monthly basis, the sales and use tax authorized pursuant to this article is imposed beginning on the first day of the billing period beginning on or after the imposition date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2EFF0BFC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="381B23D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 138, § 3, eff July 1, 1997; 1999 Act No. 93, § 3, eff June 11, 1999; 2009 Act No. 49, § 4.A, eff upon approval (became law without the Governor's signature on June 3, 2009).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="67E68218" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Editor's Note</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="387168F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>2009 Act No. 49 § 4.B, provides as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="738A5DFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Notwithstanding the general effective date of this act, this section takes effect on the approval of this act by the Governor and applies with respect to Capital Project Sales Tax Act taxes imposed or reimposed pursuant to a referendum held after that date."</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6AC01454" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Effect of Amendment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7F290B2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 1999 amendment deleted provisions relating to municipalities and made grammatical changes in subsections (C) through (E).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1681546B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 2009 amendment, in subsection (B), added the third sentence relating to unprepared food items.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1AD726B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="365D099E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-360. Revenue remitted to State Treasurer and held in a separate fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3426D053" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The revenues of the tax collected under this article must be remitted to the Department of Revenue and placed on deposit with the State Treasurer and credited to a fund separate and distinct from the general fund of the State. After deducting the amount of any refunds made and costs to the Department of Revenue of administering the tax, not to exceed one percent of the revenues, the State Treasurer shall distribute the revenues quarterly to the county treasurer in the county area in which the tax is impose</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>d and the revenues must be used only for the purposes stated in the imposition ordinance. The State Treasurer may correct misallocations by adjusting subsequent distributions, but these adjustments must be made in the same fiscal year as the misallocations. However, allocations made as a result of city or county code errors must be corrected prospectively. Within thirty days of the receipt of any quarterly payment, the county treasurer or the county administrator shall certify to the Department of Revenue a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>mounts of net proceeds applied to the costs of each project and the amount of project costs remaining to be paid and, if bonds have been issued that were approved in the referendum, a schedule of payments remaining due on the bonds that are payable from the net proceeds of the sales tax authorized in the referendum.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="081DCAB9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="28472D14" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 138, § 3, eff July 1, 1997; 1999 Act No. 93, § 4, eff June 11, 1999; 2002 Act No. 334, § 22D, eff June 24, 2002.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3E7EDF63" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Effect of Amendment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3E044C97" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 1999 amendment added the last sentence.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="267187AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 2002 amendment added the last sentence relating to certification of net proceeds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4EBB75F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="19E4A283" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-370. Calculating distributions to counties; confidentiality.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="15D0BE17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Department of Revenue shall furnish data to the State Treasurer and to the county treasurers receiving revenues for the purpose of calculating distributions and estimating revenues. The information that must be supplied to counties and municipalities upon request includes, but is not limited to, gross receipts, net taxable sales, and tax liability by taxpayers. Information about a specific taxpayer is considered confidential and is governed by the provisions of Section 12-54-240. A person violating thi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>s section is subject to the penalties provided in Section 12-54-240.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2C198AA0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1C3A0957" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 138, § 3, eff July 1, 1997.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5F11DD8A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3D127848" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-380. Unidentified funds; transfer and supplemental distributions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="201A4333" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Annually, and only in the month of June, funds collected by the department from the local option capital project sales tax, which are not identified as to the governmental unit due the tax, must be transferred, after reasonable effort by the department to determine the appropriate governmental unit, to the State Treasurer's Office. The State Treasurer shall distribute these funds to the county treasurer in the county area in which the tax is imposed and the revenues must be used only for the purposes state</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>d in the imposition ordinance. The State Treasurer shall calculate this supplemental distribution on a proportional basis, based on the current fiscal year's county area revenue collections.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2B107FB1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="69139CA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1999 Act No. 93, § 5, eff June 11, 1999.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="57917DAC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3B9E7D91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-390. Reimposition of tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="579EFEE2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>For any county which began the reimposition of a tax authorized by this article on April 1, 2013, and reimposed the tax at the 2016 General Election:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="28049611" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the reimposed tax that commenced on April 1, 2013, is extended until April 30, 2020; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5E647E54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the commencement of the tax that was reimposed at the 2016 General Election is delayed until May 1, 2020, and expires on April 30, 2027.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="018853E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2CDE5726" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2018 Act No. 155 (S.1038), § 1, eff April 17, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="34237D98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="139E222B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="13A647D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Education Capital Improvements Sales and Use Tax Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5113DC91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="132823A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-410. Citation of act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="611BA46F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This act may be cited as the "Education Capital Improvements Sales and Use Tax Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="58FEEE0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="27C86ACE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 316, § 1, eff upon approval (became law without the Governor's signature on June 12, 2008).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4AB05BAC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6DC258D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-415. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="561F1D4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>For purposes of this article, the following terms and words are defined as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1E2DF01D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Area commission" means the governing body, however described, of a technical college under the jurisdiction of the State Board for Technical and Comprehensive Education which has a campus located in the county which contains the site of a capital improvement financed by revenue of the tax authorized pursuant to this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="15E9BF52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "School district board of trustees" means the governing body of a school district.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7EAF2F5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "County" means a county within which the sales and use tax authorized by this article is imposed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0590ED8A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "County auditor" means the county auditor of the county.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5043F661" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "County treasurer" means the county treasurer of the county.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5AF37C6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Election authority" means the authority charged with the conduct of countywide elections within the county.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1A8321F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Higher education board of trustees" means the governing body of a public institution of higher learning, other than a technical college, as defined in Section 59-103-5, which has a campus located in the county which contains the site of a capital improvement financed by revenue of the tax authorized pursuant to this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1CFCBEE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) "Memorandum of agreement" means a written document executed by the school district board of trustees and the area commission or higher education board of trustees, or both of these entities, to provide for the school district's sharing of the revenue of the tax authorized pursuant to this article. The agreement must contain, inter alia, the revenue distribution formula expressed in percentages and the specific capital improvement projects for which the shared revenue must be used. The memorandum of agr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>eement is not effective unless it has been ratified by a recorded vote of at least two-thirds of the membership of the school district board of trustees and a recorded vote of at least two-thirds of the membership of the area commission or higher education board of trustees, or both, as applicable. When ratified by all parties and incorporated into the resolution adopted by the school district board of trustees, the memorandum of agreement is binding on all parties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="032198F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2CBFF032" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 316, § 1, eff upon approval (became law without the Governor's signature on June 12, 2008).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1FA9F8C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0ABC0D70" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-420. Authority to impose county sales and use tax; sharing revenues among school districts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5C0E1F40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Subject to the requirements of this article, there may be imposed a one percent sales and use tax within a county for specific education capital improvements for the school district or school districts listed in the referendum question as provided pursuant to Section 4-10-425(C). Pursuant to a memorandum of agreement, a portion of the revenue of the tax may be shared with and distributed to the area commission or higher education board of trustees, or both such governing bodies for specific education c</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>apital improvements on the campus or campuses of the recipient governing body located in the county as listed in the referendum question pursuant to Section 4-10-425(C). The proceeds of the tax must be distributed as provided in this article. The boards of trustees of the school districts, in the resolution adopted pursuant to Section 4-10-425, shall provide specific capital improvement projects for which the proceeds of the tax distributed to those school districts must be expended. Where an area commissio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>n or higher education board of trustees shares in the revenues, the resolution must incorporate the memorandum of agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6A179F65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A school district board of trustees shall use the school district's share of the distribution only to pay for those capital improvements provided in the resolution and included in the referendum question directly, or to service general obligation debt incurred by the districts for such improvements, or a combination of these purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2FC32BB1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>An area commission or higher education board of trustees, or both, shall use its share of the distribution only to pay for its capital improvements provided in the memorandum of agreement and included in the referendum question directly, or to replace tuition revenues pledged to service state institution bonds issued for such improvements, for some other applicable method of financing capital improvements provided by law, or a combination of these purposes. If any necessary approvals required by law for th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>e issuing of state institution bonds or other method of financing are not forthcoming, the area commission and higher education board of trustees, as appropriate, shall then use the revenue for the projects approved to the extent possible and may prioritize among their projects for their completion.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="01AF3779" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)(1) The tax allowed by this article may not be imposed in a county in which there is currently imposed or scheduled to be imposed a local sales and use tax for public school capital improvements authorized pursuant to any local law enacted by the General Assembly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="16207D7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(2) Notwithstanding any other provision of law, a local sales and use tax for public school capital improvements authorized by a local law enacted by the General Assembly may not be imposed in a county while the tax authorized pursuant to this article is imposed in that county.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="105CB208" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="55109B2F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 316, § 1, eff upon approval (became law without the Governor's signature on June 12, 2008).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3B1C6C08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="67EDDDBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-425. Procedure for imposing tax; referendum; ballot.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1CA83243" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The tax authorized by this article may be imposed in the county upon the adoption of an approving resolution by the board of trustees of a school district, and the subsequent approval of the imposition of the tax by referendum open to all qualified electors residing in the county in which the question includes each specific education capital improvement included in the resolution and any incorporated memorandum of agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0ECE2633" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The approving resolution must specify some period, stated in calendar years, not to exceed fifteen years, for which the tax must be imposed, the date of the referendum, and the question to appear on the referendum ballot. The approving resolution, upon adoption, must be forwarded to the election authority. The referendum required by this article may only be conducted in even-numbered years at the time of the general election.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7F538A3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Upon receipt of a resolution from the board of trustees of a school district, the election authority shall conduct a referendum on the question of imposing the tax in the county. Notice of the election must be provided in the manner provided by the general election law and include the question to be voted upon in the referendum. Expenses of the referendum must be paid by the school district or school districts for which the referendum is being held.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6EC802B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The ballot to be voted upon in the referendum must read substantially as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="346F54AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>EDUCATION CAPITAL IMPROVEMENTS SALES AND USE TAX ACT REFERENDUM FOR ____________ COUNTY</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="53630F47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Must a special one percent sales and use tax be imposed in _____ County for not more than ____ years with the revenue of the tax used to pay, directly or indirectly, the cost of the following education capital improvement projects in _____________ County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3465A874" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) _____________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="39211F65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) _____________ etc.?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1CFFF836" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Yes []</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0B42AD8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>No []</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="46C55BF5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Those voting in favor of the question shall deposit a ballot with a check or cross mark in the square after the word "Yes", and those voting against the question shall deposit a ballot with a check or cross mark in the square after the word "No".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="01A67C7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The ballot may contain a short explanation of the question to be voted upon in this referendum.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5B1FF89C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Upon receipt and certification of the returns of the referendum, the election authority shall by resolution certify the results of the referendum by resolution and within ten days thereafter file the resolution with the clerk of court for the county and with the South Carolina Department of Revenue. The result of the referendum, as declared by resolution of the election authority and as filed with the clerk of court, is not open to question except by a civil action instituted in the county within twent</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>y days of the filing of the resolution. If a majority of the total votes cast is in favor of imposing the tax, then the tax is imposed as provided in this section; otherwise the tax is not imposed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="402738A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6E1C42F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 316, § 1, eff upon approval (became law without the Governor's signature on June 12, 2008).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="357C0B8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="402CD523" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-430. Commencement and termination.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2DABD57D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) If the tax is approved in the referendum, the tax must be imposed beginning upon the first day of the fourth full month following the filing of the declaration of results of the referendum with the Department of Revenue.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2915E643" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The tax terminates upon the earlier of:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="56515479" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the final day of the maximum time specified for the imposition; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7553EF16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) sixty days following the filing with the Department of Revenue of certified copies of a resolution adopted by the board of trustees of the school district requesting termination of the tax. Where revenues of the tax are shared pursuant to a memorandum of agreement as provided pursuant to Section 4-10-420, the termination resolution must be adopted by all parties to the memorandum of agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="317F82EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4DC1422D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 316, § 1, eff upon approval (became law without the Governor's signature on June 12, 2008).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1CC0BF46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7B9609E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-435. Collection and administration by Department of Revenue.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="56E9319C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The tax levied pursuant to this article must be administered and collected by the Department of Revenue in the same manner that other sales and use taxes are collected. The Department of Revenue may prescribe the amounts which may be added to the sales price because of the tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7EFE1390" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The tax authorized by this article is in addition to all other local sales and use taxes and applies to the gross proceeds of the sales in the county which are subject to the tax imposed by Chapter 36 of Title 12 and the enforcement provisions of Chapter 54 of Title 12. The gross proceeds of the sale of items subject to a maximum tax in Chapter 36 of Title 12 are exempt from the tax imposed by this article. The gross proceeds of the sale of unprepared food items which may lawfully be purchased with Uni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ted States Department of Agriculture food coupons are exempt from the tax imposed by this article. The tax imposed by this article also applies to tangible personal property subject to the use tax in Chapter 36 of Title 12.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3BB16A32" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Taxpayers required to remit use taxes under Chapter 36 of Title 12 shall identify the county in which the tangible personal property purchased at retail is stored, used, or consumed in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1E2BB61B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Utilities are required to report sales in the county in which consumption of the tangible personal property occurs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="47F319DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) A taxpayer subject to the tax imposed by Section 12-36-920 who owns or manages rental units in more than one county shall separately report in his sales tax return the total gross proceeds from business done in each county.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7373C8F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(F) The gross proceeds of sales of tangible personal property delivered after the imposition date of the tax levied under this article in the county, either under the terms of a construction contract executed before the imposition date, or a written bid submitted before the imposition date, culminating in a construction contract entered into before or after the imposition date, are exempt from the special local sales and use tax provided in this section if a verified copy of the contract is filed with the D</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>epartment of Revenue within six months after the imposition of the special local sales and use tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="45513AD2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) Notwithstanding the imposition date of the sales and use tax authorized pursuant to this article, with respect to services that are regularly billed on a monthly basis, the sales and use tax is imposed beginning on the first day of the billing period beginning on or after the imposition date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D746CDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="10D93CAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 316, § 1, eff upon approval (became law without the Governor's signature on June 12, 2008).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="77B6E094" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3620B529" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-440. Remitting revenues to State Treasurer; distribution and use of proceeds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="00D09247" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The revenues of the sales and use tax collected under this article must be remitted to the State Treasurer and credited to a fund separate and distinct from the general fund of the State. If revenue of the tax is shared, the school district shall forward a certified copy of the resolution and an incorporated memorandum of agreement to the State Treasurer. After deducting the amount of refunds made and costs to the Department of Revenue of administering the tax, not to exceed one percent of the revenues</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>, the State Treasurer shall distribute the revenues monthly as provided pursuant to subsection (B) of this section. The State Treasurer may correct misallocation costs or refunds by adjusting proportionately subsequent distributions, but these adjustments must be made in the same fiscal year as the misallocation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="600E95EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The State Treasurer shall distribute proceeds of the tax due the school district to the county treasurer for the benefit of the school district. If revenues are shared, any revenue due the area commission or higher education board of trustees, or both of these entities, must be distributed by the State Treasurer monthly to approved accounts of those entities. All such distributions must be proportionately reduced by amounts attributable to refunds and administration as provided pursuant to subsection (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>A) of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="04ADDD7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Except as provided in Section 4-10-445, withdrawals by a school district of tax proceeds from the county treasurer must be made in the same manner as are funds appropriated to the school districts by the State. Pending these withdrawals, taxes must be deposited in an account for the school district, separate and distinct from accounts established for any other purpose, and investment earnings derived from monies in such an account must be credited to the account. The school district shall maintain reco</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>rds which demonstrate that tax proceeds are spent only for the purposes as approved by its board of trustees and in accordance with this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="473D0458" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The proceeds of the sales and use tax paid to the county treasurer for the benefit of a school district must be applied only for the purposes set forth in the resolution adopted pursuant to Section 4-10-425.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5477C94D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0CFDE5D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 316, § 1, eff upon approval (became law without the Governor's signature on June 12, 2008).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2E82EB42" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2C514B1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-445. Application of proceeds to debt service.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6C7C0704" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(A) If a school district has provided in its resolution adopted pursuant to Section 4-10-425, that any portion of the proceeds of the sales and use tax allocated to it must be applied to debt service on general obligation bonds, the school district shall notify the county treasurer in writing no later than the first day of August of each year of the amount of sales and use taxes to be applied to offset the debt service millage levy for such general obligation bonds. The amount so specified must not exceed </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>the amount of sales and use tax proceeds held by the county treasurer for the school district as of the June thirtieth immediately preceding such first day of August. The notice applies only to debt service payments to be made in the eighteen-month period following that June thirtieth.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1B93A848" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Upon receipt of notice from a school district pursuant to this section, the county treasurer shall certify to the county auditor, by the fifteenth day of August of the amount of sales and use taxes designated by the school district for application to general obligation bond debt service payments. The county auditor shall reduce the next levy of property taxes required to pay debt service on such general obligation bonds by the amount of sales and use tax revenues certified as held by the county treasurer a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>nd designated by the school district for the purpose. This amount of sales and use taxes thereafter must not be released to the school district, but must be held by the county treasurer to pay debt service on general obligation bonds. However, any sales and use taxes held by the county treasurer in excess of the amounts designated by the school district for payment of debt service on such general obligation bonds must be expended as directed by the school district in accordance with this article. Any invest</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ment earnings derived from the sales and use tax must be expended as directed by the school district in accordance with this article. Any sales and use taxes allocated to a school district and not required to accomplish the purposes described in the resolution of the school district adopted pursuant to Section 4-10-425 may be applied to debt service on any general obligation bonds of the school district.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="78687AFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(B) If the school district presents the county treasurer with a surety bond or letter of credit from a financial institution which is rated in one of the two highest rating categories by two national ratings agencies, the county treasurer may treat the amount available under such surety as if it were taxes held by the county treasurer and shall provide the certificate called for in the foregoing paragraph to the auditor by including the amount available under the surety or letter of credit so long as such </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>amount is not in excess of ninety percent of the actual sales and use taxes allocated to the school district in the prior fiscal year, or which would have been allocated if the sales and use tax had been in force for all of the prior fiscal year. The county auditor shall reduce the next levy of ad valorem property taxes required to pay debt service on bonds to which the tax is applicable by the amount so certified by the county treasurer. If the sales and use taxes thereafter allocated to the school distric</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>t are less than the amount required to pay debt service on bonds during the eighteen-month period established in Section 4-10-445(A), the county treasurer shall draw upon the surety to provide for timely payment of such general obligation bonds. The costs of such surety, including any reimbursements for payments thereon, are deemed to be part of the debt service requirements for such general obligation bonds covered by such surety and may be paid from amounts available in the fund created in accordance with</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Section 4-10-445(A). Any reimbursement to the financial institution providing such surety may be paid from the fund from taxes collected in the year after any draw.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="60565B76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="662D8196" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 316, § 1, eff upon approval (became law without the Governor's signature on June 12, 2008).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="015DD603" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="314A56D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-450. Availability of data to calculate distributions and estimate revenues.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="45965874" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Department of Revenue shall furnish data to the State Treasurer and to a school district and others receiving tax revenues pursuant to this article for the purpose of calculating distributions and estimating revenues. The information which must be supplied to the school district upon request includes, but is not limited to, gross receipts, net taxable sales, and tax liability by taxpayers. Information about a specific taxpayer is considered confidential and is governed by the provisions of Section 12-5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>4-240. A person violating this section is subject to the penalties provided in Section 12-54-240.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5ABC7A9B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="43AB2FB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 316, § 1, eff upon approval (became law without the Governor's signature on June 12, 2008).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="77BC6D5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0E082785" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-460. Renewal or reimposition of tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3E0BEC89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The tax authorized in this article may be renewed and imposed within a county in the same manner as proceedings for the initial imposition of the tax. A referendum on the question of reimposition of a tax must not be held earlier than within the calendar year which is two years before the calendar year in which the tax then in effect is scheduled to terminate, but any reimposition is effective immediately upon the termination of the tax previously imposed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CC9B4D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3D31A2E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 316, § 1, eff upon approval (became law without the Governor's signature on June 12, 2008); 2014 Act No. 290 (S.940), § 2, eff June 24, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="57592CDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Effect of Amendment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="06CE8027" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>2014 Act No. 290, § 2, substituted "earlier than within the calendar year which is two years before the calendar year in which" for "more than two years before the date upon".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1D83AFA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="145969F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-470. Counties in which sales and use tax may be imposed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3D477494" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The Education Capital Improvements Sales and Use Tax authorized by this article may only be imposed in counties which have collected at least seven million dollars in state accommodations taxes as imposed pursuant to Section 12-36-920(A) in the most recent fiscal year for which full collection figures are available. Once a county meets this threshold it thereafter remains eligible to impose this tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5BA1FFE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)(1) The Education Capital Improvements Sales and Use Tax authorized by this article also may be imposed in a county without regard to the requirements of subsection (A) if:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2D6EE9F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) at the time of the referendum, no portion of the county in which the tax is to be imposed is subject to more than two percent total local sales tax; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2A00A7E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the county in which the tax is to be imposed is encompassed completely by one entire school district, and that school district also extends into one adjacent county.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6260452F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Notwithstanding any other provision of this article, if the Education Capital Improvements Sales and Use Tax is imposed pursuant to this subsection, then:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3C742884" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) stated in calendar years, the tax may not be imposed for more than ten years;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="70178FF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(b) at least ten percent of the proceeds must be used to provide a credit against existing debt service millage on general obligation bonds in the same manner as in item (3) with the applicable adjustment to the numerator. The offset only may be applied within the county, and not to the portion of the adjacent county, in a manner similar to item (3); and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="216F57A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) the total debt service on bonds issued by the school district resulting from the imposition, net of any premium or accrued interest, shall not exceed ninety percent of the total amount of Education Capital Improvements Sales and Use Tax proceeds estimated to be allocated to the school district during the imposition, minus any amounts dedicated to the credit required pursuant to subitem (b). The Board of Economic Advisors shall provide the estimate of the total amount.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="15995EB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(3)(a) The revenues allotted to the district must be used to provide a nonrefundable credit against the millage imposed for debt service to service bonds issued by the district resulting from the imposition, on property taxable in the county only. The amount of the credit is determined by multiplying the value of the taxable property, before the exemption provided in Section 12-37-250, by a fraction in which the numerator is the total estimated revenue allotted to the district during the applicable fiscal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>year of the district minus the amounts set forth in item (2), and the denominator is the total of the property tax value of taxable property in the county as defined pursuant to Section 12-37-3135(5), including the value exempted in Section 12-37-250, in the district as of January first of the applicable property tax year. For motor vehicles subject to the payment of property taxes pursuant to Article 21, Chapter 37, Title 12, the credit provided pursuant to this subsection applies against the tax liability</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> for motor vehicle tax years beginning after December of the year in which the credit is calculated. The credit applies first against the liability arising from millage imposed for debt obligations for schools, and then against any liability arising from school operations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="12B784E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) The credit provided by this article is in addition to any credits allowed pursuant to Article 1 of this chapter, and to the extent that there is unused credit, then the credit provided by this article may be applied proportionately against other property tax liability.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="25442105" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) Before the provisions of subitem (b) apply, an amount equal to the credit that would apply against the property tax liability for school operations imposed on an owner-occupied residence but for the exemption allowed pursuant to Section 12-37-220(B)(47) is allowed as a credit to be applied proportionately against all nonschool-related property tax otherwise due on the residence.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3F85BC49" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) If proceeds from the imposition are unused after the termination of the tax, then the unused funds must be used to provide a credit in the same manner as provided in subitem (a) over the next three property tax years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="404ED290" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Notwithstanding any other provision of law, if, within a county there is imposed the Education Capital Improvements Sales and Use Tax pursuant to this subsection, then no other local sales tax may be imposed in that county if the subsequent imposition causes the total sales tax to exceed two percent in any portion of the county. This limitation applies so long as this subsection is utilized to impose the Education Capital Improvements Sales and Use Tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="17E483C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) Notwithstanding any other provision of law, if the tax imposed pursuant to this subsection and another sales tax are approved at the same referendum, and the approval of both subjects any portion of the county to more than two percent total local sales tax, then only the tax whose approving resolution was adopted first may be imposed, and the other tax is deemed to not have been approved.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="44E27BE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) For purposes of this subsection, a sales tax is a tax levied pursuant to this chapter, pursuant to Chapter 37, Title 4, or pursuant to any local law enacted by the General Assembly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="791B890D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Notwithstanding any other provision of this section, the Education Capital Improvements Sales and Use Tax authorized by this article also may be imposed in a county so long as the county or school district imposed a local sales and use tax to fund education capital improvements on January 1, 2014. The Education Capital Improvements Sales and Use Tax may be imposed pursuant to this subsection at any time after the local sales and use tax terminates.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="21A3B11B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The Education Capital Improvements Sales and Use Tax authorized by this article also may be imposed in a county which does not meet the collection requirements of subsection (A) so long as:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="467517F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the county only has one school district which encompasses the entire county area in which the tax is to be imposed; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="02BE859A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the county collected at least one million dollars in state accommodations taxes as imposed pursuant to Section 12-36-920(A) in the most recent fiscal year for which full collection figures are available. Once a county meets this threshold, it thereafter remains eligible to impose this tax pursuant to this subsection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0FEF8183" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E)(1) The Education Capital Improvements Sales and Use Tax authorized by this article also may be imposed in a county which does not meet the collection requirements of subsection (A) so long as the county in which the tax is to be imposed:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="352D5EB9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(a) is comprised of more than one school district and the county has a county board of education; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="04587A91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) has no other local sales tax imposition at the time of the referendum.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="11D4F563" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Notwithstanding any other provision of this article, if the Education Capital Improvements Sales and Use Tax is imposed pursuant to this subsection, then:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3B1E4A5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) at least ten percent of the proceeds must be used to provide property tax relief by using the proceeds to offset the existing debt service millage levy on general obligation bonds pursuant to Section 4-10-445; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="493EEED5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the tax revenue distributed to each district must be in the proportion that the district's average daily membership (ADM) attributes to the total ADM of all the school districts in the county, limited to ADM attributable to the county.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3F582E97" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) The resolution required pursuant to Section 4-10-425 must be agreed to by a majority vote of the board of trustees of each school district located in whole or in part in the county.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="45FDB525" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) For purposes of this subsection, a sales tax is a tax levied pursuant to this chapter, pursuant to Chapter 37, Title 4, or pursuant to any local law enacted by the General Assembly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1B676B0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) Once a county meets the provisions of item (1) and imposes the Education Capital Improvements Sales and Use Tax, it thereafter remains eligible to impose this tax pursuant to this subsection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="28C46AD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The Education Capital Improvements Sales and Use Tax authorized by this article also may be imposed in a county which does not meet the collection requirements of subsection (A) so long as:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="09AD3E64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(1) immediately prior to the imposition date, if approved, the county is imposing the local option sales tax imposed pursuant to Article 1, and the county had not imposed that tax for twenty years or more as of the date the imposition of the education capital improvements sales tax authorized in this article was first proposed in that county in a 2014 referendum, in which any portion of a calendar year counts as a year, and no other local sales and use tax that is administered by the Department of Revenue </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>is imposed in the county; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="518888A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the county collected at least one hundred thousand dollars in state accommodations taxes as imposed pursuant to Section 12-36-920(A) in the most recent fiscal year for which full collection figures are available.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="61749B54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Once a county meets the provisions of item (1) and the threshold in item (2), it thereafter remains eligible to impose this tax pursuant to this subsection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="011DCCC2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="048C702C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 316, § 1, eff upon approval (became law without the Governor's signature on June 12, 2008); 2014 Act No. 290 (S.940), § 1, eff June 24, 2014; 2016 Act No. 182 (S.1233), § 1, eff May 25, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="42B57CEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Effect of Amendment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2E5B76AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>2014 Act No. 290, § 1, added subsection designator (A), and added subsections (B) through (F).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="326EFD6C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>2016 Act No. 182, § 1, in (F)(1), substituted "had not" for "has not", and inserted reference to the education capital improvements sales tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2126B044" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6F648618" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="64362510" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Personal Property Tax Exemption Sales Tax Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="27CA1AC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="277202D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-510. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="07C91679" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This article may be cited as the "Personal Property Tax Exemption Sales Tax Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="22DBA84F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1AE0980D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 387, Part II, § 99A, eff March 6, 2001.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="48F74198" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2F0F40DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-520. Purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="42F5DDF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This article provides the only method in which the governing body of a county by ordinance may exempt private passenger motor vehicles, motorcycles, general aviation aircraft, boats, and boat motors from property taxes levied in the county as provided in Section 3, Article X of the Constitution of this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="28BB67D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="28560FDB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 387, Part II, § 99A, eff March 6, 2001.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="63C49D0D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="270E5060" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-530. Meaning of "county".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4F12B50A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this article, a county has the meaning provided for "county areas" in Section 4-10-10(1).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2A84BA77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="52C4436A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 387, Part II, § 99A, eff March 6, 2001.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7192679B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="555FCB98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-540. Imposition of sales and use tax to replace vehicle tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4311E754" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Subject to the requirements of this article, the county council by ordinance may impose a sales and use tax in increments of one-tenth of one percent, not to exceed two percent, subject to referendum approval. The rate of the tax must be set at an amount expressed in tenths of one percent estimated to be sufficient to produce revenues that do not exceed those necessary to replace private passenger motor vehicle, motorcycle, general aviation aircraft, boat, and boat motor property tax revenue in the cou</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>nty in the most recently completed fiscal year, but in no case more than two percent. The county council must obtain from the Board of Economic Advisors the board's certified estimate of the rate of sales and use tax necessary in the county to equal property tax revenues derived from private passenger motor vehicles, motorcycles, general aviation aircraft, boats, and boat motors in the latest completed fiscal year. If this rate exceeds two percent, the maximum rate the board may certify is two percent. This</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> certified rate is the rate of tax that must appear in the referendum question. If the revenue of a two percent tax does not at least equal the revenue not collected, then for the first year of implementation, the shortfall must be made up by a distribution to the county from the Trust Fund for Tax Relief, and this distribution is considered additional sales tax revenue pursuant to this article. Thereafter, this distribution must be adjusted by an amount equal to any increase in the consumer price index in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>the most recently completed calendar year, but in no case may this distribution result in a reimbursement to a county that exceeds the personal property tax revenue not collected because of the exemption allowed by this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="19B5A27A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve">(B) If the property tax assessment ratio applicable to private passenger motor vehicles and motorcycles is reduced, then for a county where the tax allowed by this article is imposed, the board shall certify a new tax rate applying the reduced assessment ratio to the assessed value of vehicles in the county in the most recently completed fiscal year, using the millage applicable for that fiscal year, and calculate a tax rate sufficient to produce that revenue in a fiscal year plus the revenue not collected </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>because of the exemption for general aviation aircraft, boats, and boat motors from the original calculation, not to exceed two percent. This new rate applies effective beginning with the month the assessment ratio changes and continues to apply while that assessment ratio applies or until the tax is rescinded.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="79518E3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0DFE9A65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 387, Part II, § 99A, eff March 6, 2001.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2DB48C5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6752B343" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-550. Ordinance and referendum; certification of results.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2C7A43F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The sales and use tax authorized by this article is imposed by an enacting ordinance of the county council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0EFFFF1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Upon receipt of the ordinance, the county election commission shall conduct a referendum on the question of imposing the sales and use tax. A referendum for this purpose must be held at the time of the general election. Two weeks before the referendum the election commission shall publish in a newspaper of general circulation the question that is to appear on the ballot. This notice is in lieu of any other notice otherwise required by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="74F0E366" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The referendum question to be on the ballot must read substantially as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2EFB3C76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>"Must a (rate) sales and use tax be imposed in (county) to replace property tax revenues not collected because of a one hundred percent property tax exemption for private passenger motor vehicles, motorcycles, general aviation aircraft, boats, and boat motors otherwise taxable in the county?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4992CB59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Yes [ ]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7D13A07E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>No [ ]"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="078725CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) All qualified electors desiring to vote in favor of imposing the tax shall vote "Yes" and all qualified electors opposed to imposing the tax shall vote "No". If a majority of the votes cast are in favor of imposing the tax, then the tax is imposed as provided in this article and beginning for motor vehicle tax years beginning on and after that date, and all other property tax years beginning after the year in which the referendum is held, all private passenger motor vehicles as defined in Section 56-3-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>630, motorcycles, general aviation aircraft, boats, and boat motors otherwise taxable in the county are exempt from property taxes levied in the county. The election commission shall conduct the referendum under the election laws of this State, mutatis mutandis, and shall certify the result no later than December thirty-first to the county governing body and to the Department of Revenue.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="681D547F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) Upon receipt of the returns of the referendum, the county council, by resolution, shall declare the results thereof. The results of the referendum may not be questioned except by a suit or proceeding instituted within thirty days from the date the resolution is adopted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4109D07B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="15A62E7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 387, Part II, § 99A, eff March 6, 2001.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7F56E2EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="34AAC3C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-560. Date of imposition.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4D289F43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If the sales and use tax is approved in the referendum, the tax is imposed on the first of July following the date of the referendum. If the certification is not timely made to the Department of Revenue, the imposition and property tax exemption is postponed for twelve months.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="17B5B60F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1C1E7F73" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 387, Part II, § 99A, eff March 6, 2001.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="24AC8241" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="74BCC2A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-570. Petition to rescind; referendum.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4B4D276A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Upon petition of at least fifteen percent of the qualified electors of a county presented to the county council of the county which has implemented the sales and use tax authorized by this article requesting that this tax be rescinded, the council shall direct the county election commission to conduct a referendum on the question of rescinding the sales and use tax. A referendum for this purpose must be held on the Tuesday following the first Monday in November following verification of the petition. T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>wo weeks before the referendum the election commission shall publish in a newspaper of general circulation the question that is to appear on the ballot. This notice is in lieu of any other notice otherwise required by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="18AFFF43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The referendum question to be on the ballot must read substantially as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="61BEA95A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>"Must the (rate) sales and use tax imposed in (county) be rescinded with the revenue not collected replaced by extending the property tax to private passenger motor vehicles, motorcycles, general aviation aircraft, boats, and boat motors previously not subject to property tax in this county?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1C8BD238" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Yes [ ]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="33DB799C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>No [ ]"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="47ED80E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C)(1) All qualified electors desiring to vote in favor of rescinding the tax shall vote "Yes" and all qualified electors opposed to rescinding the tax shall vote "No". If a majority of the votes cast are in favor of rescinding the tax, then the tax is rescinded effective July first following the referendum and property taxes apply to all private passenger motor vehicles, motorcycles, general aviation aircraft, boats, and boat motors taxable in the county for motor vehicle tax years beginning after June 30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> following the referendum and other property tax years beginning after the year in which the referendum is held. The election commission shall conduct the referendum under the election laws of this State, mutatis mutandis, and shall certify the result no later than December thirty-first to the county council. If a majority "Yes" vote is certified, it must be certified to the Department of Revenue by the same date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="389F00A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Upon receipt of the return of the referendum, the county council shall declare the results thereof by resolution. The results of the referendum may not be questioned except by a suit or proceeding instituted within thirty days from the date the resolution is adopted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1A60C24C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(D) A referendum for rescission of this tax may not be held earlier than two years after the tax has been imposed in the county. If a majority of the qualified electors voting in the rescission referendum vote against rescinding the tax, no further rescission referendums may be held for a period of two years. If a majority of the qualified electors vote in favor of rescinding the tax, the tax may not be reimposed in the county for a period of two years. The petition requesting rescission must be presented </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>to the county governing body at least one hundred twenty days before the Tuesday following the first Monday of November of that year or the referendum must be held on the Tuesday following the first Monday of November of the following year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="34689C16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="16F4B9B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 387, Part II, § 99A, eff March 6, 2001.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="23FAE144" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4A755679" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-580. Administration and collection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="32195F2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The tax levied pursuant to this article must be administered and collected by the Department of Revenue in the same manner that other sales and use taxes are collected. The department may prescribe amounts that may be added to the sales price because of the tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5D14B439" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The tax authorized by this article is in addition to all other local sales and use taxes and applies to the gross proceeds of sales in the applicable area that is subject to the tax imposed by Chapter 36 of Title 12 and the enforcement provisions of Chapter 54 of Title 12. The gross proceeds of the sale of items subject to a maximum tax in Chapter 36 of Title 12 are exempt from the tax imposed by this article. The tax imposed by this article also applies to tangible personal property subject to the use</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> tax in Article 13, Chapter 36 of Title 12.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="35B3384A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Taxpayers required to remit taxes under Article 13, Chapter 36 of Title 12 shall identify the county in which the personal property purchased at retail is stored, used, or consumed in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="702247FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(D) Utilities shall report sales in the county in which the consumption of the tangible personal property occurs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6B8AEC0C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) A taxpayer subject to the tax imposed by Section 12-36-920, who owns or manages rental units in more than one county shall report separately in his sales tax return the total gross proceeds from business done in each county.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5F33E85C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The gross proceeds of sales of tangible personal property delivered after the imposition date of the tax levied under this article in a county, either under the terms of a construction contract executed before the imposition date, or a written bid submitted before the imposition date, culminating in a construction contract entered into before or after the imposition date, are exempt from the sales and use tax provided in this article if a verified copy of the contract is filed with the Department of Re</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>venue within six months after the imposition date of the sales and use tax provided for in this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="24CBD8AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) Notwithstanding the imposition date of the sales and use tax authorized pursuant to this chapter, with respect to services that are billed regularly on a monthly basis, the sales and use tax authorized pursuant to this article is imposed beginning on the first day of the billing period beginning on or after the imposition date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="03B1EE54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1DE0EAE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 387, Part II, § 99A, eff March 6, 2001.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="57A62EB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3A7ADB51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-590. Distribution of revenues.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5ADAE62A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The revenues of the tax collected under this article must be remitted to the Department of Revenue and placed on deposit with the State Treasurer and credited to a fund separate and distinct from the general fund of the State. After deducting the amount of any refunds made and costs to the Department of Revenue of administering the tax, not to exceed one percent of the revenues, the State Treasurer shall distribute the revenues quarterly to the county treasurer of the county in which the tax is imposed</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>. The State Treasurer may correct misallocations by adjusting subsequent distributions, but these adjustments must be made in the same fiscal year as the misallocations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="11F5CED4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Revenues of the tax must be distributed by the county treasurer to the general funds of property taxing entities in the county in the proportion that each such entity collects of all property taxes levied in the county.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5DB10EE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2BADE702" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 387, Part II, § 99A, eff March 6, 2001.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6070133B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="73922455" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-600. Availability of data to calculate distributions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7A05425B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Board of Economic Advisors shall furnish data to the State Treasurer and to the counties receiving revenues for the purpose of calculating distributions and estimating revenues. The information that must be supplied to counties upon request includes, but is not limited to, gross receipts, net taxable sales, and tax liability by taxpayers. Information about a specific taxpayer is considered confidential and is governed by the provisions of Section 12-54-240. A person violating this section is subject to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> the penalties provided in Section 12-54-240.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0908A2A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="36AF8606" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 387, Part II, § 99A, eff March 6, 2001.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6CDEFFA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="421196CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="31ABBE91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Local Option Sales and Use Tax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="15E2F350" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2885082E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>For Local Property Tax Credits</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3B844C41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="525FE4E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-720. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5D23BB62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this article:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5737C661" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(1) "Class of property" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>means property classified for property tax purposes as provided pursuant to Section 1, Article X of the Constitution of this State and as further permitted in Section 12-43-220. Property subject to a fee in lieu of property taxes, as defined in Chapter 12, Title 4 is not included in this definition of a class of property. All classes of property are provided a credit against property tax liability as provided in this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5C11C009" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Political subdivision" means a county, or a school district located wholly or partly within a county area, or both the county and a school district so located.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0CDB3191" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Property tax" means all property tax millage imposed for operating purposes by a political subdivision.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="469C3197" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Property tax liability" means the amount of tax due as a result of the imposition of property tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="62A9A295" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "RFA" means the Revenue and Fiscal Affairs Office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="39B8CD3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="20E971E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2006 Act No. 388, Pt III, § 1, eff January 1, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="39ADDD7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="21EF1520" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-730. Local option sales and use tax; credit against property tax liability.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="342D1AFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A)(1) Subject to the requirements of this article, the governing body of the county by a county council ordinance or by an initiated ordinance submitted to the governing body of the county by a petition signed by qualified electors of the county, equal in number to at least seven percent of the qualified electors of the county, may impose a sales and use tax in increments of one-tenth of one percent, not to exceed one percent, subject to referendum approval in order to provide a credit against property ta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>x imposed by a political subdivision for all classes of property subject to such tax. The ordinance may provide for a credit against the property tax liability for the county or the school district(s) in the county, or the property tax liability for both the county and the school district(s) in the county. An ordinance must be enacted or a petition initiating an ordinance must be presented to the county governing body at least one hundred twenty days before the Tuesday following the first Monday of November</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> of that year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="20BB14D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The rate of the tax must be set at an amount expressed in tenths of one percent estimated to be sufficient to produce revenues that do not exceed those necessary to replace property tax revenue in the county for the affected political subdivisions in the most recently completed fiscal year, but not more than one percent and must take into account reimbursements received by political subdivisions for property tax exemptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="37D38D6E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(3) If the county or municipality within the county has enacted a tax increment financing redevelopment plan, or other financing plan that relies upon property tax for its funding to retire indebtedness or pay for project costs, the rate of tax must be set in an amount that must consider full funding for the project or retirement of indebtedness, which must include compliance with any covenants in the governing documents authorizing this indebtedness or future indebtedness heretofore authorized by the tax </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>increment financing redevelopment plan that relies upon property tax for its funding for the amount that the sales tax would substitute for the property tax payments. The revenues of such tax attributable to the funding replacement for a tax increment redevelopment financing plan that relies upon property tax for its funding must be distributed by the county treasurer pursuant to Section 4-10-780.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4DCA3C0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) The governing body of the county shall obtain from RFA after RFA has obtained all information necessary to provide such estimate, a certified estimate of the rate of sales and use tax necessary in the county to equal the property tax not collected, and for the amount, if applicable, for the funding replacement for the tax increment financing redevelopment plan or other financing plan that relies upon property tax for its funding. This certified rate, not to exceed one percent, is the rate of tax that m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ust appear in the referendum question.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="338C956F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) A qualified elector of the county desiring to circulate a petition shall file a written request with the governing body of the county detailing the property tax liability or liabilities to which the credit will apply and the governing body shall forward the request to RFA, which shall design the petition form in consultation with the State Election Commission and calculate and certify the tax rate necessary to provide the credits proposed in the petition. The petition form and a copy of the certificati</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>on must be forwarded to the governing body of the county and the governing body shall provide the petition form to the qualified elector requesting the petition form.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="70625CA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(6) If competing petitions are timely filed with the governing body of the county and the signatures verified, the governing body may determine which petition initiated ordinance shall go on the ballot or it may substitute its own ordinance in lieu of any petition initiated ordinance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6965AF0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) If the sales and use tax authorized pursuant to this article is imposed in a county, then the sales and use tax revenue must be used to provide a credit against the property tax liability on all classes of property by the affected political subdivision.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2683E58F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5A896B1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2006 Act No. 388, Pt III, § 1, eff January 1, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C872C62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6CA90C47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-740. Referendum.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="035E3CFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Upon receipt of the ordinance, the county election commission shall conduct a referendum on the question of imposing the sales and use tax. A referendum for this purpose must be held on the first Tuesday after the first Monday in November in any year. Two weeks before the referendum, the election commission shall publish in a newspaper of general circulation the question that is to appear on the ballot. This notice is in lieu of any other notice otherwise required by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2D253FD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The referendum question to be on the ballot must read substantially as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="273FFD93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>"Must a (rate) sales and use tax be levied in _______ County for the purpose of allowing a credit for all classes of property against the property tax liability for [affected political subdivision(s)] operations?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="45DFC718" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Yes []</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="091A5FD0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>No []"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0207E08B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) All qualified electors desiring to vote in favor of imposing the tax shall vote "Yes" and all qualified electors opposed to imposing the tax shall vote "No". If a majority of the votes cast are in favor of imposing the tax, the tax is imposed as provided in this article, and beginning after the fiscal year in which the referendum is held, all classes of property in the county shall receive a credit against the property tax liability of the political subdivision. The election commission shall conduct th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>e referendum under the election laws of this State, mutatis mutandis, and shall certify the results no later than December thirty-first to the county governing body and to the Department of Revenue. The credit must be calculated in the manner provided pursuant to Section 4-10-40(B), mutatis mutandis.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="23DB3E77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Upon receipt of the returns of the referendum, the county council, by resolution, shall declare the results thereof. The results of the referendum may not be questioned except by a suit or proceeding instituted within thirty days from the date the resolution is adopted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="65C96F36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="720CDBB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2006 Act No. 388, Pt III, § 1, eff January 1, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2086656D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4A36F3DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-750. Subsequent referendum.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6159778F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) If the sales and use tax is approved in the referendum, the tax must be imposed by ordinance on the first of July following the date of the referendum. If the certification is not timely made to the Department of Revenue, the imposition of the tax and the property tax credits are postponed for twelve months.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="429C6D85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) If the sales and use tax is not approved in the referendum, the county governing body by ordinance, or seven percent of the qualified electors of the county, by an initiated ordinance submitted to the governing body of the county, may provide for a subsequent referendum held in the manner provided pursuant to Section 4-10-740, but such a referendum may be held only on the first Tuesday after the first Monday in November in any year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7E688DE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5FDC8863" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2006 Act No. 388, Pt III, § 1, eff January 1, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A6D5BA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1464BEDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-760. Referendum on question of rescinding tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="59EF534E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve">(A) Upon petition of at least seven percent of the qualified electors of a county presented to the county council of the county which has implemented the sales and use tax authorized by this article requesting that this tax be rescinded, the council shall direct the county election commission to conduct a referendum on the question of rescinding the sales and use tax. A referendum for this purpose must be held on the Tuesday following the first Monday in November following verification of the petition. Two </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>weeks before the referendum, the election commission shall publish in a newspaper of general circulation the question that is to appear on the ballot. This notice is in lieu of any other notice otherwise required by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6A6F847C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The referendum question to be on the ballot must read substantially as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0848996B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>"Must the (rate) sales and use tax levied in __________ County for the purpose of allowing a credit for all classes of property against the property tax liability imposed for [affected political subdivision(s)] operations be rescinded?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0B6282BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Yes []</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="789EFD54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>No []"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3A7E94FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C)(1) All qualified electors desiring to vote in favor of rescinding the tax shall vote "Yes" and all qualified electors opposed to rescinding the tax shall vote "No". If a majority of the votes cast are in favor of rescinding the tax, the tax is rescinded effective July first following the referendum and the applicable property taxes apply without credit beginning after the year in which the referendum is held. The election commission shall conduct the referendum under the election laws of this State, mu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>tatis mutandis, and shall certify the result no later than December thirty-first to the county council. If a majority "Yes" vote is certified, it must be certified to the Department of Revenue by the same date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1B4527D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Upon receipt of the return of the referendum, the county council shall declare the results thereof by resolution. The results of the referendum may not be questioned except by a suit or proceeding instituted within thirty days from the date the resolution is adopted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="63E30F1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(D) A referendum for rescission of this tax may not be held earlier than two years after the tax has been imposed in the county. If a majority of the qualified electors voting in the rescission referendum vote against rescinding the tax, no further rescission referendums may be held for a period of two years. If a majority of the qualified electors vote in favor of rescinding the tax, the tax may not be reimposed in the county for a period of two years. The petition requesting rescission must be presented </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>to the county governing body at least one hundred twenty days before the Tuesday following the first Monday of November of that year or the referendum must be held on the Tuesday following the first Monday of November of the following year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="67C9D7CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="32DD3262" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2006 Act No. 388, Pt III, § 1, eff January 1, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0F9839DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="59CAD046" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-770. Collection process.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2B0687EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The tax levied pursuant to this article must be administered and collected by the Department of Revenue in the same manner that other sales and use taxes are collected. The department may prescribe amounts that may be added to the sales price because of the tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="08364EEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)(1) The tax authorized by this article is in addition to all other local sales and use taxes and applies to the gross proceeds of sales in the applicable area that is subject to the tax imposed by Chapter 36 of Title 12 and the enforcement provisions of Chapter 54 of Title 12.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="45B215AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(2) The tax imposed by this article also applies to tangible personal property subject to the use tax in Article 13, Chapter 36 of Title 12.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2DB5069B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Any additional local sales and use tax imposed by this article does not apply to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5419108A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) amounts taxed pursuant to Section 12-36-920(A), the tax on accommodations for transients;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="60BFDC75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) items subject to a maximum sales and use tax pursuant to Section 12-36-2110; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6E7ED477" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) unprepared food that may be lawfully purchased with United States Department of Agriculture food coupons.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="497D092D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Taxpayers required to remit taxes under Article 13, Chapter 36 of Title 12 shall identify the county in which the personal property purchased at retail is stored, used, or consumed in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7CEC2879" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Utilities shall report sales in the county in which the consumption of the tangible personal property occurs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6A7D80D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) A taxpayer subject to the tax imposed by Section 12-36-920, who owns or manages rental units in more than one county, shall report separately in his sales tax return the total gross proceeds from business done in each county.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="47ED066F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The gross proceeds of sales of tangible personal property delivered after the imposition date of the tax levied under this article in a county, either under the terms of a construction contract executed before the imposition date, or a written bid submitted before the imposition date, culminating in a construction contract entered into before or after the imposition date, are exempt from the sales and use tax provided for in this article if a verified copy of the contract is filed with the Department o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>f Revenue within six months after the imposition date of the sales and use tax provided for in this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="314D0933" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) Notwithstanding the imposition date of the sales and use tax authorized pursuant to this chapter, with respect to services that are billed regularly on a monthly basis, the sales and use tax authorized pursuant to this article is imposed beginning on the first day of the billing period beginning on or after the imposition date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B8361CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6FDC4691" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2006 Act No. 388, Pt III, § 1, eff January 1, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="128FB58A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="54430C7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-780. Distribution of revenues.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="66B453D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The revenues of the tax collected under this article must be remitted to the Department of Revenue and placed on deposit with the State Treasurer and credited to a fund separate and distinct from the general fund of the State. After deducting the amount of any refunds made and costs to the Department of Revenue of administering the tax, not to exceed one percent of the revenues, the State Treasurer shall distribute the revenues quarterly to the county treasurer of the county in which the tax is imposed</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>. The State Treasurer may correct misallocations by adjusting subsequent distributions, but these adjustments must be made in the same fiscal year as the misallocations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6B834B7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)(1) Revenues of the tax collected and deposited pursuant to subsection (A) of this section must be distributed by the county treasurer to the political subdivisions as determined by the ordinance establishing the referendum.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="63FECBD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The amount of the revenues of the tax collected that is attributable to the funding replacement for the tax increment financing redevelopment plan or other financing plan that relies upon property tax for its funding for a particular political subdivision must be distributed by the county treasurer to the political subdivision that has enacted this financing plan to be deposited into the special tax allocation fund or other similar fund of that political subdivision as may be required by the tax increm</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ent financing law, as applicable to counties or municipalities, or by other applicable law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4A3D2DEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(3) For counties in which there is more than one school district, the county treasurer shall distribute the revenues of the tax:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="620A2E4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) in direct proportion to the one-hundred-thirty-five-day average daily membership as referenced in Section 59-20-40(1)(a) for each of the school districts for the fiscal year immediately preceding that in which a distribution is made, as certified by the State Treasurer, upon advice of the State Department of Education;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="13E68772" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) pursuant to a distribution plan unanimously agreed upon by all entities with fiscal authority over the school districts within the county; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="49315BD0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) pursuant to a distribution plan authorized by local act of the General Assembly or local ordinance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="70BF5586" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) For school districts that are composed of more than one county, the county treasurer shall distribute the revenues of the tax:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="06CCC89A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) to the portion of the school district that resides in the county adopting the provisions of this article in proportion to the district's one-hundred-thirty-five-day average daily membership, as referenced in Section 59-20-40(1)(a), in comparison to the remainder of the school district outside of the county; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7B849741" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) pursuant to a distribution plan authorized by agreement of the multiple counties comprising the school district through local act of the General Assembly or local ordinance. For purposes of this section, the one-hundred-thirty-five-day average daily membership as referenced in Section 59-20-40(1)(a) excludes any student not residing in the county.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4A780BCC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3BD8B552" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2006 Act No. 388, Pt III, § 1, eff January 1, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4A7F52AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="600DFDAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-790. Calculating distributions and estimating revenues; use of data furnished by Department of Revenue.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2627EF55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Department of Revenue shall furnish data to the State Treasurer and to the applicable political subdivisions receiving revenues for the purpose of calculating distributions and estimating revenues. The information that must be supplied to political subdivisions upon request includes, but is not limited to, gross receipts, net taxable sales, and tax liability by taxpayers. Information about a specific taxpayer is considered confidential and is governed by the provisions of Section 12-54-240. A person vi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>olating this section is subject to the penalties provided in Section 12-54-240. The Revenue and Fiscal Affairs Office shall provide technical assistance to the applicable political subdivisions receiving revenues for the purpose of calculating distributions and estimating revenues.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3E979301" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1762289B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2006 Act No. 388, Pt III, § 1, eff January 1, 2007; 2018 Act No. 246 (H.3895), § 4, eff July 1, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1BC76F2B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Effect of Amendment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="02405F6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>2018 Act No. 246, § 4, in the first sentence, substituted "The Department of Revenue" for "The Revenue and Fiscal Affairs Office", and added the fifth sentence, requiring the Revenue and Fiscal Affairs Office to provide certain technical assistance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A4900A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="32DD716C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-800. Millage limits.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="22B4FA85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Nothing in this article in anyway alters the property tax millage limits imposed on political subdivisions pursuant to Section 6-1-320.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="49844D3C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="52CD2E7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2006 Act No. 388, Pt III, § 1, eff January 1, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A891152" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6A92CDC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-810. Revenues as one of local revenues used in computation of Education Improvement Act maintenance of local effort.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1144D81F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Where applicable, the actual revenues of the sales and use tax collected pursuant to this article that are used to provide a credit against the property tax liability for school operations must be considered, pursuant to the requirements of Section 59-21-1030, one of the local revenues used in computation of the required Education Improvement Act maintenance of local effort.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3F0D4C52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="35E18EDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2006 Act No. 388, Pt III, § 1, eff January 1, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5EEC9454" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="19A6592F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2B28C91C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Local Option Tourism Development Fee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7E2E57D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0F052E7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-910. Citation of article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4A27FBC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This article may be cited as the "Local Option Tourism Development Fee Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7EFADB69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="681BF03A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2009 Act No. 3, § 1, eff upon approval (became law without the Governor's signature on April 9, 2009).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="03F27E8F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="793F26CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-920. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="64EC15CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>For purposes of this article:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6F2B9B2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "County" means a county in which revenues of the state accommodations tax imposed pursuant to Section 12-36-920 have aggregated at least fourteen million dollars in a fiscal year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="59AD5022" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Fee" means the local option tourism development fee allowed to be imposed as provided in this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7AA584CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Municipality" means a municipal corporation created pursuant to Chapter 1, Title 5 or a municipal government as the use of the term dictates, located in a county as defined by subsection (1).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6697A720" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7EC94239" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2009 Act No. 3, § 1, eff upon approval (became law without the Governor's signature on April 9, 2009).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5591D167" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="60A44D23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-930. Imposition of fee; referendum and ballot; recision; filing results with Department of Revenue.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="05FC60C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Subject to the requirements of this article, a municipality may impose in the municipality a fee not to exceed one percent for not more than ten years for the purposes provided in Section 4-10-970 by:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="152CF36D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) an ordinance adopted by a supermajority of the municipal council which must be at least two-thirds of the members of a municipal council; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="10EA769F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the approval of a majority of qualified electors voting in a referendum held pursuant to this section called by a majority of the members of the municipal council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="78740163" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)(1) Upon the adoption of a resolution calling for a referendum by the municipal council, the municipal election commission in each municipality shall conduct a referendum on the first Tuesday ninety days after the adoption of the resolution on the question of implementing the fee within the municipality. The state election laws apply to the referendum, mutatis mutandis. The municipal election commission shall publish the results of the referendum and certify them to the municipal council. The fee must n</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ot be imposed in the municipality, unless a majority of the qualified electors voting in the referendum approve the question.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="05329F44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The ballot must read substantially as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2F011D7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>"Must a one percent fee on the gross proceeds of sales or sales price of all amounts subject to the sales and use tax imposed pursuant to Chapter 36, Title 12, but not the gross proceeds of the sale of items subject to a maximum tax in Chapter 36, Title 12 and the gross proceeds of sales of unprepared food that lawfully may be purchased with United States Department of Agriculture food coupons, be levied in __________ for the purpose of tourism advertisement and promotion directed at non-South Carolina res</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>idents?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="08C16937" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Yes []</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="756A753D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>No []"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="09D86B86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) If the question is not approved at the initial referendum, the municipal council may call for another referendum on the question. However, following the initial referendum, a referendum for this purpose must not be held more often than once in a twenty-four month period on the Tuesday following the first Monday in November in even-numbered years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1F7052C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Two weeks before the referendum, the municipal council shall publish in a newspaper of general circulation within the jurisdiction a description of and the uses for the fee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="48DC339F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C)(1) Upon the adoption of a resolution calling for a referendum to rescind the fee by the municipal council, the municipal election commission shall conduct a referendum in the same manner provided in subsection (B) on the question of rescinding the fee imposed by this section. The state election laws apply to the referendum, mutatis mutandis. The municipal election commission shall publish the results of the referendum and certify them to the municipal council. The fee must be rescinded in the municipal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ity upon the certification of the results if a majority of the qualified electors voting in the referendum vote in favor of rescinding the fee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="69654686" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The ballot must read substantially as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0E681B48" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Must the one percent local fee levied in __________ pursuant to Section 4-10-930 of the 1976 Code be rescinded?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4F1BE4A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Yes []</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="27C59476" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>No []"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3DDC5B49" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) A referendum for rescission of this fee may not be held earlier than two years after the fee has been levied in the municipality. If a majority of the qualified electors voting in the rescission referendum vote against rescinding the fee, no further rescission referendums may be held for a period of twenty-four months on the first Tuesday following the first Monday in November of even-numbered years. If a majority of the qualified electors vote in favor of rescinding the tax, the fee may not be reimpos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ed in the municipality for a period of two years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="70B08A3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The imposition date of the fee allowed pursuant to this article is the first day of the first month beginning more than sixty days after the municipality files a certified copy of the imposition ordinance or the certification of the results of the referendum with the South Carolina Department of Revenue.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="08E228A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) Once a certified copy of the ordinance or referendum results is filed with the Department of Revenue, for the period of imposition provided in that ordinance or referendum, the department may not accept as filed any additional ordinance or referendum results from the municipality that in any way relates to the fee allowed to be imposed pursuant to this chapter except an ordinance or the referendum results reducing or repealing the existing fee. The department shall accept for filing a certified copy of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> an ordinance or referendum results reducing or repealing the fee and that reduction or repeal applies in the manner provided in Section 4-10-930(D) for imposition.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C2739B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="43D82250" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2009 Act No. 3, § 1, eff upon approval (became law without the Governor's signature on April 9, 2009).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="575DA218" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="66ACB91B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-940. Allowable fee; administration and collection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7A51F218" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The fee allowed by this article is an amount not to exceed one percent of the gross proceeds of sales or sales price of all amounts subject to the sales and use tax imposed pursuant to Chapter 36, Title 12.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3E17CEB1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The fee imposed pursuant to this article must be administered and collected by the Department of Revenue in the same manner that sales and use taxes are collected. The department may prescribe amounts that may be added to the sales price because of the fee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1A2C16BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The fee authorized by this article is in addition to all other local sales and use taxes and applies to the gross proceeds of sales in the applicable area that is subject to the tax imposed by Chapter 36, Title 12 and the enforcement provisions of Chapter 54, Title 12. The gross proceeds of the sale of items subject to a maximum tax in Chapter 36, Title 12 and the gross proceeds of sales of unprepared food that lawfully may be purchased with United States Department of Agriculture food coupons are exem</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>pt from the fee imposed by this article. The fee imposed by this article also applies to tangible personal property subject to the use tax in Article 13, Chapter 36, Title 12.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7D8F58F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The provisions of subsections (C), (D), (E), (F), and (G) of Section 4-10-350 apply for fee payors and the fee allowed to be imposed pursuant to this article, including further identification of point of sale jurisdictions, mutatis mutandis.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="59A547E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The revenues of the fee imposed pursuant to this article must be remitted to the Department of Revenue and placed on deposit with the State Treasurer and credited to a fund separate and distinct from the general fund of the State. After deducting the amount of any refunds made and costs to the Department of Revenue of administering the tax, not to exceed one percent of the revenues, the State Treasurer shall distribute the revenues and interest quarterly based on point of collection to the treasurer of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> the municipality in which the fee is imposed and the revenues must be used only for the purposes provided in Section 4-10-970. The State Treasurer may correct misallocations by adjusting subsequent distributions, but these adjustments must be made in the same fiscal year as the misallocations. However, allocations made as a result of municipal code errors must be corrected prospectively.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="079103EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="02C93B9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2009 Act No. 3, § 1, eff upon approval (became law without the Governor's signature on April 9, 2009).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0F7CFC4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="56751B89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-960. Information for purpose of calculating distributions and estimating revenues.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7847C817" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The Department of Revenue shall furnish data to the State Treasurer and to the municipal treasurers receiving revenues for the purpose of calculating distributions and estimating revenues. The information that must be supplied to municipalities upon request includes, but is not limited to, gross receipts, net taxable sales, and tax liability by taxpayers. Information about a specific taxpayer is considered confidential and is governed by the provisions of Section 12-54-240. A person violating this section i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>s subject to the penalties provided in Section 12-54-240.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4FBB4C64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6D61DA94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2009 Act No. 3, § 1, eff upon approval (became law without the Governor's signature on April 9, 2009).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="03D0B72F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="31AC6CBC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-970. Use of revenues; designation of receiving organizations and regional tourism promoters; report required.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4EE14F36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A)(1) Except as provided in item (2) of this subsection, all revenues and interest of the fee must be used exclusively for tourism advertisement and promotion directed at non-South Carolina residents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="08366BE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Revenues received in the second and subsequent years of imposition must be used as provided in item (1) except that up to twenty percent may be retained by the municipality and used as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3C7F8C46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) at least twenty percent of the amount retained must be used to provide a credit against the property tax liability imposed by the municipality on parcels of owner-occupied residential property located in the municipality classified for property taxes pursuant to Section 12-43-220(c). The credit is an amount determined by multiplying the appraised value of the residence by a fraction in which the numerator is the total estimated revenue retained by the municipality allocated to the credit and the denom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>inator is the total of the appraised value of all such property in the municipality as of January first of the applicable property tax year. For purposes of this calculation, appraised value is as defined in Section 12-37-3130(3) reduced by the limitation provided pursuant to Section 12-37-3140(B);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5D2E8EA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the balance for tourism-related capital projects. No capital project is eligible to be funded directly or indirectly with fee revenues unless the project consists of construction of new or renovation of existing tourism-related facilities intended to grow or maintain the overnight tourism market in the municipality; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="30E9F125" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(c) the credit allowed pursuant to subitem (a) of this item applies after all other credits have been applied. To the extent that the credit amount allowed by this item exceeds the municipal property tax liability, the excess credit is added to the amount set aside for use as provided in subitem (b) of this item. If no projects are funded pursuant to subitem (b) of this item, the excess credit must be used to provide a credit against the municipal tax liability of all taxable property in the municipality </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ineligible for the credit allowed by subitem (a) of this item. This credit must be calculated in the same manner as the credit provided in subitem (a), mutatis mutandis.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2E0855D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The municipality shall designate no more than two organizations within the county to receive the revenues and interest and conduct the promotional activities provided pursuant to subsection (A)(1). These organizations must be nonprofit destination marketing organizations representing a broad cross-section of tourism interests within the county. In addition, before an organization may be designated, it must certify to the imposing municipality that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="79E363A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) its promotional and advertising programs are based on research based outcomes;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5830929F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the organization has a proven record of success in creating new and repeat visitation to the county;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="32FDC4F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) it has sufficient resources to create, plan, implement, and measure the marketing program generated by the fee revenues;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="21897AFC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) it will use the funds only for the purposes provided pursuant to subsection (B)(1) of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="161C0E0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Municipalities located in the same county that are imposing a fee pursuant to this article jointly may designate a regional tourism promoter located in the county to jointly promote tourism in the municipalities imposing the fee. The regional tourism promoter must be designated in the manner provided in subsection (B) and only may promote tourism to non-South Carolina residents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4805CFC2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(D) At least quarterly, an organization designated by the municipality pursuant to this section shall provide a report to the municipality that includes identification of revenues received from the Local Option Tourism Development Fee during the previous quarter, as well as expenditures made from those funds during the previous quarter. Each report also shall be posted by the organization on its website.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4F4D7176" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="63318552" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2009 Act No. 3, § 1, eff upon approval (became law without the Governor's signature on April 9, 2009); 2010 Act No. 130, §§ 1, 2, eff upon approval (became law without the Governor's signature on February 25, 2010).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="15DC8AF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Effect of Amendment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="79532BDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 2010 amendment rewrote subsection (A) and added subsection (D).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6DB17DE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="46795D36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-980. Reimposition of local option tourism development fee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="249D69EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The fee authorized in this article may be renewed and imposed within a municipality in the same manner as authorized by this article for the initial imposition of the fee. If the fee is reimposed pursuant to Section 4-10-930(A)(2), the referendum on the question of reimposition of the fee must not be held earlier than within the calendar year which is two years before the calendar year in which the fee then in effect is scheduled to terminate. Notwithstanding Section 4-10-930(D) and (E), any reimposition o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>f the fee is effective immediately upon the termination of the fee previously imposed. Revenues from the reimposition must be expended for the same purposes as set forth in this article, and the provisions of Section 4-10-970(A)(2) apply immediately upon reimposition.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="161C80E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2FC7C5CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2016 Act No. 249 (H.5011), § 1, eff June 1, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="19025469" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="19F0061C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4D2A7CD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>County Green Space Sales Tax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="54E32108" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5A173198" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7F7CBB86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Editor's Note</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="694E9C71" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>2022 Act No. 166, preamble and § 1, provide as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1C0AFC94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"Whereas, South Carolina is blessed with a broad array of natural resources, from the Blue Ridge Escarpment in the Upstate, to the sandhills of the Midlands, to the farmland and woodlands of the Pee Dee, and to the iconic shoreline and marshes of the coastal plain; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="583261CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"Whereas, South Carolina's coastal geography consists of 187 miles of oceanfront shoreline and 2,876 miles of tidal shorelines, and includes 500,000 acres of salt marshes that represent twenty percent of all the salt marshes on the United States' Atlantic coast, all of which underpin extensive recreational and commercial fisheries, thriving coastal tourism, important maritime industries, and critical natural defenses for people against storms; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7AC93E7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"Whereas, South Carolina's Upstate consists of the 10,000-acre Mountain Bridge Wilderness Area that encompasses the Blue Ridge Escarpment and its vast array of waterfalls, hardwood forests, headwaters, and mountain streams, as well as a diversity of plant and animal life, including the exceptionally rare and endangered bunched arrowhead; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="486F8F64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"Whereas, South Carolina's Midlands region is home to the sandhills and longleaf pine habitat, which supports over 30 threatened or endangered plant and animal species, including the red-cockaded woodpecker; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="43B801E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Whereas, South Carolina's Pee Dee is a region with rich geographic variations, including deep woodlands, a patchwork of timber forests and agricultural fields, black-water swamps and creeks that intermingle with red rivers and high bluffs, historic sites, and one of the most productive agricultural areas in the State; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="38AB243F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"Whereas, the quality of life of all South Carolinians is tied to conservation, with homes, businesses, and recreation being drawn to areas with abundant and accessible green space and natural areas; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="79D77977" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"Whereas, according to the Census Bureau, South Carolina is the tenth-fastest-growing State in the nation, and in particular, the State contains a number of the fastest-growing metropolitan areas in the nation, including Myrtle Beach, York County, and Charleston, and is projected in the coming years to continue experiencing steady population growth and the expansion of urban and suburban land uses; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5FAACAE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"Whereas, studies conducted by City Explained suggest that the amount of developed land in some regions of South Carolina will increase by 250% by 2040 if current development trends continue; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="32073EBB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"Whereas, although this rapid growth will bring prosperity and new opportunities to South Carolina, it will also put additional pressures on our state's lands and waters, in that the development and the accompanying infrastructure will result in the destruction of natural wetlands, marshes, headwaters, and other waterways, thereby hampering the functioning of these systems and eliminating valuable and effective natural storm protection and flood abatement, and fish and wildlife habitat; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5D3C87D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"Whereas, this growth increases the amount of impervious surfaces throughout our State, which in turn creates new runoff and carries pollutants into our waterways. For example, a 2019 study found that development in the Town of Bluffton has increased levels of fecal coliform in the May River 3,150% since 1999 and Upstate studies found that sediment from land development is a leading cause of water quality degradation, resulting in flooding, increased costs for drinking water treatment, and harm to aquatic l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ife; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2B9E0FE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"Whereas, there are significant economic benefits that result from protecting land, including tourism and recreation; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="541D1B6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"Whereas, farmland protection helps promote agritourism and boosts the local food economy, as demonstrated by a 2013 SC Department of Agriculture study that found that if every South Carolina resident purchased $5 worth of food each week directly from a farmer in the State the potential impact would be about $1.2 billion; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="069DAD5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"Whereas, the Southeast United States coast has experienced some of the highest rates of sea level rise and coastal flooding in the world, with some areas losing as much as three feet of bank each year, and additional sea level rises and coastal flooding will adversely impact existing residential and commercial uses on our state's coast and has been cited by the United States Department of Defense as a threat to the viability of the Marine Corps Recruit Depot Parris Island, which employs 6,100 people and ha</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>s an annual economic impact of $739.8 million; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="04DBF9A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"Whereas, flooding has significantly affected South Carolina's inland communities, with over 80 dam failures from 2015 to 2018 resulting from extreme weather and flooding that our riverine systems and floodplains were unable to attenuate, leading to significant impacts on transportation and drinking water infrastructure and the loss of homes, livelihoods, and lives; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="581CB96B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"Whereas, the topography of our State, whether the low-lying topography of our coastal areas or the small incised streams of the Upstate prone to flash flooding and erosion, our state's development patterns makes our communities highly vulnerable to inland and riverine flooding if the flow of rainwater runoff is greater than the carrying capacities of the natural drainage systems, and over the past six years, major flooding and storm events have caused over one billion dollars in total damages to residentia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>l and commercial properties and have imposed substantial burdens on South Carolina taxpayers through general fund disbursements; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1B442D99" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"Whereas, an effective way to avoid incurring such liabilities is to limit development within the floodplain and in areas that are at significant risk from sea level rise and flooding, and there is a need to empower local governments to undertake land preservation efforts that are supportive of, respectful to, and consistent with the principle of private property rights, as opposed to limiting them to the use of traditional land use regulations, which, in order to attain the necessary level of relief, could</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> give rise to inverse condemnation claims; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4BDDD6DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"Whereas, counties in South Carolina have implemented local land conservation programs including, but not limited to, Beaufort County's Rural and Critical Lands Program, Charleston County's Greenbelt Program, Greenville County's Historic and Natural Resources Trust Initiative, the Oconee County Conservation Bank, and extensive parks and greenspace funding efforts in York County, indicating that such programs enjoy overwhelming public support in all corners of the State. Now, therefore, [text of Act]"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4411ACA9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"SECTION 1. This act must be known and may be cited as the 'County Green Space Sales Tax Act'."</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7136EE5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="62FCFCB1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-1010. Preservation procurements defined; sales and use tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2A0B8BB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) For the purposes of this article, "preservation procurements" means procuring open lands or green space for preservation, by and through the acquisition of interests in real property, including:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="23B9F307" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the acquisition of fee simple titles;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="308C11D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) conservation easements;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7D50BD48" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) development rights;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="235C81AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) rights of first refusal;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="08E6657A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) options;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6E750A01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) leases with options to purchase; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1B1E9B85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) any other interests in real property.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="47E024CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)(1) Subject to the requirements of this article, a county's governing body may impose a sales and use tax by ordinance, subject to a referendum, within the county area for preservation procurements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="12E5A6F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Revenues collected pursuant to this article may be used to defray debt service on bonds issued to pay for preservation procurements authorized in this article. This authorization is in addition to any other locally imposed sales and use taxes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="74622B9B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5D13A581" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2022 Act No. 166 (S.152), § 2, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3789F978" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7C049B58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-1020. Imposition of sales and use tax; enacting ordinance requirements; referendum; results.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5FF58408" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A county governing body may impose a sales and use tax up to one percent authorized by this article, by ordinance, subject to a referendum. An enacting ordinance must specify:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4C6E1E40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the purpose for which the proceeds of the tax are to be used, which may include preservation procurements located within or without, or both within and without, the boundaries of the local governmental entities, including the county, municipalities, and special purpose districts located in the county area;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="575F8A22" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(2) if the county proposes to issue bonds to provide for the payment of any costs of the preservation procurements, the maximum amount of bonds to be issued, whether the sales tax proceeds are to be pledged to the payment of the bonds and, if other sources of funds are to be used for the preservation procurements, a list of the other sources;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6C2205DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the maximum cost of the preservation procurements, to be funded from the proceeds of the tax or bonds issued as provided in this article and the maximum amount of net proceeds expected to be used to pay the cost or debt service on the bonds, as the case may be; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3B41D126" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) the fact that preservation procurements may pertain to real property situated outside of the boundaries of the taxing jurisdiction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="45C718E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Upon receipt of an ordinance, a county's election commission must conduct a referendum on the question of imposing the sales and use tax in the area of the county that is to be subject to the tax. A referendum for imposition or reimposition of the tax must be held at the time of the next general election in an even-numbered year. Two weeks before a referendum, a county's election commission must publish in a newspaper of general circulation the question that is to appear on the ballot, with a descripti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>on of the methods by which the county's governing body intends to procure open lands and green space for preservation. If the proposed question includes the use of sales taxes to defray debt service on bonds issued to pay the costs of any preservation procurements, then the notice must include a statement indicating the principal amount of the bonds proposed to be issued for the purpose and, if the issuance of the bonds is to be approved as part of the referendum, stating that the referendum includes the au</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>thorization of the issuance of bonds in that amount. This notice is in lieu of any other notice otherwise required by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="36AC0EBB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The referendum question to be on the ballot must read substantially as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="07206902" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>"Must a special [percent] sales and use tax be imposed in [county] for not more than [time] to raise the amounts specified for preservation procurements for the purpose of procuring open lands and green space by and through the acquisition of interests in real property, such interests to include:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6247BC23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the acquisition of fee simple titles;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="286AC4F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) conservation easements;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="12C374F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) development rights;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="68967711" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) rights of first refusal;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="183AEF34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) options;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="142D3533" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) leases with options to purchase; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="139576D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) any other interests in real property?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9150" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3569"/>
         <w:gridCol w:w="5581"/>
       </w:tblGrid>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3405" w:type="dxa"/>
             <w:tcBorders>
@@ -21749,1204 +20026,1108 @@
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00144AB1" w:rsidRDefault="00144AB1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No []"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="16CF5B35" w14:textId="77777777">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="194FAF04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If the referendum includes the issuance of bonds, then the question must be revised to include the principal amount of bonds proposed to be authorized by the referendum and the sources of payment of the bonds if the sales tax approved in the referendum is inadequate for the payment of the bonds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1AB384A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) All qualified electors desiring to vote in favor of imposing the tax for the stated purposes shall vote "yes", and all qualified electors opposed to levying the tax shall vote "no". If a majority of the votes cast are in favor of imposing the tax, then the tax is imposed as provided in this article and the enacting ordinance. Any subsequent referendum on this question must be held on the date prescribed in subsection (B). The election commission shall conduct the referendum under the election laws of t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>his State, mutatis mutandis, and shall certify the result no later than November thirtieth to the county governing body and to the Department of Revenue. Expenses of the referendum must be paid by the governmental entities that would receive the proceeds of the tax in the same proportion as those entities would receive the net proceeds of the tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="41575A60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) Upon receipt of the returns of a referendum, a county's governing body must, by resolution, declare the results thereof. In such event, the results of the referendum, as declared by resolution of the county's governing body, are not open to question except by a suit or proceeding instituted within thirty days from the date such resolution is adopted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4EE6B530" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The provisions of this section are not available to a county with more than two existing sales and use taxes currently in effect.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6A9DA557" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5DB274D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2022 Act No. 166 (S.152), § 2, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="420FB02E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="437FD52E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-1030. Imposition and termination of the tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="23F1351E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(A) If the sales and use tax is approved in a referendum, then the tax shall be imposed on the first of May following the date of the referendum. If the reimposition of an existing sales and use tax imposed pursuant to this article is approved in a referendum, then the new tax is imposed immediately following the termination of the earlier imposed tax, and the reimposed tax terminates on the applicable thirtieth of April, not to exceed seven years from the date of reimposition. If the certification is not t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>imely made to the Department of Revenue, then the imposition is postponed for twelve months.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="027C112D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The tax terminates the final day of the maximum time period specified for the imposition.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5CF87A92" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Amounts collected in excess of the required net proceeds must first be applied, if applicable, to complete the preservation procurements for which the tax was imposed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5A0E1845" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) If the sales and use tax is approved in a referendum, then the Department of Revenue must make available to the public, upon request, all information regarding the amount of the tax that is collected, expenditures, and any remaining funds at the time of the information request to ensure transparency and accountability.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1234B8C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0D2E6612" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2022 Act No. 166 (S.152), § 2, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="079A4B42" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="057E0CA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-1040. Administration and collection of the tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="238FF8ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A)(1) The tax levied pursuant to this article must be administered and collected by the Department of Revenue in the same manner that other sales and use taxes are collected. The Department of Revenue may prescribe amounts that may be added to sales prices because of the tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7FA4857C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The county in which a referendum is passed shall assemble an advisory committee to assist the Department of Revenue with directing the distribution of the taxes collected to ensure a transparent and equal distribution within the county. The advisory committee shall include seven members:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="20502640" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) one member who is a member of the county council;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4DFD8C8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) one member who is a member of the legislative delegation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="684F23E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) one member who is knowledgeable about the geography and condition of the county's land; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="090425EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) four citizen members, each representing the northern, southern, eastern, and western portions of the county.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="37C0CC37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The tax authorized by this article is in addition to all other local sales and use taxes and applies to the gross proceeds of sales in the applicable area that is subject to the tax imposed by Chapter 36, Title 12 and the enforcement provisions of Chapter 54, Title 12. The gross proceeds of the sale of items subject to a maximum tax in Chapter 36, Title 12 are exempt from the tax imposed by this article. Unprepared food items eligible for purchase with United States Department of Agriculture food coupo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ns are exempt from the tax imposed pursuant to this article. The tax imposed by this article also applies to tangible personal property subject to the use tax in Article 13, Chapter 36, Title 12.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5359B284" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A taxpayer required to remit taxes under Article 13, Chapter 36, Title 12 must identify the county in which the personal property purchased at retail is stored, used, or consumed in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5254F2CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) A utility is required to report sales in the county in which the consumption of the tangible personal property occurs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="48A03DCD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(E) A taxpayer subject to the tax imposed by Section 12-36-920, who owns or manages rental units in more than one county, must separately report in his sales tax return the total gross proceeds from business done in each county.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5BE966AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The gross proceeds of sales of tangible personal property delivered after the imposition date of the tax levied under this article in a county, either under the terms of a construction contract executed before the imposition date, or a written bid submitted before the imposition date, culminating in a construction contract entered into before or after the imposition date, are exempt from the sales and use tax provided in this article if a verified copy of the contract is filed with the Department of Re</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>venue within six months after the imposition date of the sales and use tax provided for in this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="483DE0D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) Notwithstanding the imposition date of the sales and use tax authorized pursuant to this chapter, with respect to services that are billed regularly on a monthly basis, the sales and use tax authorized pursuant to this article is imposed beginning on the first day of the billing period beginning on or after the imposition date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5E40F0DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="582FACD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2022 Act No. 166 (S.152), § 2, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5A27787A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6C56D3C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-1050. Distributions to counties; confidentiality.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7FB0B8C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Department of Revenue shall furnish data to the State Treasurer and to the county treasurers receiving revenues for the purpose of calculating distributions and estimating revenues. The information that must be supplied to counties and municipalities upon request includes, but is not limited to, gross receipts, net taxable sales, and tax liability by taxpayers. Information about a specific taxpayer is considered confidential and is governed by the provisions of Section 12-54-240. A person violating thi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>s section is subject to the penalties provided in Section 12-54-240.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="57F15987" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="1C7A1A9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2022 Act No. 166 (S.152), § 2, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="17C0BB5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3E7D3E8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-10-1060. Unidentified funds, transfers, and supplemental distributions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="11EFDE0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Annually, and only in the month of June, funds collected by the Department of Revenue from the county green space sales tax, which are not identified as to the governmental unit due the tax, must be transferred, after reasonable effort by the Department of Revenue to determine the appropriate governmental unit, to the State Treasurer's Office. The State Treasurer shall distribute these funds to the county treasurer in the county area in which the tax is imposed, and the revenues must be only used for the p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>urposes stated in the enacting ordinance. The State Treasurer shall calculate this supplemental distribution on a proportional basis, based on the current fiscal year's county area revenue collections.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A096671" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7FA4FCA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2022 Act No. 166 (S.152), § 2, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -22957,51 +21138,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -23438,66 +21619,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>