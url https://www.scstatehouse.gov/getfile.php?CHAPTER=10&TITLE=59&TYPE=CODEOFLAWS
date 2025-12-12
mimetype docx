--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -1,2165 +1,2461 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc09677cf0e7a44ca" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff870c5bd7094feaae70fb72e1aeb36a.psmdcp" Id="Re8c675cc410c4dfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R211d49103f01440e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d4b4d1ac895467aa4a40ceb6249d232.psmdcp" Id="R45ca8bd6a8934f11" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00833E56" w:rsidRDefault="00833E56" w14:paraId="1932F649" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="228B7F3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="10B6A4E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Physical Education, School Health Services, and Nutritional Standards</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="240B8B12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="227C0AEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0B748696" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="00D29582" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="67CFE0FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2005 Act No. 102, § 2, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6471FE21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="730C10D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This act may be cited as the Students Health and Fitness Act of 2005."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3B831E5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0E47E129" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="624F0C9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Physical Education Standards</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="46BAB174" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2E2FEB1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-10-10. Standards established; status reports to parents; decrease in student to physical education teacher ratio.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6EF6A507" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The goal of this article is to provide every elementary student with the equivalent of thirty minutes of physical activity daily. Beginning in the 2006-07 school year, students in kindergarten through fifth grade must be provided a minimum of one hundred fifty minutes a week of physical education and physical activity. In 2006-07, a minimum of sixty minutes a week must be provided in physical education, and as Section 59-10-20 is phased in, the minimum time for physical education must be increased to n</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>inety minutes a week. The certified physical education teacher to student ratio is designed to provide students in kindergarten through fifth grade with scheduled physical education either every day or on alternate days throughout the school year and must be based on the South Carolina Physical Education Curriculum Standards. The student to teacher ratio in a physical education class may not exceed the average student to teacher ratio of 28 to 1. An individual student's fitness status must be reported to hi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s parent or guardian during a student's fifth grade, eighth grade, and high school physical education courses. The physical activity must be planned and coordinated by the Physical Education Activity Director pursuant to Section 59-10-30.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0A666956" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A student may be exempted from these physical education and activity requirements required by subsection (A) by seeking a waiver as outlined in Section 59-29-80(B).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="740FF9AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>(C) During each year of implementation of the reduced student to physical education teacher ratio, each district shall report to the State Department of Education by June fifteenth, the number of minutes of physical education instruction and the minutes of additional physical activity students receive daily with a total for the week. The report must be listed by elementary school and by individual class and grade level. The State Department of Education shall provide a summary of this information to the Ge</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>neral Assembly by December first of each year of implementation.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0F6986FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The implementation of decreased student to teacher ratio and increased instruction in physical education pursuant to Section 59-10-20 is not intended to replace or reduce time dedicated to instruction in the arts taught by certified arts specialists.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7003995E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0841B9CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 102, § 3, eff June 1, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="582C8FE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6F875613" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-10-20. Student to certified physical education teacher ratios.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6BB6DF80" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Beginning with the 2006-07 school year, the student to certified physical education teacher ratio in the elementary schools of the State must be 700 to 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6D78AF5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(B) Beginning with the 2007-08 school year, the student to certified physical education teacher ratio in the elementary schools of the State must be 600 to 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="120D4B30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Beginning with the 2008-09 school year, the student to certified physical education teacher ratio in the elementary schools of the State must be 500 to 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0ED8E1A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="060E1D68" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 102, § 3, eff June 1, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="22CA1008" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7323469A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-10-30. Physical Education Activity directors; dance instruction; volunteers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1050EDD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Each elementary school shall designate a physical education teacher to serve as its Physical Education Activity Director. The Physical Education Activity Director shall plan and coordinate opportunities for additional physical activity for students that exceed the designated weekly student physical education instruction times that may include, but not be limited to, before, during, and after school dance instruction, fitness trail programs, intramural programs, bicycling programs, walking programs, rec</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ess, and activities designed to promote physical activity opportunities in the classroom.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6EE276C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) In schools having dance education specialists, instruction based on the South Carolina Dance Curriculum Standards and the dance components of the South Carolina Physical Education Standards may be used to satisfy one-fourth of the required physical education minutes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="46620728" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Noncertified or adult volunteers may assist in implementing or supervising these structured physical activities if approved by the district superintendent. If volunteers are used, appropriate liability insurance must be provided. The director annually shall submit to the principal a report outlining the additional physical activities for students.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="70AC720B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7DA8AFF7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 102, § 3, eff June 1, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="14F5E6C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4DA68BAC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-10-40. Professional development.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5929B24D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Appropriate professional development must be provided to teachers and volunteers on the importance of physical activity for young children and the relationship of activity and good nutrition to academic performance and healthy lifestyles.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4E68FCCC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="769A49BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 102, § 3, eff June 1, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="08AE81AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6EC1EE07" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-10-50. Administration of South Carolina Physical Education Assessments; scoring effectiveness.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="15D78876" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(A) Each public school in this State shall administer the South Carolina Physical Education Assessment. Assessment of students in second grade, fifth grade, eighth grade, and high school must be used to assess the effectiveness of the school's physical education program and its adherence to the South Carolina Physical Education Curriculum Standards. The State Department of Education shall develop a procedure for calculating a district and school physical education program effectiveness score. The district </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and school physical education effectiveness score must be reported to the education community through the district and school report card.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4DCF2226" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The physical education teachers in a school that receives an unsatisfactory program effectiveness score pursuant to subsection (A), will be provided professional development activities designed to assist the school in improving its programs' effectiveness.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="275F41E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="01162A5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 102, § 3, eff June 1, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1A9948F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0566F255" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-10-60. Age appropriate equipment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4F11BB2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Each district shall make every effort to ensure that the schools in its district have age appropriate equipment and facilities to implement the physical education curriculum standards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7B9DF94B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5F992AE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 102, § 3, eff June 1, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0177D7A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2C9C6FEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="636E1B6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>School Health Services</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6F092895" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="56AE162C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-10-210. Funding for licensed nurses for elementary schools.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="462C45D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Beginning with the 2007-08 school year, the General Assembly, annually in the General Appropriations Act, shall appropriate funds to the Department of Education to provide licensed nurses for elementary public schools. The State Department of Education shall make these funds available through a grant program and shall distribute the funds to the local school districts on a per school basis.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="313C6337" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3F5CC06F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 102, § 3, eff June 1, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1D994CC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="399DEB14" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-10-215. Mandatory seizure training programs in schools.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6DB804BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Each school district and charter school shall adopt a seizure training program to provide instruction in understanding the basics about epilepsy and its impact on student learning, recognizing signs and symptoms of seizures, the appropriate steps to be taken to respond to symptoms of a seizure, and the administration of seizure medications. This training must be consistent with guidelines established by a qualified nonprofit organization that supports the welfare of individuals with epilepsy and seizure di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sorders. The completion of this training must be documented by the school district and the training may be provided virtually, provided by school or district staff, or may be conducted by an individual trained to deliver such information.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="28EB83B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="34FFBDDB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2024 Act No. 128 (H.3309), § 2, eff July 1, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2001A5A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="08AA32AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024 Act No. 128, § 1, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="412BF3AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"SECTION 1. This act must be known and may be cited as the 'Seizure Safe Schools Act'."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5AF51399" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="031450EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-10-220. Adoption of universal precautions for bloodborne disease exposure; notice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="107FDC43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>By January 1, 2012, each school district shall adopt the Centers for Disease Control and Prevention (CDC) recommendations on universal precautions for bloodborne disease exposure and shall communicate written notice of these procedures to each school within the district. The notice must provide information regarding education and training in the areas of infection control, universal precautions, and disinfection and sterilization techniques.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0B6839C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="058830B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2011 Act No. 34, § 2, eff June 7, 2011.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4E401A33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="17219827" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="14C26AC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nutrition Standards</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5358AE79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="45BE6EA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-10-310. Establishment of school food service meals and competitive foods; district policies; exemptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3C5E2570" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) In an effort to promote optimal healthy eating patterns and academic success, the State Board of Education by policy shall establish requirements for all school food service meals and competitive foods provided in kindergarten through twelfth grade during the academic school year, which must meet or may exceed, the nutritional requirements established by the United States Department of Agriculture Food and Nutrition Service. The nutritional requirements must be continuously updated to reflect the curre</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nt United States Department of Agriculture Food and Nutrition Service standards. A school district board of trustees may adopt a more restrictive policy. This policy does not restrict the food that a parent or guardian may provide for student consumption at school.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4F2E5867" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) School fundraisers must be exempted from the requirements in this section; however, nothing in this section shall restrict or prohibit the department from establishing policy with regard to school fundraisers, as authorized by the United States Department of Agriculture.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4B1F15FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0C352CE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 102, § 3, eff June 1, 2005; 2016 Act No. 258 (S.484), § 1, eff June 5, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1F34E736" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="66A44529" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2016 Act No. 258, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3BF7C177" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3DF7EBA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-10-320. Coordinated school health models; implementation; evaluation of effectiveness.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0C19EFB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The State Department of Education shall make available to each school district a coordinated school health model designed to address health issues of children. The program must provide for coordinating the following eight components: safe and healthy environment, physical education, health education, staff wellness, health services, guidance and health, nutrition services, and parent and community involvement. The Department of Education shall notify each school district of the availability of professi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>onal development opportunities and provide technical assistance for implementing the coordinated school health model.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="645816C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The Department of Education shall develop or adopt an assessment program to evaluate district and school health education programs. At a minimum, the assessment must be designed to determine program effectiveness and adherence to South Carolina Health and Safety Education Curriculum Standards. The State Department of Education shall begin piloting health education assessments in the 2006-07 school year with implementation in the 2008-09 school year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="110F4FA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="49BEE17E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 102, § 3, eff June 1, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="62FAFAC2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0BCE23D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-10-330. Coordinated School Health Advisory Council (CSHAC); development of health wellness plan; health and nutrition policies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3ADDF14C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Each school district shall establish and maintain a Coordinated School Health Advisory Council (CSHAC) to assess, plan, implement, and monitor district and school health policies and programs, including the development of a district wellness policy to begin implementation in the 2006-07 school year. The council must be composed of members of the community, school representatives, students, parents, district food service employees, and school board members.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3E568786" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Each district, in collaboration with the CSHAC, shall develop a school health improvement plan that addresses strategies for improving student nutrition, health, and physical activity and includes the district's wellness policy. The school health improvement plan must report compliance with the requirements contained in Section 59-10-310. The district health improvement plan goals and progress toward those goals must be included in the district's strategic plan required pursuant to Section 59-20-60.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="739CE11D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Each school board of trustees shall establish health and nutrition policies for its elementary schools designed to limit vending sales and sales of foods and beverages of minimal nutritional value at any time during the school day except in the case of medical emergency and special occasions celebrated during school hours. However, this policy does not restrict the food that a parent or guardian may provide for his child's consumption at school. A school district board of trustees may adopt a more rest</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rictive policy.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1892C7EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3C6B56DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 102, § 3, eff June 1, 2005; 2016 Act No. 258 (S.484), § 2, eff June 5, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7938873B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="376FA1D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2016 Act No. 258, § 2, in (B), added the second sentence, relating to compliance reporting.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="47F36102" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="47EDA677" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-10-340. Snacks in vending machines.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6221B62E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each district's Coordinated School Health Advisory Council established pursuant to Section 59-10-330 shall determine which snacks may be sold in vending machines in elementary schools.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2FD25577" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2D725994" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 102, § 3, eff June 1, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="203C8A7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="281EB4D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-10-350. Length of lunch period; factors.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="31662733" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each elementary school shall provide students a minimum of twenty minutes to eat lunch once they have received their food. In determining the total length of the lunch period, time to and from the cafeteria, time to go through the line, and time to bus trays at the end of lunch must be considered.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0DA5B2A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4FECFDC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 102, § 3, eff June 1, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3181A90A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1D705549" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-10-360. K-5 health curriculum; nutrition component.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1E1833E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Health curriculum for students in kindergarten through fifth grade must include a weekly nutrition component.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1CB5716E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="730C081A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 102, § 3, eff June 1, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="28355679" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="04648F27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-10-370. Funding for implementation of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4DFB1924" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Each phase of implementation of this chapter is contingent upon the appropriation of adequate funding as documented by the fiscal impact statement provided by the Office of State Budget of the State Budget and Control Board. There is no mandatory financial obligation to school districts if state funding is not appropriated for each phase of implementation as provided for in the fiscal impact statement of the Office of the State Budget of the State Budget and Control Board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0D7FCDE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6A687AD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 102, § 3, eff June 1, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="217DEB06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="320DB05B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, reference in this section to the former Budget and Control Board has not been changed pursuant to the directive of the South Carolina Restructuring Act, 2014 Act No. 121, § 5(D)(1), until further action by the General Assembly.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="052F8EF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6212C413" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-10-380. Food or beverage items sold as fundraiser.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7F5825DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nothing in this article may be construed to prohibit or limit the sale or distribution of any food or beverage item through fundraisers by students, teachers, or groups when the items are intended for sale off the school campus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6340F8FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="326B06B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 102, § 3, eff June 1, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -2170,51 +2466,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2651,66 +2947,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>