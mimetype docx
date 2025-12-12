--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -1,7639 +1,9707 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R520b1909caa14c63" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8b6bc4a706cf4a52892d95426081358a.psmdcp" Id="R14c5f17537684a95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R41a73bf57b3a4513" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d4a7d6a0d40a4e8892e1bcf2dc9e5240.psmdcp" Id="Re6c4ecd96e654c63" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00833E56" w:rsidRDefault="00833E56" w14:paraId="25D57302" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="73F0DD9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="31A6731A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Athlete Agents and Student Athletes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1DB95CAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3C50CEE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="28F5B885" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6218AEDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="67F4FA17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Official Comments of the Uniform Athlete Agents Act © 2025 The National Conference of Commissioners on Uniform State Laws-Reproduced with permission.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7A730EFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="339A3CD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7ADBE9F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-102-10. Citation of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3AB78A05" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be cited as the "Uniform Athlete Agents Act of 2018".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="30A8E34B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="51F116BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 456, § 1; 2004 Act No. 300, § 1, eff September 8, 2004; 2018 Act No. 235 (H.3068), § 1, eff May 17, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5FE0A1A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0B4EB593" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2004 amendment rewrote this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="643F2088" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 235, § 1, substituted "Uniform Athlete Agents Act of 2018" for "Uniform Athlete Agents Act of 2004".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="63B46F40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6A72FB76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-102-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2FCD2B26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>In this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2C72E1C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Agency contract" means an agreement in which a student athlete authorizes a person to negotiate or solicit on behalf of the student athlete a professional sports services contract; an endorsement contract; or a name, image, or likeness contract, as defined in Chapter 158, Title 59.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="49BF7316" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Athlete agent":</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3AEE0319" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) means an individual, whether or not registered under this chapter, who:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3C555942" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) directly or indirectly recruits or solicits a student athlete to enter into an agency contract or, for compensation, procures employment or offers, promises, attempts, or negotiates to obtain employment for a student athlete as a professional athlete or member of a professional sports team or organization;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="59C5D97A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(ii) for compensation or in anticipation of compensation related to a student athlete's participation in athletics:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0ADFE95D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) serves the athlete in an advisory capacity on a matter related to finances, business pursuits, or career management decisions, unless the individual is an employee of an educational institution acting exclusively as an employee of the institution for the benefit of the institution; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="33161A4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) manages the business affairs of the athlete by providing assistance with bills, payments, contracts, or taxes; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6E6AEA3C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iii) in anticipation of representing a student athlete for a purpose related to the athlete's participation in athletics:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6A2B8F77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) gives consideration to the student athlete or another person;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="29AE30D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) serves the athlete in an advisory capacity on a matter related to finances, business pursuits, or career management decisions; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="62FC0FDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) manages the business affairs of the athlete by providing assistance with bills, payments, contracts, or taxes; but</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7430749D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) does not include an individual who:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0EFE5867" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) acts solely on behalf of a professional sports team or organization;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1F0587E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) is a licensed, registered, or certified professional and offers or provides services to a student athlete customarily provided by members of the profession, unless the individual:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0EC6B258" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) also recruits or solicits the athlete to enter into an agency contract;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7BF8AAE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) also, for compensation, procures employment or offers, promises, attempts, or negotiates to obtain employment for the athlete as a professional athlete or member of a professional sports team or organization; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="46B31E05" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) receives consideration for providing the services calculated using a different method than for an individual who is not a student athlete; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="143B1392" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iii) is an institution of higher learning or an employee or contractor employed by an institution of higher learning.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6C79966E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(3) "Athletic director" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>means an individual responsible for administering the overall athletic program of an educational institution or, if an educational institution has separately administered athletic programs for male students and female students, the athletic program for males or the athletic program for females, as appropriate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4E66C0DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Contact" means a communication, direct or indirect, between an athlete agent and a student athlete to recruit or solicit the student athlete to enter into an agency contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="276587F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Educational institution" includes a public or private elementary school, secondary school, technical or vocational school, community college, college, and university.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1E5E94CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Endorsement contract" means an agreement under which a student athlete is employed or receives consideration to use on behalf of another party any value the student athlete has because of publicity, reputation, following, or fame obtained from athletic ability or performance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0DDFE119" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Enrolled" means registered for courses and attending athletic practice or class. 'Enrolls' has a corresponding meaning.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2617D267" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) "Intercollegiate sport" means a sport played at the collegiate level for which eligibility requirements for participation by a student athlete are established by a national association that promotes or regulates collegiate athletics.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4EF0CF26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) "Interscholastic sport" means a sport played between educational institutions that are not community colleges, colleges, or universities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4B776D27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) "Licensed, registered, or certified professional" means an individual licensed, registered, or certified as an attorney, dealer in securities, financial planner, insurance agent, real estate broker or sales agent, tax consultant, accountant, or member of a profession, other than that of athlete agent, who is licensed, registered, or certified by the state or a nationally recognized organization that licenses, registers, or certifies members of the profession on the basis of experience, education, or t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>esting.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1CB6AE1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) "Person" means an individual, corporation, business trust, estate, trust, partnership, limited liability company, association, joint venture, public corporation, other legal or commercial entity, or government, governmental subdivision, agency, or instrumentality.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="00C4D2FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) "Professional sports services contract" means an agreement under which an individual is employed or agrees to render services as a player on a professional sports team, with a professional sports organization, or as a professional athlete.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="02B65F5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(13) "Record" means information that is inscribed on a tangible medium or that is stored in an electronic or other medium and is retrievable in perceivable form.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="141BD8C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(14) "Recruit or solicit" means attempt to influence the choice of an athlete agent by a student athlete or, if the athlete is a minor, a parent or guardian of the athlete. The term does not include giving advice on the selection of a particular agent in a family, coaching, or social situation unless the individual giving the advice does so because of the receipt or anticipated receipt of an economic benefit, directly or indirectly, from the agent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4DE44BC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(15) "Registration" means registration as an athlete agent pursuant to this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="409F262C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(16) "Sign" means, with present intent to authenticate or adopt a record, to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4D55D8B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) execute or adopt a tangible symbol; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="33852E6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) attach to or logically associate with the record an electronic symbol, sound, or process.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1AC057C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(17) "State" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>means the State of South Carolina when referring to this State or a state of the United States, the District of Columbia, Puerto Rico, the United States Virgin Islands, or any territory or insular possession subject to the jurisdiction of the United States when referring to another state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="301E02E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(18) "Student athlete" means an individual who engages in, is eligible to engage in, or may be eligible in the future to engage in an interscholastic or intercollegiate sport. If an individual is permanently ineligible to participate in a particular interscholastic or intercollegiate sport, the individual is not a student athlete for purposes of that sport.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0736BA0D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="528F3285" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 456, § 1; 2004 Act No. 300, § 1, eff September 8, 2004; 2018 Act No. 235 (H.3068), § 1, eff May 17, 2018; 2021 Act No. 35 (S.685), § 2, eff July 1, 2021; 2024 Act No. 207 (H.4957), § 7, eff May 21, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="15BDA085" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="24CA8AE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1383C8F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021 Act No. 35, § 7, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="040B3122" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"SECTION 7. This act takes effect for each institution of higher learning in this State upon the earlier of July 1, 2022, or certification by the Attorney General to the Governor of the enactment of rules consistent with the provisions contained in this act by the institution of higher learning's collegiate governing body [July 1, 2021]. Upon certification by the Attorney General, the provisions of this act are suspended until the General Assembly takes further action."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7F7D3C85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022 Act No. 239, § 117.172, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="63FEDA9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"117.172. (GP: Name Image Likeness) For Fiscal Year 2022-23, Act 35 of 2021 in its entirety pertaining to intercollegiate athlete (NIL) name, image, or likeness is suspended."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="50F0EDA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4B276A6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2004 amendment rewrote this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="265E143E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2018 Act No. 235, § 1, rewrote (2), relating to the definition of "athlete agent"; inserted (5), relating to the definition of "educational institution" and redesignated former (5) as (6); in (6), substituted "on behalf of another party any" for "a product or service based on" following "receives consideration to use"; inserted (7), relating to the definition of "enrolled" and redesignated former (6) as (8); in (8), substituted "that promotes or regulates" for "for the promotion or regulation of" following </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"by a national association"; inserted (9) and (10), relating to the definitions of "interscholastic sport" and "licensed, registered, or certified professional", respectively, and redesignated former (7) to (9) as (11) to (13); inserted (14), relating to the definition of "recruit or solicit" and redesignated former (10) as (15); inserted (16), relating to the definition of "sign", and redesignated former (11) to (12) as (17) to (18); and in (18), inserted "interscholastic or" in two places.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="062F6B42" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021 Act No. 35, § 2, in (1), substituted "; an endorsement contract; or a name, image, or likeness contract, as defined in Chapter 158, Title 59" for "or an endorsement contract".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2AFCBD00" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024 Act No. 207, § 7, in (2)(b), inserted (iii), and made nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="621E4834" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3B16E6B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-102-30. Service of process on nonresident agents; subpoenas; use of funds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="367C6078" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The provisions of the Administrative Procedures Act of Chapter 23, Title 1 apply to this chapter. The Department of Consumer Affairs may promulgate regulations to effectuate the purposes of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1F44FEF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) By acting as an athlete agent in this State, a nonresident person appoints the Director of the Department of Consumer Affairs as his agent for service of process in a civil action in this State related to his acting as an athlete agent in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6C4E53BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The Department of Consumer Affairs may issue subpoenas for material relevant to the administration of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="67D0F3D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) All funds collected by the department pursuant to this chapter may be retained by the department and used to implement the provisions of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="03815E72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="06986804" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 456, § 1; 2004 Act No. 300, § 1, eff September 8, 2004; 2018 Act No. 235 (H.3068), § 1, eff May 17, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4EDDEE13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="08E82F31" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2004 amendment rewrote this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="59DD11CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 235, § 1, inserted (A), redesignated former (A) and (B) as (B) and (C), and added (D).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="295EEC5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="047AD67B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-102-40. Certificate of registration as athlete agent required; exceptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="47ED433D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Except as otherwise provided in subsection (B), a person may not act as an athlete agent in this State without holding a certificate of registration pursuant to Section 59-102-60 or 59-102-80.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7DE299E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Before being issued a certificate of registration, a person may act as an athlete agent in this State for all purposes except signing an agency contract if:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="07D8ADE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a student athlete or one acting on behalf of the student athlete initiates communication with the person; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6B118133" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) within seven days after an initial act as an athlete agent, the person submits an application for registration as an athlete agent in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="50C28873" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(C) An agency contract resulting from conduct in violation of this section is void and the athlete agent shall return all consideration received pursuant to the contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6575B609" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4A2FA97F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 456, § 1; 2004 Act No. 300, § 1, eff September 8, 2004; 2018 Act No. 235 (H.3068), § 1, eff May 17, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="29539BD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7A305320" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="72E9A880" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2004 amendment rewrote this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="63860845" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 235, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4C7487CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1FC01EEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-102-50. Application for registration; contents; registration in another state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="12C857AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An applicant for registration shall submit an application for registration to the Department of Consumer Affairs in a form prescribed by the department. An application filed pursuant to this section is a public record. The application must be in the name of a person and, except as otherwise provided in subsection (B), signed or otherwise authenticated by the applicant under penalty of perjury and state or contain:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="312C87F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the name, date of birth, and place of birth of the applicant and:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0FAC4711" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the address of his principal place of business;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6BBF1B6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) his work and mobile telephone numbers; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3345957B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) any means of communicating with him electronically, including:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="477A571C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) facsimile number;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1343F4C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) electronic mail address; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0B93C8E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iii) personal, business, or employer websites;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3C65C8AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(2) the name of the applicant's business or employer, if applicable, including for each business or employer its mailing address, telephone number, organizational form, and the nature of the business;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="30336A2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) each social media account with which the applicant, his business, or his employer is affiliated;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="342608BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) any business or occupation engaged in by the applicant for the five years next preceding the date of submission of the application, including self-employment and employment by others, and any professional or occupational license, registration, or certification held by the applicant during that time;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="48B33D0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) a description of the applicant's:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1028AE63" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(a) formal training as an athlete agent;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="435D3845" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) practical experience as an athlete agent; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="60A0F0F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) educational background relating to his activities as an athlete agent;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="122F544A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) the names and addresses of three individuals not related to the applicant who are willing to serve as references;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="79690522" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) the name, sport, and last known team for each individual for whom the applicant acted as an athlete agent during the five years next preceding the date of submission of the application, or, if the individual is a minor, the name of his parent or guardian;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4DF0ADC0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) the names and addresses of all persons who are:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6C1C6440" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) with respect to the athlete agent's business, if it is not a corporation, the partners, members, officers, managers, associates, or profit-sharers of the business who hold an equity interest of five percent or greater in that business; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="05053477" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) with respect to a corporation employing the athlete agent, the officers, directors, and any shareholder of the corporation having an interest of five percent or greater;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2051EA0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) whether the applicant or a person named pursuant to item (8) has been convicted of a crime that would be a crime involving moral turpitude or a felony if committed in this State, and identification of the:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="412C01F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) crime;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2B8D0CC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) law enforcement agency involved; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...35 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="11953B1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(c) if applicable, the date of conviction and the fine or penalty imposed;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3C5314A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) whether, within fifteen years before the date of application, the applicant or a person named under item (8) has been a defendant or respondent in a civil proceeding, including a proceeding seeking an adjudication of legal incompetence and, if so, the date and a full explanation of each proceeding;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="155C06F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(11) whether the applicant or a person named under item (8) has an unsatisfied judgment or a judgment of continuing effect, including alimony or a family court order for child support, which is not current at the date of the application;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4AB02C02" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) whether, within ten years before the date of application, the applicant or a person named under item (8) was adjudicated bankrupt or was an owner of a business that was adjudicated bankrupt;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0A15C153" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(13) whether there has been any administrative or judicial determination that the applicant or a person named pursuant to item (8) has made a false, misleading, deceptive, or fraudulent representation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="329F8805" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(14) an instance in which the conduct of the applicant or a person named pursuant to item (8) resulted in the imposition against a student athlete or educational institution of a sanction, suspension, or declaration of ineligibility to participate in an interscholastic or intercollegiate athletic event;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="331A76EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(15) a sanction, suspension, or disciplinary action taken against the applicant or a person named pursuant to item (8) arising out of occupational or professional conduct;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="676B6C53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(16) whether there has been a denial of an application for, suspension or revocation of, or refusal to renew the registration or licensure of the applicant or a person named pursuant to item (8) as an athlete agent in any state;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0ED83FC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(17) each state in which the applicant currently is registered as an athlete agent or has applied to be registered as an athlete agent;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="60280A98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(18) if the applicant is certified or registered by a professional league or players association:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="79D055A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the name of the league or association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3D89FC0C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the date of certification or registration, and the date of expiration of the certification or registration, if any; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6E3FB333" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) if applicable, the date of any denial of an application for, suspension or revocation of, refusal to renew, withdrawal of, or termination of, the certification or registration or any reprimand or censure related to the certification or registration; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5EC5FB9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(19) any additional information required by the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1DE2C315" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(B) Instead of submitting an application in the form prescribed pursuant to subsection (A), an applicant for registration in this State, who has applied for and holds a certificate, registration, or licensure as an athlete agent in another state, may submit:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="14095C1C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a copy of the application for registration in the other state;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="284BE4D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a statement that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="16D30BBA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(a) identifies any material change in the information on the application described in item (1), cosigned under penalty of perjury; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4F26F7B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) verifies there is no such material change provided in subitem (a), signed under penalty of perjury; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0BEA1C61" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) a copy of the certificate of registration from the other state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="290ED5BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The Department of Consumer Affairs shall accept the application and the certificate from the other state as an application for registration in this State and issue a certificate of registration to the applicant if the application to the other state:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2BD69C3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) was submitted in the other state within six months next preceding the submission of the application in this State and the applicant certifies that the information contained in the application is current;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0DEA4EB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) contains information substantially similar to or more comprehensive than that required in an application submitted in this State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="23032117" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) was signed by the applicant under penalty of perjury; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="50F353F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) the registration has not been revoked or suspended and no action involving the person's conduct as an athlete agent is pending against the person or his registration in any state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4F1D35B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) For purposes of implementing the provisions of subsection (C), the department shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="64C6E538" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) cooperate with national organizations concerned with athlete agent issues and agencies in other states which register athlete agents to develop a common registration form and determine which states have laws that are substantially similar to or more restrictive than this chapter; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="473C3287" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) exchange information, including information related to actions taken against registered athlete agents or their registrations, with those organizations and agencies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1BF5125A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="61CE78A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 456, § 1; 2004 Act No. 300, § 1, eff September 8, 2004; 2018 Act No. 235 (H.3068), § 1, eff May 17, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5E1245CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="64F0F404" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Major League Baseball Players Association __________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="408D2356" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>National Basketball Players Association __________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="62758D46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>National Football Players Association __________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="08303141" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>National Hockey League Players Association __________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2CFFF63D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Other __________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="170C8A39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>None __________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3739A7DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For each item in this part, include: School name, city and state, degree conferred, and year the degree was awarded.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="29F4850C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Name of employer: __________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="37282C52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Supervisor's name: __________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3CBD38E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Supervisor's address and work phone: __________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="26BA2E10" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Initial date of employment (including month and year): __________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="18EB9361" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nature of your current employment: __________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1ADCA163" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="71518AEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Name</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5F687E98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="73FF69F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2004 amendment rewrote this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7AB3A1FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 235, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="12DF7834" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="653539C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-102-60. Issuance of certificate of registration; grounds for refusal; application for renewal; renewal application submitted in another state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="49F90B03" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Except as otherwise provided in subsection (B), the Department of Consumer Affairs shall issue a certificate of registration to a person who complies with Section 59-102-50(A) or whose application has been accepted pursuant to Section 59-102-50(B).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0B186754" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) The department may refuse to issue a certificate of registration if he determines the applicant has engaged in conduct that has a significantly adverse effect on the applicant's fitness to act as an athlete agent. In making the determination, the department may consider whether the applicant has:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="49501130" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) pleaded guilty or no contest to, has been convicted of, or has charges pending for a crime that would be a crime involving moral turpitude or a felony if committed in this State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4C1BD112" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) made a materially false, misleading, deceptive, or fraudulent representation in the application or as an athlete agent;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="00AF05F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) engaged in conduct that would disqualify the applicant from serving in a fiduciary capacity;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="304AC3D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) engaged in conduct prohibited by Section 59-102-140;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1DDF21B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) had a registration or licensure as an athlete agent suspended, revoked, or denied or been refused renewal of registration or licensure as an athlete agent in any state;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="57017542" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) engaged in conduct resulting in the imposition against a student athlete or educational institution of a sanction, suspension, or declaration of ineligibility to participate in an interscholastic or intercollegiate athletic event; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0F9E0F8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) engaged in conduct that significantly adversely reflects on the applicant's credibility, honesty, or integrity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7C7FB7D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) In making a determination pursuant to subsection (B), the department shall consider:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="07797043" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) how recently the conduct occurred;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4CCF8115" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(2) the nature of the conduct and the context in which it occurred; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="181D329D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) other relevant conduct of the applicant.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="06703C4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) An athlete agent registered under subsection (A) may apply to renew a registration by submitting an application for renewal in a form prescribed by the department. An application filed pursuant to this section is a public record. The application for renewal must be signed by the applicant under penalty of perjury and must contain current information on all matters required in an original registration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="10F1B445" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) An athlete agent registered pursuant to Section 59-102-50(C) may renew the registration by proceeding under Section 59-102-50(D) or, if registration in the other state has been renewed, by submitting to the department copies of the application for renewal in the other state and the renewed registration from the other state. The department shall renew the registration if it determines:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="564AEE91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) registration requirements of the other state are substantially similar to or more restrictive than this chapter; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5E7D045E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) the renewed registration has not been suspended or revoked and no action involving the person's conduct as an athlete agent is pending against him or his registration in any state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="69616208" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) A certificate of registration or a renewal of a registration is valid for two years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="78E7A5A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="12F41AF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 300, § 1, eff September 8, 2004; 2018 Act No. 235 (H.3068), § 1, eff May 17, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="628E0171" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="54059E76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="05EF43BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 235, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="09386230" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="76FB60B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-102-70. Suspension, revocation, or refusal to renew certificate of registration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...22 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2A6CB3AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(A) The Department of Consumer Affairs may limit, suspend, revoke, or refuse to renew a registration of a person registered pursuant to Section 59-102-60(A) for conduct that would have justified denial of registration pursuant to Section 59-102-60(B).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="39B8E36F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The department may suspend or revoke the registration of a person registered pursuant to Section 59-102-50(C) or renewed pursuant to Section 59-102-60(E) for any reason for which the department could have refused to grant or renew registration or for conduct that would justify refusal to issue a certificate of registration pursuant to Section 59-102-60(B).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="357DBDE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The department may suspend, refuse to renew, or revoke a person's registration if that person fails to complete at least twenty hours of continuing athlete agent education coursework biennially. The department may promulgate regulations necessary for the approval of credit hours.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="65B0474D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="20620EE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 300, § 1, eff September 8, 2004; 2005 Act No. 128, § 18, eff July 1, 2005; 2018 Act No. 235 (H.3068), § 1, eff May 17, 2018; 2021 Act No. 35 (S.685), § 3, eff July 1, 2021.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="543E043B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="720263EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2005 Act No. 128, § 27, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4BBC4AAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"This act takes effect on July 1, 2005, and applies to all licensing and administrative hearings involving the South Carolina Department of Consumer Affairs."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="164580FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021 Act No. 35, § 7, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="78CC4518" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"SECTION 7. This act takes effect for each institution of higher learning in this State upon the earlier of July 1, 2022, or certification by the Attorney General to the Governor of the enactment of rules consistent with the provisions contained in this act by the institution of higher learning's collegiate governing body [July 1, 2021]. Upon certification by the Attorney General, the provisions of this act are suspended until the General Assembly takes further action."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="17D7D4A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022 Act No. 239, § 117.172, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1C70FCAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"117.172. (GP: Name Image Likeness) For Fiscal Year 2022-23, Act 35 of 2021 in its entirety pertaining to intercollegiate athlete (NIL) name, image, or likeness is suspended."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3CE3C729" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0862FD35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2005 amendment, in subsection (a), deleted "suspend, revoke, or"; rewrote subsection (B) relating to requests for contested case hearings by aggrieved persons; and added subsection (C) permitting the Department of Consumer Affairs to request a contested case hearing.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4B5C81A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 235, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="693F4288" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021 Act No. 35, § 3, added (C).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4FAD498A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1D8454B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-102-80. Temporary certificate of registration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...22 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4C4953A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>The Department of Consumer Affairs may issue a temporary certificate of registration as an athlete agent while an application for registration or renewal of registration is pending.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="78B2E25B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="32465F85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 300, § 1, eff September 8, 2004; 2018 Act No. 235 (H.3068), § 1, eff May 17, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="557C6504" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2D5D0E22" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2303BB81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 235, § 1, inserted "as an athlete agent" following "certificate of registration".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1649170F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0DCED617" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-102-85. Online registry of athlete agents in good standing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="58DEF0A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Department of Consumer Affairs shall maintain an online, public directory of all registered athlete agents in good standing. The directory shall include each athlete agent's registration application information that is required pursuant to this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7755CA9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="33DE8180" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2021 Act No. 35 (S.685), § 4, eff July 1, 2021.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5B3FA904" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="23EEAA94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021 Act No. 35, § 7, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="188E1C56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"SECTION 7. This act takes effect for each institution of higher learning in this State upon the earlier of July 1, 2022, or certification by the Attorney General to the Governor of the enactment of rules consistent with the provisions contained in this act by the institution of higher learning's collegiate governing body [July 1, 2021]. Upon certification by the Attorney General, the provisions of this act are suspended until the General Assembly takes further action."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="353610A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022 Act No. 239, § 117.172, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4FC3C6B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"117.172. (GP: Name Image Likeness) For Fiscal Year 2022-23, Act 35 of 2021 in its entirety pertaining to intercollegiate athlete (NIL) name, image, or likeness is suspended."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="16440477" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0E8E94F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-102-90. Fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5A30A369" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>An application for registration or renewal of registration must be accompanied by a fee of:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="68CFCA66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(1) one thousand five hundred dollars for an initial application for registration;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3C177ED5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) two thousand five hundred dollars for registration based on a certificate of registration issued by another state;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="63F36DD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) seven hundred dollars for an application for renewal of registration; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="050E7D21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) one thousand dollars for renewal of registration based on a renewal of registration in another state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7F6CC33B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2FE653AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 300, § 1, eff September 8, 2004; 2018 Act No. 235 (H.3068), § 1, eff May 17, 2018; 2021 Act No. 35 (S.685), § 5, eff July 1, 2021.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6D668900" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="48F02F56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6C2E9EAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021 Act No. 35, § 7, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1C1AF2C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"SECTION 7. This act takes effect for each institution of higher learning in this State upon the earlier of July 1, 2022, or certification by the Attorney General to the Governor of the enactment of rules consistent with the provisions contained in this act by the institution of higher learning's collegiate governing body [July 1, 2021]. Upon certification by the Attorney General, the provisions of this act are suspended until the General Assembly takes further action."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7CBD0EB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022 Act No. 239, § 117.172, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="45F0E063" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"117.172. (GP: Name Image Likeness) For Fiscal Year 2022-23, Act 35 of 2021 in its entirety pertaining to intercollegiate athlete (NIL) name, image, or likeness is suspended."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2656DA39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4190262F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 235, § 1, inserted (2) and redesignated former (2) as (3), added (4), and made nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="50F79AC0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021 Act No. 35, § 5, in (1), substituted "one thousand five hundred dollars" for "five hundred dollars"; in (2), substituted "two thousand five hundred dollars" for "five hundred dollars"; in (3), substituted "seven hundred dollars" for "three hundred dollars"; and in (4), substituted "one thousand dollars" for "three hundred dollars".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3B8D485F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="61985C2B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-102-100. Agency contracts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="60F1E1B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An agency contract must be in a record that is signed or otherwise authenticated by the parties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1D70C52B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) An agency contract must include:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="505585EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) in a statement that the athlete agent is registered as an athlete agent in this State and a list of other states in which he is registered as an athlete agent;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="239558D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the amount and method of calculating the consideration to be paid by the student athlete for services provided by the athlete agent under the contract and other consideration the athlete agent receives from another source for entering into the contract or for providing the services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="27AB67CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the name of a person not listed in the application for registration or renewal of registration to be compensated because the student athlete signed the agency contract;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="68F878F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) a description of expenses the student athlete agrees to reimburse;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="52D181FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) a description of the services to be provided to the student athlete;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1BB726A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(6) the duration of the contract; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6F5EF47C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) the date of execution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0513F31C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Subject to the provisions of subsection (G), an agency contract must contain, in close proximity to the signature of the student athlete, a conspicuous notice in boldface type in capital letters stating:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6F11135A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>WARNING TO STUDENT ATHLETE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3A4B49AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>IF YOU SIGN THIS CONTRACT:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3369F7F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(1) YOU MAY LOSE YOUR ELIGIBILITY TO COMPETE AS A STUDENT ATHLETE IN YOUR SPORT;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="16C0CDEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) IF YOU HAVE AN ATHLETIC DIRECTOR, WITHIN SEVENTY-TWO HOURS AFTER SIGNING THIS CONTRACT OR BEFORE THE NEXT SCHEDULED ATHLETIC EVENT IN WHICH YOU PARTICIPATE, WHICHEVER OCCURS FIRST, BOTH YOU AND YOUR ATHLETE AGENT MUST NOTIFY YOUR ATHLETIC DIRECTOR THAT YOU HAVE ENTERED INTO THIS CONTRACT AND PROVIDE THE NAME AND CONTACT INFORMATION OF THE ATHLETE AGENT; AND</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2602B5C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) YOU MAY CANCEL THIS CONTRACT WITHIN 14 DAYS AFTER SIGNING IT. CANCELLATION OF THIS CONTRACT MAY NOT REINSTATE YOUR ELIGIBILITY AS A STUDENT ATHLETE IN YOUR SPORT.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5E5FDCF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) An agency contract must be accompanied by a separate record signed by the student athlete or, if the athlete is a minor, the parent or guardian of the athlete acknowledging that signing the contract may result in the loss of the athlete's eligibility to participate in the athlete's sport.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="721EF598" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) A student athlete or, if the athlete is a minor, the parent or guardian of the athlete may void an agency contract that does not conform to this section. If the contract is voided, any consideration received from the athlete agent under the contract to induce entering into the contract is not required to be returned.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="306D6A84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) At the time an agency contract is executed, the athlete agent shall give the student athlete or, if the athlete is a minor, the parent or guardian of the athlete a copy in a record of the contract and the separate acknowledgement required by subsection (D).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6692B51A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) If a student athlete is a minor, an agency contract must be signed by the parent or guardian of the minor and the notice required by subsection (C) must be revised accordingly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="212CE6A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(H) An agency contract for name, image, or likeness activities, as defined in Chapter 158, Title 59, may provide for athlete agent compensation but may not exceed twenty percent of the name, image, or likeness contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6A81F3B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="39B1B172" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 300, § 1, eff September 8, 2004; 2018 Act No. 235 (H.3068), § 1, eff May 17, 2018; 2021 Act No. 35 (S.685), § 6, eff July 1, 2021; 2024 Act No. 207 (H.4957), § 8, eff May 21, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1B160652" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="32BCCF67" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="39C1FDE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021 Act No. 35, § 7, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7B7C250D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"SECTION 7. This act takes effect for each institution of higher learning in this State upon the earlier of July 1, 2022, or certification by the Attorney General to the Governor of the enactment of rules consistent with the provisions contained in this act by the institution of higher learning's collegiate governing body [July 1, 2021]. Upon certification by the Attorney General, the provisions of this act are suspended until the General Assembly takes further action."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7CA69E08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022 Act No. 239, § 117.172, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="435A1578" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"117.172. (GP: Name Image Likeness) For Fiscal Year 2022-23, Act 35 of 2021 in its entirety pertaining to intercollegiate athlete (NIL) name, image, or likeness is suspended."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="09EADDC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0D6285B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 235, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5ECB0FFA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021 Act No. 35, § 6, added (H).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1ACA9881" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024 Act No. 207, § 8, in (H), substituted "may provide" for "may not provide" and "but may not exceed twenty percent" for "that exceeds ten percent".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A9DE454" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="636A60A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-102-110. Notice of contract to athletic director.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1E094629" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) In this section, "communicating or attempting to communicate" means contacting or attempting to contact by an in-person meeting, a record, or another method that conveys or attempts to convey a message.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="07DDD34E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Not later than seventy-two hours after entering into an agency contract or before the next scheduled athletic event in which the student athlete may participate, whichever occurs first, the athlete agent shall give notice in a record of the existence of the contract to the athletic director of the educational institution at which the athlete is enrolled or at which the agent has reasonable grounds to believe the athlete intends to enroll.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1E100655" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Not later than seventy-two hours after entering into an agency contract or before the next scheduled athletic event in which the student athlete may participate, whichever occurs first, the athlete shall inform the athletic director of the educational institution at which the athlete is enrolled that the athlete has entered into an agency contract and the name and contact information of the athlete agent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="638A94DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) If an athlete agent enters into an agency contract with a student athlete and the athlete subsequently enrolls at an educational institution, the agent shall notify the athletic director of the institution of the existence of the contract not later than seventy-two hours after the agent knew or should have known the athlete enrolled.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4CAF1344" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) If an athlete agent has a relationship with a student athlete before the athlete enrolls in an educational institution and receives an athletic scholarship from the institution, the agent shall notify the institution of the relationship not later than ten days after the enrollment if the agent knows or should have known of the enrollment and:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="178FFD9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the relationship was motivated in whole or part by the intention of the agent to recruit or solicit the athlete to enter an agency contract in the future; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="30CC09B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the agent directly or indirectly recruited or solicited the athlete to enter an agency contract before the enrollment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6F7D352A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) An athlete agent shall give notice in a record to the athletic director of an educational institution at which a student athlete is enrolled before the agent communicates or attempts to communicate with:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5BBFAC83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the athlete or, if the athlete is a minor, a parent or guardian of the athlete to influence the athlete or parent or guardian to enter into an agency contract; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="55FC1504" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(2) another person to have that person influence the athlete or, if the athlete is a minor, the parent or guardian of the athlete to enter into an agency contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="765365ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) If a communication or attempt to communicate with an athlete agent is initiated by a student athlete or another person on behalf of the athlete, the agent shall notify in a record the athletic director of any educational institution at which the athlete is enrolled. The notification must be made not later than ten days after the communication or attempt.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="317E85E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(H) An educational institution that becomes aware of a violation of this chapter by an athlete agent shall notify the Department of Consumer Affairs and a professional league or players' association with which the institution is aware the agent is licensed or registered of the violation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="36A93733" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="51719B2F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 300, § 1, eff September 8, 2004; 2018 Act No. 235 (H.3068), § 1, eff May 17, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="787FA8E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4935C16C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="12EF2A89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 235, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="707A98B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="66CA9CD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-102-120. Cancellation of agency contract by student.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="156A6F5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(A) A student athlete, or if the athlete is a minor, his parent or guardian may cancel an agency contract by giving notice of the cancellation to the athlete agent in a record within fourteen days after the contract is signed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4594CB40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The right to cancel an agency contract provided in subsection (A) may not be waived.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6F520D32" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) If a student athlete, parent, or guardian cancels an agency contract, the student athlete, parent, or guardian is not required to pay consideration under the contract or to return consideration received from the athlete agent to induce the athlete to enter into the contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6EF4F0DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5A98E3EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 300, § 1, eff September 8, 2004; 2018 Act No. 235 (H.3068), § 1, eff May 17, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="67F835A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0435A0A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="08CA2FCE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 235, § 1, in (A), inserted ", or if the athlete is a minor, his parent or guardian" following "A student athlete"; rewrote (B); and in (C), inserted ", parent, or guardian" in two places and substituted "induce the athlete" for "induce the student athlete".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="39E699D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6AC7B119" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-102-130. Records to be maintained by athlete agent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...22 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="19798DE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(A) An athlete agent shall retain the following records for a period of five years:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="017C65A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the name and address of each person represented by the athlete agent;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2DD1A384" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) an agency contract entered into by the athlete agent; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7ACE18C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) direct costs incurred by the athlete agent in the recruitment or solicitation of a student athlete to enter into an agency contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="47E6A2ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Records retained pursuant to subsection (A) are open to inspection by the Department of Consumer Affairs during normal business hours.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4C48F8A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7A4ADA5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 300, § 1, eff September 8, 2004; 2018 Act No. 235 (H.3068), § 1, eff May 17, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="14E4429E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="346D23D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 235, § 1, in (A)(1), substituted "person" for "individual" following "address of each".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="38BD3576" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7D6147D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-102-140. Prohibited acts of athlete agents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="62115074" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An athlete agent, with the intent to induce a student athlete or, if the student athlete is a minor, a parent or guardian of the student athlete to enter into an agency contract, may not take any of the following actions or encourage another person to take or assist another person in taking any of the following actions on behalf of the athlete agent:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2EDA9D10" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) give materially false or misleading information or make a materially false promise or representation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6C09CF4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) furnish anything of value to a student athlete before the student athlete enters into the agency contract; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0740C4C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) furnish anything of value to an individual other than the student athlete or another registered athlete agent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5DA2F109" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(B) An athlete agent may not intentionally do any of the following or encourage another person to do any of the following on behalf of the athlete agent:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="00908000" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) initiate contact, directly or indirectly, with a student athlete or, if the student athlete is a minor, a parent or guardian of the student athlete to recruit the student athlete, parent, or guardian to enter an agency contract unless registered pursuant to this chapter;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="221BAC46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) refuse or fail to retain or permit inspection of records pursuant to Section 59-102-130;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="47271292" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) fail to register as required by Section 59-102-40;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="16252604" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) provide materially false or misleading information in an application for registration or renewal of registration;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="46FF543C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) predate or postdate an agency contract; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="38B9B5E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) fail to notify a student athlete or, if the student athlete is a minor, a parent or guardian of the athlete before the student athlete, parent, or guardian signs or otherwise authenticates an agency contract for a particular sport that the signing or authentication may make the student athlete ineligible to participate as a student athlete in that sport.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2992C074" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="076A953E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 300, § 1, eff September 8, 2004; 2018 Act No. 235 (H.3068), § 1, eff May 17, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="36863438" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6D02DEAC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="74FEFE46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 235, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4F34250A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="388486CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-102-150. Violations and penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="57A85A4A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>An athlete agent who violates Section 59-102-140 is guilty of a misdemeanor and, upon conviction, may be fined not more than ten thousand dollars or imprisoned for not more than three years, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C543E39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0A175415" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 300, § 1, eff September 8, 2004; 2018 Act No. 235 (H.3068), § 1, eff May 17, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0B848A1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="70151D86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0527D8A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 235, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3CA43381" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1824F765" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-102-160. Actions for damages; attorney's fees; accrual.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="239DEDFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An educational institution or student athlete may bring an action for damages against an athlete agent if the institution or athlete is adversely affected by an act or omission of the agent in violation of this chapter. An educational institution or student athlete is adversely affected by an act or omission of the agent only if, because of the act or omission, the institution or a person who was a student athlete at the time of the act or omission and enrolled in the institution:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3725C43B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) is suspended or disqualified from participation in an interscholastic or intercollegiate athletic event by or under the rules of a state or national federation or association that promotes or regulates interscholastic or intercollegiate sports; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0974E0F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) suffers financial damage.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2EABFB59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A plaintiff that prevails in an action under this section may recover actual damages, punitive damages, costs, and reasonable attorney's fees. An athlete agent found liable under this section forfeits any right of payment for anything of benefit or value provided to the student athlete and shall refund any consideration paid to the agent by or on behalf of the athlete.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2B6B5C24" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A violation of this chapter is an unfair trade practice for purposes of the South Carolina Unfair Trade Practices Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="342FF431" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="39712049" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 300, § 1, eff September 8, 2004; 2018 Act No. 235 (H.3068), § 1, eff May 17, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5A75C5E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="29592A79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0B2E1FA8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 235, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="120EC7D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1F4A4238" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-102-170. Administrative fine.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="23D38AB2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Upon a finding that an athlete agent has violated a provision of this chapter, as determined from admissions of the athlete agent freely and voluntarily made or as the result of a contested case hearing, the administrative law judge may assess a fine against an athlete agent not to exceed one hundred thousand dollars for a violation of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C4388D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="702C7C27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 300, § 1, eff September 8, 2004; 2005 Act No. 128, § 19, eff July 1, 2005; 2018 Act No. 235 (H.3068), § 1, eff May 17, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2325EEC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3958814D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="46B570D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2005 Act No. 128, § 27, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7D3A8F37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"This act takes effect on July 1, 2005, and applies to all licensing and administrative hearings involving the South Carolina Department of Consumer Affairs."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="76D6CE1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4ED0C904" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2005 amendment substituted "the Administrative Law Judge" for "conducted pursuant to the Administrative Procedures Act, the Department of Consumer Affairs".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1E6CF2ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 235, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="54909727" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="10B33E64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-102-180. Application and construction of act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="741DB52B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>In applying and construing this uniform act, consideration must be given to the need to promote uniformity of the law with respect to its subject matter among states that enact it.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="25308914" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="524F089E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 300, § 1, eff September 8, 2004; 2018 Act No. 235 (H.3068), § 1, eff May 17, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="13B9253B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="65685B86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 235, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4B4B7508" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3EE20A85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-102-190. Relation to Electronic Signatures in Global and National Commerce Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7589A664" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The provisions of this chapter modify, limit, or supersede the Electronic Signatures in Global and National Commerce Act, 15 U.S.C. Section 7001, et seq., but do not modify, limit, or supersede Section 101(c) of that act, 15 U.S.C. Section 7001(c), or authorize electronic delivery of any of the notices described in Section 103(b) of that act, 15 U.S.C. Section 7003(b).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C356B68" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="61498403" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2018 Act No. 235 (H.3068), § 1, eff May 17, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7B6E94D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -7644,51 +9712,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -8125,66 +10193,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>