--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -1,368 +1,365 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8bcd6caa2e4040b5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd632258134f4e4b8509d244e7bee196.psmdcp" Id="R1294114824a549d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4e31f6a69a39446e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/365ff9fb0d1845baa8bfec5c321ef08e.psmdcp" Id="Ra33c1452de0d4921" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00833E56" w:rsidRDefault="00833E56" w14:paraId="249FFE3F" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0DE89A2B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CHAPTER 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="50426FFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>CHAPTER 106</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>South Carolina Campus Sex Crimes Prevention Act</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="10318C72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="01B5F0DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 59-106-10. Short title.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0CA8BDA9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>This act is known and may be cited as the "South Carolina Campus Sex Crimes Prevention Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5E0A8EFC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6D7ABEC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 2002 Act No. 310, § 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="23E45A7F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5808E83A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 59-106-20. Annual security reports; inclusion of statement as to obtaining information concerning registered sex offenders.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="30A9EC77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Each institution of higher education must include a statement in their annual security report which advises the campus community where law enforcement information concerning registered sex offenders may be obtained, such as the law enforcement office of the institution, a local law enforcement agency with jurisdiction for the campus, or a computer network address. For purposes of this chapter, the annual security report means the report published pursuant to Section 485 of the Higher Education Act of 1965 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as amended (20 U.S.C. Section 1092(f)). This information must be included in reports beginning in 2003.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CFE1AB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5AF6E5A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>as amended (20 U.S.C. Section 1092(f)). This information must be included in reports beginning in 2003.</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 2002 Act No. 310, § 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3EF197DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="394D1FB9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 59-106-30. Institution of higher education.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="38D4BF8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...67 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>For purposes of this chapter, "institution of higher education" means any two-year or four-year college, community or junior college, technical school, or university located in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0E58D1D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="22943863" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 310, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -373,51 +370,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -854,66 +851,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>