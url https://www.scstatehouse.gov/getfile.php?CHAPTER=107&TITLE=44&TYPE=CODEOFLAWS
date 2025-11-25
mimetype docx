--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,1912 +1,1798 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb38d1ab0ea944ea0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8df4619b5df74a6bbedc8591ca01273d.psmdcp" Id="R1f8f91a0c36b4d08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R772f3dba2e14489d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/19f5968a256c406586970b13e0aca3af.psmdcp" Id="Re5a6524b71b14e1b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0067139B" w:rsidRDefault="0067139B" w14:paraId="3846DB18" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="47343171" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="22D5CDC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The Drug-Free Workplace Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="319F8506" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5F1BFC38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-107-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4BCD151A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be cited as "The Drug-free Workplace Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2BAB6B54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="78030702" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 593, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3CDA6A4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="64170AE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-107-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7A1C31C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7A392A44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Drug-free workplace" means a site for the performance of work done in connection with a specific grant or contract of an entity at which employees of the entity are prohibited from engaging in the unlawful manufacture, distribution, dispensation, possession, or use of a controlled substance in accordance with the requirements of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="68045671" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Employee" means the employee of a grantee or contractor engaged in the performance of work pursuant to the provisions of the grant or contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6F4A23B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Controlled substance" means a controlled substance in Article 3, Chapter 53 of this title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4D25D1E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Conviction" means a finding of guilt, including a plea of nolo contendere or imposition of sentence, or both, by any judicial body charged with the responsibility to determine violations of the federal or state criminal drug statutes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6E7C01C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Criminal drug statute" means a criminal statute involving manufacture, distribution, dispensation, use, or possession of any controlled substance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6968FCFC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Grantee" means the department, division, or other unit of a person responsible for the performance under a grant.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="31C45BAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Contractor" means the department, division, or other unit of a person responsible for the performance under a contract with a state agency.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="640DC688" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7668B2E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 593, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5302FFB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="634651D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-107-30. Certification that drug-free conditions exist required for eligibility for certain state grants and contracts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4B6A3B6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No person, other than an individual, may receive a domestic grant or be awarded a domestic contract for the procurement of any goods, construction, or services for a stated or estimated value of fifty thousand dollars or more from any state agency unless the person has certified to the using agency that it will provide a drug-free workplace by:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4ED44EAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) publishing a statement notifying employees that the unlawful manufacture, distribution, dispensation, possession, or use of a controlled substance is prohibited in the person's workplace and specifying the actions that will be taken against employees for violations of the prohibition;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="54EFCDE2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) establishing a drug-free awareness program to inform employees about:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="489F9CAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the dangers of drug abuse in the workplace;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="74B81C66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the person's policy of maintaining a drug-free workplace;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="143D9812" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) any available drug counseling, rehabilitation, and employee assistance programs; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="076E836E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) the penalties that may be imposed upon employees for drug violations;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0AC19EEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) making it a requirement that each employee to be engaged in the performance of the contract be given a copy of the statement required by item (1);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4D391BD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) notifying the employee in the statement required by item (1) that, as a condition of employment on the contract or grant, the employee will:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4B39D50C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) abide by the terms of the statement; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0540DF0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) notify the employer of any criminal drug statute conviction for a violation occurring in the workplace no later than five days after the conviction;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="54AF7C73" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) notifying the using agency within ten days after receiving notice under item (4)(b) from an employee or otherwise receiving actual notice of the conviction;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="326C8CDC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) imposing a sanction on, or requiring the satisfactory participation in a drug abuse assistance or rehabilitation program by, any employee convicted as required by Section 44-107-50; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="06400A0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(7) making a good faith effort to continue to maintain a drug-free workplace through implementation of items (1), (2), (3), (4), (5), and (6).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7E72D2A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="41B31BA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 593, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="623E9290" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4106D296" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-107-40. Individual required to certify absence of drug-related activity to qualify for state grant or contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="18973E27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No state agency may enter into a domestic contract or make a domestic grant with any individual for a stated or estimated value of fifty thousand dollars or more unless the contract or grant includes a certification by the individual that the individual will not engage in the unlawful manufacture, distribution, dispensation, possession, or use of a controlled substance in the performance of the contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="47E68D9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="30D7B84C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 593, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4814711F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="66BC4701" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-107-50. Required response to employee's conviction of drug-related offense.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="56284796" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A grantee or contractor shall, within thirty days after receiving notice from an employee of a conviction pursuant to Article 3, Chapter 53 of this title:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="26955B86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) take appropriate personnel action against the employee up to and including termination; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="53C267F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) require the employee to participate satisfactorily in a drug abuse assistance or rehabilitation program approved for the purposes by a federal, state, or local health, law enforcement, or other appropriate agency.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="25C25431" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6D16576E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 593, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="25264A42" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="735A72E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-107-60. Conditions justifying suspension or termination of state grant or contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4F9B79C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each domestic contract or domestic grant awarded by a state agency is subject to suspension of payments or termination or both, and the contractor or grantee under the contract or grant or the individual who entered the contract with or received the grant from the state agency, as applicable, is subject to suspension or debarment in accordance with Section 11-35-4220 if the appropriate Chief Procurement Officer, as defined in Section 11-35-310(5), determines that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="58257183" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the contractor or grantee has made a false certification under Section 44-107-30 or 44-107-40;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6DC584C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the contractor or grantee violates the certification by failing to carry out the requirements of Section 44-107-30(1), (2), (3), (4), (5), and (6);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5AFC2D4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(3) the contractor or grantee does not take appropriate remedial action against employees convicted on drug offenses as specified in Section 44-107-50; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0F8FA1F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(4) the number of employees of the contractor or grantee who have been convicted of violations of criminal drug statutes for violations occurring in the workplace reasonably indicates that the contractor or grant recipient has failed to make a good faith effort to provide a drug-free workplace as required by this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="35EC0A2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6D356765" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 593, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0CE6A8F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="596A88A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-107-70. Duration of debarment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="48914E89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Upon issuance of any final decision under this chapter requiring debarment of a contractor, grantee, or individual, the contractor, grantee, or individual is ineligible for award of any contract or grant by any state agency for a period specified in the decision of at least one year but not to exceed five years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6164C2F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="15998687" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 593, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="247857D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="75321664" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-107-80. Technical assistance with implementation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5E5AE199" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Upon request, the Office of Substance Use Services shall provide technical assistance to any state agency to assist with the implementation of this chapter. Additionally, upon request, the names and addresses of contractors and grantees providing a drug-free workplace pursuant to this chapter must be provided to the office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2A173B29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="22B9CC9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 593, § 1; 1993 Act No. 181, § 1162.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="68FDDC85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="41C997F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1A8D385C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0DA0FAAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-107-90. Failure to comply with this chapter not grounds for protest.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="774274DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Failure to comply with any provision of this chapter shall not be grounds for any protest under Section 11-35-4210.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0C9B933C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1617DC15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 593, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1917,51 +1803,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2398,66 +2284,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>