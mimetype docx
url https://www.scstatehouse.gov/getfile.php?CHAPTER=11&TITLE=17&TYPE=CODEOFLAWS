--- v0 (2025-10-10)
+++ v1 (2026-01-26)
@@ -1,2087 +1,2187 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd17818c97f8545fd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e1c3335cc20442409d6a793675075022.psmdcp" Id="Rc29157974333445d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8f96138b04e74a4c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb9f88c8fd584d1492e36cf30befd25c.psmdcp" Id="R2122ac1149f94d1a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0035723F" w:rsidRDefault="0035723F" w14:paraId="7023C713" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="102E4804" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="016918BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Interstate Agreement on Detainers</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="72501351" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="1CA0B55F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 17-11-10. Agreement on detainers enacted into law; terms.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="6E8D943B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>The Agreement on Detainers is hereby enacted into law and entered into by this State with all other jurisdictions legally joining therein in the form substantially as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="4CC588C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The contracting states solemnly agree that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="506F5846" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="6AEEFFDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="37BDD5B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The party states find that charges outstanding against a prisoner, detainers based on untried indictments, informations or complaints, and difficulties in securing speedy trial of persons already incarcerated in other jurisdictions, produce uncertainties which obstruct programs of prisoner treatment and rehabilitation. Accordingly, it is the policy of the party states and the purpose of this agreement to encourage the expeditious and orderly disposition of such charges and determination of the proper statu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s of any and all detainers based on untried indictments, informations or complaints. The party states also find that proceedings with reference to such charges and detainers, when emanating from another jurisdiction, cannot properly be had in the absence of cooperative procedures. It is the further purpose of this agreement to provide such cooperative procedures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="4E769FA0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="61FEF1C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article II</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="25EAF5FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this agreement:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...50 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="1FE4B3AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="30F35211" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(a) "State" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall mean a state of the United States; the United States of America; a territory or possession of the United States; the District of Columbia; the Commonwealth of Puerto Rico.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="31177C42" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="6333E13A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) "Sending state" shall mean a state in which a prisoner is incarcerated at the time that he initiates a request for final disposition pursuant to Article III hereof or at the time that a request for custody or availability is initiated pursuant to Article IV hereof.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="77874DC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="352A0503" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) "Receiving state" shall mean the state in which trial is to be had on an indictment, information or complaint pursuant to Article III or Article IV hereof.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="73C8BE6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="124281EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article III</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="3AD196EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) Whenever a person has entered upon a term of imprisonment in a penal or correctional institution of a party state, and whenever during the continuance of the term of imprisonment there is pending in any other party state any untried indictment, information or complaint on the basis of which a detainer has been lodged against the prisoner, he shall be brought to trial within one hundred eighty days after he shall have caused to be delivered to the prosecuting officer and the appropriate court of the pro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>secuting officer's jurisdiction written notice of the place of his imprisonment and his request for a final disposition to be made of the indictment, information or complaint; provided, that for good cause shown in open court, the prisoner or his counsel being present, the court having jurisdiction of the matter may grant any necessary or reasonable continuance. The request of the prisoner shall be accompanied by a certificate of the appropriate official having custody of the prisoner, stating the term of c</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ommitment under which the prisoner is being held, the time already served, the time remaining to be served on the sentence, the amount of good time earned, the time of parole eligibility of the prisoner, and any decisions of the state parole agency relating to the prisoner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="7CD720C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="4784C95D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) The written notice and request for final disposition referred to in paragraph (a) hereof shall be given or sent by the prisoner to the warden, commissioner of corrections or other official having custody of him, who shall promptly forward it together with the certificate to the appropriate prosecuting official and court by registered or certified mail, return receipt requested.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="7A2E8FB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="59C8560D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) The warden, commissioner of corrections or other official having custody of the prisoner shall promptly inform him of the source and contents of any detainer lodged against him and shall also inform him of his right to make a request for final disposition of the indictment, information or complaint on which the detainer is based.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...67 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="2A0598A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="5DAE1A60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(d) Any request for final disposition made by a prisoner pursuant to paragraph (a) hereof shall operate as a request for final disposition of all untried indictments, informations or complaints on the basis of which detainers have been lodged against the prisoner from the state to whose prosecuting official the request for final disposition is specifically directed. The warden, commissioner of corrections or other official having custody of the prisoner shall forthwith notify all appropriate prosecuting of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ficers and courts in the several jurisdictions within the state to which the prisoner's request for final disposition is being sent of the proceeding being initiated by the prisoner. Any notification sent pursuant to this paragraph shall be accompanied by copies of the prisoner's written notice, request, and the certificate. If trial is not had on any indictment, information or complaint contemplated hereby prior to the return of the prisoner to the original place of imprisonment, such indictment, informati</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on or complaint shall not be of any further force or effect, and the court shall enter an order dismissing the same with prejudice.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="08E8B151" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="6B087227" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) Any request for final disposition made by a prisoner pursuant to paragraph (a) hereof shall also be deemed to be a waiver of extradition with respect to any charge or proceedings contemplated thereby or included therein by reason of paragraph (d) hereof, and a waiver of extradition to the receiving state to serve any sentence there imposed upon him, after completion of his term of imprisonment in the sending state. The request for final disposition shall also constitute a consent by the prisoner to the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> production of his body in any court where his presence may be required in order to effectuate the purposes of this agreement and a further consent voluntarily to be returned to the original place of imprisonment in accordance with the provisions of this agreement. Nothing in this paragraph shall prevent the imposition of a concurrent sentence if otherwise permitted by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="35B923F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="289943C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) Escape from custody by the prisoner subsequent to his execution of the request for final disposition referred to in paragraph (a) hereof shall void the request.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="205C4222" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="2549DBB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="566B6124" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) The appropriate officer of the jurisdiction in which an untried indictment, information or complaint is pending shall be entitled to have a prisoner against whom he has lodged a detainer and who is serving a term of imprisonment in any party state made available in accordance with Article V (a) hereof upon presentation of a written request for temporary custody or availability to the appropriate authorities of the state in which the prisoner is incarcerated; provided, that the court having jurisdiction</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of such indictment, information or complaint shall have duly approved, recorded and transmitted the request. Provided, further, that there shall be a period of thirty days after receipt by the appropriate authorities before the request be honored, within which period the governor of the sending state may disapprove the request for temporary custody or availability, either upon his own motion or upon motion of the prisoner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="10278C45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="7A2D6A75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) Upon receipt of the officer's written request as provided in paragraph (a) hereof, the appropriate authorities having the prisoner in custody shall furnish the officer with a certificate stating the term of commitment under which the prisoner is being held, the time already served, the time remaining to be served on the sentence, the amount of good time earned, the time of parole eligibility of the prisoner, and any decisions of the state parole agency relating to the prisoner. The authorities simultan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>eously shall furnish all other officers and appropriate courts in the receiving state who have lodged detainers against the prisoner with similar certificates and with notices informing them of the request for custody or availability and of the reasons therefor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="26F4C1C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="2FDBCC40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) In respect of any proceedings made possible by this Article, trial shall be commenced within one hundred twenty days of the arrival of the prisoner in the receiving state, but for good cause shown in open court, the prisoner or his counsel being present, the court having jurisdiction of the matter may grant any necessary or reasonable continuance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="12C9B8A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="311B458E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(d) Nothing contained in this Article shall be construed to deprive any prisoner of any right which he may have to contest the legality of his delivery as provided in paragraph (a) hereof, but such delivery may not be opposed or denied on the ground that the executive authority of the sending state has not affirmatively consented to or ordered such delivery.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="269EF131" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="6523BAF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) If trial is not had on any indictment, information or complaint contemplated hereby prior to the prisoner's being returned to the original place of imprisonment pursuant to Article V (e) hereof, such indictment, information or complaint shall not be of any further force or effect, and the court shall enter an order dismissing the same with prejudice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="6AE5B613" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="4865DEC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="3C1BDD35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) In response to a request made under Article III or Article IV hereof, the appropriate authority in a sending state shall offer to deliver temporary custody of such prisoner to the appropriate authority in the state where such indictment, information or complaint is pending against such person in order that speedy and efficient prosecution may be had. If the request for final disposition is made by the prisoner, the offer of temporary custody shall accompany the written notice provided for in Article II</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>I of this agreement. In the case of a Federal prisoner, the appropriate authority in the receiving state shall be entitled to temporary custody as provided by this agreement or to the prisoner's presence in Federal custody at the place for trial, whichever custodial arrangement may be approved by the custodian.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="2BE3BFF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="1BCA1EAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) The officer or other representative of a state accepting an offer of temporary custody shall present the following upon demand:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="4C0CF6C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="0DE0B283" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Proper identification and evidence of his authority to act for the state into whose temporary custody the prisoner is to be given.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="343A751D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="740C43F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) A duly certified copy of the indictment, information or complaint on the basis of which the detainer has been lodged and on the basis of which the request for temporary custody of the prisoner has been made.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="7BC4C7AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="45E3538D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(c) If the appropriate authority shall refuse or fail to accept temporary custody of such person, or in the event that an action on the indictment, information or complaint on the basis of which the detainer has been lodged is not brought to trial within the period provided in Article III or Article IV hereof, the appropriate court of the jurisdiction where the indictment, information or complaint has been pending shall enter an order dismissing the same with prejudice, and any detainer based thereon shall</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cease to be of any force or effect.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="22F8B202" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="4C3F0E0C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(d) The temporary custody referred to in this agreement shall be only for the purpose of permitting prosecution on the charge or charges contained in one or more untried indictments, informations or complaints which form the basis of the detainer or detainers or for prosecution on any other charge or charges arising out of the same transaction. Except for his attendance at court and while being transported to or from any place at which his presence may be required, the prisoner shall be held in a suitable </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>jail or other facility regularly used for persons awaiting prosecution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="552E1362" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="7D9B114A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) At the earliest practicable time consonant with the purposes of this agreement, the prisoner shall be returned to the sending state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="42A97778" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="746886DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) During the continuance of temporary custody or while the prisoner is otherwise being made available for trial as required by this agreement, time being served on the sentence shall continue to run but good time shall be earned by the prisoner only if, and to the extent that, the law and practice of the jurisdiction which imposed the sentence may allow.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="0CAF330D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="7F2D9F1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) For all purposes other than that for which temporary custody as provided in this agreement is exercised, the prisoner shall be deemed to remain in the custody of and subject to the jurisdiction of the sending state and any escape from temporary custody may be dealt with in the same manner as an escape from the original place of imprisonment or in any other manner permitted by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="21BF84FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="78AA8E79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) From the time that a party state receives custody of a prisoner pursuant to this agreement until such prisoner is returned to the territory and custody of the sending state, the state in which the one or more untried indictments, informations or complaints are pending or in which trial is being had shall be responsible for the prisoner and shall also pay all costs of transporting, caring for, keeping and returning the prisoner. The provisions of this paragraph shall govern unless the states concerned s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>hall have entered into a supplementary agreement providing for a different allocation of costs and responsibilities as between or among themselves. Nothing herein contained shall be construed to alter or affect any internal relationship among the departments, agencies and officers of and in the government of a party state, or between a party state and its subdivisions, as to the payment of costs, or responsibilities therefor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="55C78DC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="5A59B8C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="01B6E2A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(a) In determining the duration and expiration dates of the time periods provided in Articles III and IV of this agreement, the running of such time periods shall be tolled whenever and for as long as the prisoner is unable to stand trial, as determined by the court having jurisdiction of the matter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="1C1472D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="721BFB13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) No provision of this agreement, and no remedy made available by this agreement, shall apply to any person who is adjudged to be mentally ill.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="7D49C543" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="2A3DA5C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="2D4ACF8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each state party to this agreement shall designate an officer who, acting jointly with like officers of other party states, shall promulgate rules and regulations to carry out more effectively the terms and provisions of this agreement, and who shall provide, within and without the state, information necessary to the effective operation of this agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="253E0375" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="5690702C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="6238E72E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>This agreement shall enter into full force and effect as to a party state when such state has enacted the same into law. A state party to this agreement may withdraw herefrom by enacting a statute repealing the same. However, the withdrawal of any state shall not affect the status of any proceedings already initiated by inmates or by state officers at the time such withdrawal takes effect, nor shall it affect their rights in respect thereof.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="752A966D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="3E72B4DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article IX</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="46D1F99E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">This agreement shall be liberally construed so as to effectuate its purposes. The provisions of this agreement shall be severable and if any phrase, clause, sentence or provision of this agreement is declared to be contrary to the constitution of any party state or of the United States or the applicability thereof to any government, agency, person or circumstance is held invalid, the validity of the remainder of this agreement and the applicability thereof to any government, agency, person or circumstance </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>shall not be affected thereby. If this agreement shall be held contrary to the constitution of any state party hereto, the agreement shall remain in full force and effect as to the remaining states and in full force and effect as to the state affected as to all severable matters.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="6D6876AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7F85A49A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="63B01856" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 17-221; 1965 (54) 592.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5AFBE376" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="47E4D562" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 17-11-20. "Appropriate court" defined.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="35529177" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The phrase "appropriate court" as used in the Agreement on Detainers shall, with reference to the courts of this State, mean a court of record with criminal jurisdiction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0DD9CCCE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="7E761F3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 17-222; 1965 (54) 592.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="42756945" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="0712EEAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 17-11-30. State courts, departments, agencies, officers, and employees shall enforce and cooperate in enforcement of agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="3BF86F0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>All courts, departments, agencies, officers and employees of this State and its political subdivisions are hereby directed to enforce the Agreement on Detainers and to cooperate with one another and with other party states in enforcing the agreement and effectuating its purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="02642449" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="0DD4F1A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 17-223; 1965 (54) 592.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="11DA959E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="1D0FB4B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 17-11-40. Escape of prisoner in temporary custody.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...22 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="2DC47979" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Any prisoner released to temporary custody under the provisions of the Agreement on Detainers from a place of imprisonment in South Carolina who shall escape or attempt to escape from such temporary custody, whether within or without the borders of this State, shall be dealt with in the same manner as if the escape or attempt to escape were from the original place of imprisonment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3D531706" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="0D37300F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 17-224; 1965 (54) 592.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="65BC7F42" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="4F6A0969" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 17-11-50. Application of Habitual Offenders Law not required.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="3A15ED01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nothing in this chapter or in the Agreement on Detainers shall be construed to require the application of the Habitual Offenders Law to any person on account of any conviction had in a proceeding brought to final disposition by reason of the use of such agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2F7E3861" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="4E7189C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 17-225; 1965 (54) 592.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2325BC83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="39CEF3E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 17-11-60. Official in charge of penal or correctional institution shall give over inmate when required under agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="0AA79720" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>It shall be lawful and mandatory upon the warden or other official in charge of a penal or correctional institution in this State to give over the person of any inmate thereof whenever so required by the operation of the Agreement on Detainers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4AE8059D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="3069D0A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 17-226; 1965 (54) 592.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="362D00EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="0527947F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 17-11-70. Central Administrator and Information Agent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="0FEF4BE5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Governor is empowered to designate the officer who will serve as Central Administrator and Information Agent for the Agreement on Detainers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="70034C81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="3339A7CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 17-227; 1965 (54) 592.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3C85247C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="359FE166" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 17-11-80. Copies of chapter shall be transmitted to Governors and certain other officials.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="5B22C10F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Copies of this chapter shall, upon its approval, be transmitted to the Governor of each state, the Attorney General and the Administrator of General Services of the United States, and the Councils of State Governments.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="66B8C453" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007A27C4" w:rsidRDefault="007A27C4" w14:paraId="561E81B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 17-228; 1965 (54) 592.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -2092,51 +2192,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2573,66 +2673,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>