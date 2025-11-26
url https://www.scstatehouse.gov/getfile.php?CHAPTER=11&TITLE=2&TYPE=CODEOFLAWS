--- v0 (2025-10-06)
+++ v1 (2025-11-26)
@@ -1,1006 +1,989 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3d2562845f8d4246" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc3ddc1cf9634f0d864b12eef53b2dde.psmdcp" Id="R4f05010cef884ec5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5a1474c4160a4842" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4089284d10194b88a1901dc2583299df.psmdcp" Id="Rcb0b339b81374782" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0000330E" w:rsidRDefault="0000330E" w14:paraId="4C36F957" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="13141832" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="713BCBAC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Legislative Council</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="1B0C3EAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="71A8EC6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 2-11-10. Creation and composition.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="038BB536" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is hereby created a Legislative Council of the General Assembly of South Carolina, the membership of which shall be composed of the President of the Senate, the Speaker of the House of Representatives, the Secretary of State, the chairman of the Judiciary Committee of the Senate or his designee, and the chairman of the Judiciary Committee of the House of Representatives.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="427E6590" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="07855DF0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 30-101; 1952 Code § 30-101; 1949 (46) 555; 1954 (48) 1761; 1989 Act No. 157, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="23F3FDBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="2C4B478C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 2-11-20. Officers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="5C1A8E3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Legislative Council shall elect from its membership a chairman and vice-chairman.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7BB1F7F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="4C17A60C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 30-102; 1952 Code § 30-102; 1949 (46) 555.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="48FB6AE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="52AEEE79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 2-11-30. Meetings.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="2EECEB8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Legislative Council shall meet upon the call of the chairman or a majority of the members.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="32EE1C0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="107C0A3C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 30-103; 1952 Code § 30-103; 1949 (46) 555; 1982 Act No. 344, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5F79897F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="1FC9C7F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 2-11-40. Limitations on compensation of members.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="64EF14EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The members of the Legislative Council shall not receive compensation for attending meetings of the Council held while the General Assembly is in session, nor shall they be paid for more than a total of ten days between sessions of the General Assembly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="610C5E8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="41771AF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 30-104; 1952 Code § 30-104; 1949 (46) 555.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="37104A02" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="4E29CB49" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 2-11-50. General duties of Council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="3A2D4940" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>The Legislative Council shall be responsible for the organization and operation of the research, reference, and bill drafting facilities herein provided to serve the General Assembly. The Legislative Council shall make preliminary studies and recommendations upon proposed legislation when so requested by committees or members of the General Assembly and conduct investigations when so directed by either Joint, Senate, or House Resolutions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="33D91528" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="64869804" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 30-105; 1952 Code § 30-105; 1949 (46) 555; 1984 Act No. 450, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="55CB7F42" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="327799C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 2-11-60. Research, reference and drafting divisions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="008D3619" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Legislative Council shall organize and supervise operation of research, reference and drafting divisions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="197266E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="0BD59A86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 30-106; 1952 Code § 30-106; 1949 (46) 555.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0D6C0BDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="2D79528B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 2-11-70. Maintenance of Legislative Library.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="511E3235" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Legislative Council shall, in addition to its other functions, maintain a Legislative Library which shall consist of the Codes of Laws of the several states and legislative documents of the State of South Carolina along with other materials deemed necessary in connection with its function and for the benefit of the members of the General Assembly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="24CFFBE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="19755079" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 30-107; 1971 (57) 709.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5F0540DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="2EC93263" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 2-11-80. Sale of books and documents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="50C5CC89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Director of the Legislative Council may sell any codes, supplements, books, and documents and the proceeds of any sale must be invested in other books or documents for the Legislative Council Library or code inventory.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="76961C8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="76E85624" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 30-108; 1971 (57) 709; 1991 Act No. 171, Part II, § 69A.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2052EAEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="6FDE9C34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 2-11-90. Penalty for stealing or damaging book, document or other property.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="3E79ABE2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>Any person wilfully embezzling, stealing, defacing, damaging or in any manner mutilating or destroying while in his possession or in the custody of the Director any book, document or other property confided to the safekeeping of the Director shall be guilty of a misdemeanor and, upon conviction, shall be punished by a fine not exceeding one hundred dollars, or by imprisonment not exceeding thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="36C09F70" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="5927A0AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 30-109; 1971 (57) 709.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1011,51 +994,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1492,66 +1475,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>