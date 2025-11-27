--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,7788 +1,7691 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9ab03f4c9f6b42ce" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/105a3060472242f9a8ea4d2ee9ff5d94.psmdcp" Id="Reeabfdc857944cd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re781f19656da4246" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f15948ea44914c26816c7ea26700ca50.psmdcp" Id="R0a9f833a93fe4ccd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A626C7" w:rsidRDefault="00A626C7" w14:paraId="27E42EB3" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3EF1ECB1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5BD8DADE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Licensing and Regulation of Continuing Care Retirement Communities</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="4F20AA43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="1BBB1B48" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-11-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="469BE439" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be cited as the "State Continuing Care Retirement Community Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2E104B81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="08527641" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 97, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6DBAE78E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="61BC20AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-11-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0264F817" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>As used in this chapter unless the context otherwise requires:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="35E6CF1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Department" means the South Carolina Department of Consumer Affairs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="7CD11E89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Continuing care retirement community" means a community in which there is furnished, pursuant to a continuing care contract, to two or more persons not related to the administrator or owner of the facility within the third degree of consanguinity, board or lodging together with nursing, medical, or other health-related services, regardless of whether the services or lodging are provided at the same location or not. It does not include an institution operating solely as a nursing home or community resi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>dential care facility licensed by the South Carolina Department of Health and Environmental Control.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6E513DC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Entrance fee" means a payment that assures a resident a place in a facility.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5999EBA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Facility" means the place in which an operator undertakes to provide continuing care to a person.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="520493C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Health-related services" includes a degree of personal assistance in feeding, dressing, or other essential daily living activities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="24E241CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Continuing care contract" means a contract to provide board or lodging together with nursing, medical, or other health-related services:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="003CDB33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) to a person sixty-five years of age or older at the time the contract is signed or purchased; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="39A4F338" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) which provides for services for the life of the person or for more than one year, including mutually terminable contracts; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0624A627" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(c) which requires payment of an entrance fee or other fee in return for a promise of future care.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="7550EF13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Living unit" means a room, apartment, cottage, or other area within a facility set aside for the exclusive use or control of one or more identified residents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="4CE62ABB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) "Operator" means the promoter, developer, or owner of a continuing care retirement community or of an institution, building, residence, or other place, whether operated for profit or not, or a person who solicits or undertakes to provide continuing care under a continuing care facility contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="2161A71C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) "Resident" means a purchaser of, a nominee of, or a subscriber to a continuing care contract. It includes a person for whom an entrance fee has been paid.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3D706D8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(10) "Trust institution" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means a state or national bank, state or federal savings and loan association, or trust company authorized to act in a fiduciary capacity in this State.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="74F32E14" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) "Reservation deposit." means a portion of an entrance fee paid in advance of signing a continuing care contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1B5F79AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="44FF9749" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 97, § 1; 2000 Act No. 400, § 1; 2022 Act No. 197 (H.4983), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="4240F3D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="04B6B6E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 197, § 1, added (11), relating to the definition of "reservation deposit".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="661B0568" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="623C464E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-11-30. Licensing of continuing care retirement community.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="10A897CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A continuing care retirement community must not be operated or advertised, and a reservation deposit or an entrance fee must not be collected unless the appropriate license is obtained first from the department as provided in this chapter and any regulation promulgated pursuant to it. Unless otherwise specified, all references to a license in this chapter include both a preliminary license and a final license. The department shall establish reasonable licensing fees not to exceed the cost of administer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ing this chapter. Licenses issued under this chapter expire on August thirty-first of each year. Licenses may be issued only for the premises and persons named in the application and are not transferable or assignable.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="43ECE100" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Applications for licenses must be in a form and under conditions as may be prescribed by the department and must set forth:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="76715D51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the name and business address of the operator and a statement of whether the operator is a partnership, corporation, or other type of legal entity;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="03959284" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the names and business addresses of the officers, directors, trustees, managing or general partners, any person having a five percent or greater equity or beneficial interest in the continuing care retirement community, and any person who will be managing the facility on a day-to-day basis, and a description of these persons' interests in or occupations with the operator. The following information on all persons named in response to this item is required:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="1C16CA7C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) a description of the business experience of the person, if any, in the operation or management of similar facilities;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="4E6F1170" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the name and address of any professional service, firm, association, trust, partnership, or corporation in which this person has, or which has in this person, a five percent or greater interest and which is providing or in the future shall provide goods, leases, or services to the facility or to residents of the facility of an aggregate value determined by regulation within any year, including a description of the goods, leases, or services and their probable or anticipated cost to the facility, opera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>tor, or residents, or a statement that this cost presently cannot be estimated;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="269F276A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) a description of any matter in which the person:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...54 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="67713D54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(i) has been convicted of a felony or pleaded nolo contendere to a felony charge, or held liable or enjoined in a civil action by final judgment, if the felony or civil action involved fraud, embezzlement, fraudulent conversion, or misappropriation of property; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="26E63B3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) is subject to a currently effective injunctive or restrictive court order or within the past five years, had a state or federal license or permit suspended or revoked as a result of an action brought by a governmental agency or department;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="29F52B12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(3) a statement as to the operator's affiliation with a religious, charitable, or other nonprofit organization, the extent of the affiliation, if any, the extent to which the affiliate organization is responsible for the financial and contractual obligations of the operator, and the provision of the Federal Internal Revenue Code, if any, under which the operator or affiliate is exempt from the payment of income tax;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="13207478" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) the location and description of the physical property of the facility, existing or proposed, and to the extent proposed, the estimated completion date, whether construction has begun, and the contingencies subject to which construction may be deferred;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0F6EDA9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) the services provided or proposed to be provided pursuant to contracts for continuing care at the facility, including the extent to which medical care is furnished, and a clear statement of which services are included for specified basic fees for continuing care and which services are made available at or by the facility at extra charge;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="29772B3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) a description of all fees required of residents, including the entrance fee and periodic charges, if any. The description must include:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="1B3A4FC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) a statement of the fees charged if the resident marries while at the facility and a statement of the terms concerning the entry of a spouse to the facility and the consequences if the spouse does not meet the requirements for entry;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="324DC60E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the circumstances under which the resident is permitted to remain in the facility if he has financial difficulties;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="32664464" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) the terms and conditions under which a contract for continuing care at the facility may be canceled by the operator or by the resident, and the conditions, if any, under which all or a portion of the entrance fee is refunded if the contract is canceled by the operator or by the resident if the resident dies before or following occupancy of a living unit;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6FA4EBD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) the conditions under which a living unit occupied by a resident may be made available by the facility to a different or new resident;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="52B71074" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) the manner by which the operator may adjust periodic charges or other recurring fees and the limitations on these adjustments, if any. If the facility is already in operation or if the operator or manager operates one or more similar continuing care locations within this State, tables must be included showing the frequency and average dollar amount of each increase in periodic charges, or other recurring fees at each facility or location for the previous five years, or for all of the years in operatio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>n if less than five years;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="26700F61" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) the health and financial conditions required for a person to be accepted as a resident and to continue as a resident once accepted, including the effect of a change in the health or financial condition of a person between the date of entering a contract for continuing care and the date or initial occupancy of a living unit by that person;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="06B145A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) the provisions that have been made or will be made, if any, to provide reserve funding or security to enable the operator to perform its obligations fully under contracts to provide continuing care at the facility, including the establishment of escrow accounts, trusts, or reserve funds, together with the manner in which these funds will be invested and the names and experience of individuals in the direct employment of the operator who will make the investment decisions;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="251C329C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) certified financial statements of the operator, including a balance sheet as of the end of the most recent fiscal year and income statements for the three most recent fiscal years of the operator or for all of the years in existence if less than three years. If the operator's fiscal year ended more than one hundred twenty days before the date the application for a license is filed, interim financial statements as of a date not more than ninety days before the date of filing the application must be incl</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>uded but need not be certified;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="421F7431" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(10) if the continuing care contract provides for services for the life of the person or for more than one year including mutually terminable contracts, a summary of a report of an actuary, updated every two years, that estimates the capacity of the operator to meet its contractual obligation to the residents;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="2053FA38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) if the facility has not begun operations, documentation by the operator that the proposed project is economically feasible, both immediately and long term, and can be accommodated in the patient charge structure without unreasonable increases;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3E78148E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(12) the estimated number of residents of the facility to be provided services by the operator pursuant to the contract for continuing care;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="22027547" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(13) a copy of the standard form of contract for continuing care used by the operator attached to each disclosure statement;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="47B81116" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(14) other material information concerning the facility or the operator as the operator wishes to include.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="56FCCDEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) In addition to the information required in subsection (B)(1)-(8) and (11)-(14), an application for a preliminary license must set forth:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5F41421F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a copy of the reservation agreement used to collect reservation deposits;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3711BD19" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a copy of the applicant's escrow agreement with a trust institution; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="017F320B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) a representative sample of any advertisements used or to be used for the facility.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="755342F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="25E1CB28" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 97, § 1; 1995 Act No. 19, § 4; 2022 Act No. 197 (H.4983), § 2, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="759EF8EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="28B91DCF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 197, § 2, rewrote (A), and added (C).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7330E7EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="1CC77B52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-11-35. Continuing care retirement community contracts and agreements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="32220FAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A continuing care contract and a reservation agreement must be in writing and must meet minimum standards for readability established by the department. Standards must include, but are not limited to, standards on general organization of text, text readability, type size, type style, type spacing, and general appearance of the contract. The contracts and agreements shall, at a minimum, be:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3CE4F161" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) printed in one hundred percent black ink with the exception of the operator's name and business logo;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6BE27490" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) printed on stock that is at least eleven inches high and seven and one quarter inches wide;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="60C350E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) in print no smaller than ten-point type; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5C0177F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(4) written in language customarily used and understood by people in the conduct of their personal affairs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="43497F57" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)(1) A reservation agreement must be entered into prior to the receipt of a reservation deposit and shall, at a minimum, include:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="51C7C044" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the location, name, and address of the facility or proposed facility;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="20260C6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) information pursuant to Section 37-11-30(B)(5)-(7);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="474D9F87" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) the amount of money received and any rate of interest anticipated to be collected;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="20E09248" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) a statement that the full reservation deposit and any corresponding interest accrued will be applied to the entrance fee at the time of executing the continuing care contract;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3CF1C644" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) a statement that the prospective resident has a right to cancel the agreement at any time for a full refund;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="1222F1D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) the method of cancelling, the address where the prospective resident should submit the request to cancel and timeline for distribution of funds, not to exceed ten calendar days;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="240E90AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) a statement that the reservation deposit will be held in an escrow account at a trust institution;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="108DA9AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) the name and contact information for the trust institution where the reservation deposit will be held;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3A844016" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) a description of the living unit reserved;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="22E1A458" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(j) a statement of the continuing care services currently offered by the operator at the time of signing the agreement and the continuing care services proposed to be offered in the future; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="22280C7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(k) a proposed construction schedule, if applicable, and expected date when the reserved living unit will be available for occupancy.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="4CCF0F22" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) An operator may not receive or agree to a reservation deposit in excess of ten percent of the entrance fee for the prospective resident's reserved living unit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="4E29982A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(3) Every quarter the operator shall provide to the department and prospective residents who entered into a reservation agreement an update on the progress of facility development and expected date when the facility or reserved unit will be available for occupancy. If any major events occur that will delay the schedule by more than four weeks, the operator shall provide an update to the department and all prospective residents who entered into a reservation agreement no later than ten business days after th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>e operator knew or should have known about the delay.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="647DF18E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C)(1) A continuing care contract clearly must state what portion, if any, of the entrance fee is refundable and nonrefundable. A contract must include a statement that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="31C7D4FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the resident has a right to cancel the contract within thirty days after signing; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="74D4887B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) if a resident dies before occupying a living unit in the facility or, if on account of illness, injury, or incapacity, a resident would be precluded from occupying a living unit in the facility under the terms of the contract for continuing care, the contract is automatically canceled.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="057FCB16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) If the contract is canceled within thirty days, all money or property paid or transferred by the resident must be refunded fully, less those costs incurred by the community. If the living unit was available for occupancy, the community may charge a daily rate based on the usual monthly charge for that unit beginning on the eighth day after signing and ending on the day notice of cancellation is given to the community.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3841074D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6CE629A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 97, § 1; 2022 Act No. 197 (H.4983), § 3, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="503EB2CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="292A8E31" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 197, § 3, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4C9E07D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="07223FE2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-11-40. Determination of financial responsibility of applicant for license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5A6E1435" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Within sixty days of the receipt of a completed application for a license, the department shall determine whether the continuing care retirement community is financially responsible and can meet its obligations to residents or prospective residents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="7B3698A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) In making this determination for a license, the department may consider the project feasibility document provided pursuant to Section 37-11-30(B)(11), which is deemed trade secret and must include at least the following:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0EE142BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a statement of the purpose and need for the facility;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="463905C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a description of the proposed facility, including the location, size, number of units to be constructed, anticipated completion date, and the proposed construction program;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="452CCEA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) an identification and evaluation of the primary market areas and assumptions as to the secondary market areas, as well as the proposed unit sales per month;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="4E49C593" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) projected revenues from all sources, including:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="77090A30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) anticipated entrance fees;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3E3BA685" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(b) monthly service fees;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="447CA7C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(c) nursing care rates, if applicable; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="61B54A2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) the total amount of financing required;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="2D88B376" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) projected expenses, including:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5C608ED3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) staffing requirements and salaries;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="38988EEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) property, plant, and equipment costs, including depreciation expense;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="12E0C267" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) interest expense;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6415FC14" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) marketing expenses; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="42F968EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) other operating expenses;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5EBED105" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) current assets and liabilities of the applicant;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="2EE01ABD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) expectations of the financial condition of the facility, including the projected cash flow and a projected balance sheet and an estimate of the funds anticipated to be necessary to cover start-up losses;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0B33C233" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) the inflation factor, if any, assumed in the study for the proposed facility and how and where it is applied;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5169484E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) financial forecasts or projections prepared in accordance with standards promulgated by the American Institute of Certified Public Accountants, or in accordance with standards for feasibility studies for continuing care retirement communities promulgated by the Actuarial Standards Board, and an independent evaluation and opinion by the consultant who prepared the study of the underlying assumptions used as the basis for the forecasts or projections in the study. The study shall take into account facili</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ty costs, marketing projections, resident fees and charges, competition, resident contract provisions, and other factors which affect the feasibility of the study;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="788C0209" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(10) an opinion letter prepared by the person who prepared the study as to the financial feasibility of the facility;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="7F9EF629" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) the name, address, and telephone number of the person who prepared the feasibility study and the experience of the person in preparing similar studies or otherwise consulting in the field of continuing care; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3828975F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(12) a detailed written statement regarding the specific provisions taken, or to be taken, to enable the applicant to perform its obligations fully under contracts to provide continuing care. The provisions may include surety bonds, financial reserves, letters of credit, adequacy of working capital and actual and projected occupancy rates, and other financial arrangements or assurances as permitted in this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0DF5AB44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) In making this determination for a final license, the department may consider, without limitation, the following in addition to the items listed in subsection (B):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="603DA86B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the financial soundness of the arrangements for board, lodging, or medical, nursing, or health-related services and the schedule of charges used in connection with them;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6BAE32C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the adequacy of working capital;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="68705D09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) if the continuing care contract provides for services for the life of the person or for more than one year including mutually terminable contracts, a surety bond, financial reserves, letter of credit, or other financial arrangement to guarantee the performance of contractual obligations;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6F9A878D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) an agreement with providers for the provision of health care or health-related services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3BCD342F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="78E79EEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 97, § 1; 1995 Act No. 19, § 5; 2022 Act No. 197 (H.4983), § 4, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="7F7AAB1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6B4761F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 197, § 4, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4863AA12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5624DF95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-11-50. Preliminary licenses.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="68CADEB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The department shall issue a preliminary license to a person filing an application pursuant to Section 37-11-30 if, upon payment of the application fee, it determines that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5B04A8E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the feasibility study satisfies the requirements in Section 37-11-40(B) and demonstrates the project is feasible;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="224468C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the continuing care contracts and the operator's disclosure statement meet the requirements prescribed by this chapter;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="442E58B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(3) the facility's advertising and promotional materials are not deceptive, misleading, or likely to mislead;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3A490D97" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) the facility has in effect its complaint system;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6CD3B7CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) the applicant has demonstrated the willingness and potential ability to provide health care or health-related services in a manner that assures availability and accessibility of adequate personnel and facilities, and in a manner that assures continuity of service;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="280080F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(6) the escrow agreement and any reservation agreement state that all deposits will be held in escrow and released in accordance with Section 37-11-90.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="7FDABC7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The department shall issue a license to a person filing an application pursuant to Section 37-11-30 if, upon payment of the application fee, the department is satisfied that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="18021AF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the persons responsible for the conduct of the affairs of the applicant are competent and trustworthy and possess good reputations;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0F10615B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the continuing care retirement community is financially responsible and can meet its obligations to residents;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="22102EEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the operator has demonstrated the willingness and potential ability to assure that the health care or health-related services will be provided in a manner to assure both availability and accessibility of adequate personnel and facilities and in a manner assuring availability, accessibility, and continuity of service;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="298676F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) the operator has complied with all requirements of the Department of Health and Environmental Control concerning the furnishing of nursing, medical, or other health-related services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="77527DA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="31F131D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 97, § 1; 2022 Act No. 197 (H.4983), § 5, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="55F3DFA8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="456046A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 197, § 5, inserted (A), and inserted the (B) designator in the former undesignated paragraph.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A058435" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6B8CAB6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-11-60. Disclosure requirements; retirement community complaint system.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="062039DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>At the time of, or before, the execution of a contract to provide continuing care, or the transfer of money or other property to an operator by or on behalf of a prospective resident, whichever occurs first, the operator shall deliver a current disclosure statement to the person with whom the contract is to be entered into, the text of which must contain at least the information required by the department. The department may require a disclosure of all or part of the information submitted pursuant to Secti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>on 37-11-30(B) or a summary of the information.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5F57AFEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Every continuing care retirement community shall establish and maintain a complaint system which is approved by the department to provide reasonable procedures for the resolution of written complaints initiated by residents. A complaint system established pursuant to other governmental requirements satisfies the requirements of this section if all residents are aware of and may use the system. A copy of all written complaints handled through this system and the average time taken to resolve a complaint must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> accompany an application to renew a license.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="62E15371" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="04737AF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 97, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="32FEA227" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="4F1B5C27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-11-70. Itemized billing requirements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="02F60CFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A continuing care retirement community subject to the provisions of this chapter is required to furnish an item-by-item billing for all charges to the resident or the person paying the bill upon his request unless the items and charges are included in the continuing care contract. Items which remain unpaid are not required to be itemized again. A request for itemized billing remains in effect until further notification by the resident or person paying the bill.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0DD1A970" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="40FFCFB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 97, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="66917097" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0C4C0335" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-11-80. Regulations; examination of affairs of retirement community and health care providers; communities and providers to submit books and records.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="7466E55A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>The department shall promulgate regulations in accordance with the Administrative Procedures Act as it considers necessary to carry out the purposes of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6B5D2339" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The department may make an examination of the affairs of a continuing care retirement community and the health care and health-related services providers with whom the organization has contracts, agreements, or other arrangements as often as reasonably is necessary to ensure that the operator can meet his obligations to residents and otherwise meets the requirements of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="20C7C00E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Continuing care retirement communities and health care providers examined pursuant to this section shall submit books and records needed to determine the continuing care retirement community's financial soundness. The department is responsible for the expenses of examinations under this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="60F39942" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="2647701E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 97, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3D2404EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5D7A42FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-11-90. Certain entrance fees or reservation deposits to be placed in escrow account; release of funds; exemptions from provisions of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="42B4B3AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A continuing care retirement community is exempt from the provisions of this section if:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0344812F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) it has been operating for at least five years;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0771E10F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) for the previous six months it has maintained at least the minimum occupancy rate estimated in its financial feasibility study to achieve a break-even cash flow operating level or seventy-five percent occupancy, whichever is less.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0DEBA96B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) If an entrance fee or reservation deposit is received by the operator before the date the resident is permitted to occupy a living unit in the facility, the total amount must be placed in an escrow account with a trust institution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="55F06EEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(C) Entrance fees may be released from escrow to the operator only as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="55DDD71C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) If the entrance fee applies to a living unit that previously has been occupied in the facility, the entrance fee must be released to the operator when the operator provides written certification that the living unit is available for occupancy by the new resident.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="00571DE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) If the entrance fee applies to a living unit which previously has not been occupied by a resident, the nonrefundable portion, if any, of the entrance fee must be released to the operator when the operator provides written certification that the living unit is available for occupancy. The refundable portion, if any, of the entrance fee must be released to the operator when the operator provides certification to the escrow agent that the following has occurred:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="7AEFE53E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) construction or purchase of the living unit has been completed, and an occupancy permit, if applicable, covering the living unit has been issued by the local government having authority to issue the permit;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0A2C09E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) a commitment has been received by the operator for a permanent mortgage loan or other long-term financing, and conditions of the commitment before disbursement of funds have been satisfied substantially;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...84 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="2D8F2785" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(c) aggregate entrance fees received or receivable by the operator pursuant to binding continuing care retirement community contracts, plus the anticipated proceeds of any first mortgage loan or other long-term financing commitment, are equal to not less than ninety percent of the aggregate cost of constructing or purchasing, equipping, and furnishing the facility plus not less than ninety percent of the funds estimated in the financial feasibility study required by Section 37-11-30 to be necessary to fun</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>d cash shortages during start-up and assure full performance of the obligations of the operator pursuant to continuing care retirement community contracts.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="4B086D83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) A reservation deposit may be released only as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="2238240B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) When a prospective resident who has entered into a reservation agreement and paid a reservation deposit later enters into a continuing care contract with the continuing care retirement community, the reservation agreement terminates and the reservation deposit shall be credited in full towards the entrance fee. Thereafter, the funds shall remain in escrow until the requirements of subsection (C) or (E)(3) are met.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="006B15E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Reservation deposits may be refunded to the prospective resident at any time. The operator must provide the form to be used to request disbursement of funds from the trust institution to the prospective resident. The form must list the total disbursement amount and must certify that the prospective resident has sent written notice to the provider requesting a refund and that either:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6FBE994F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the prospective resident has rescinded his reservation agreement; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3EE8D917" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the reservation agreement has been terminated by the prospective resident or operator in accordance with its stated terms.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="73C2BE9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E)(1) Upon receipt by the escrow agent of a request by the operator for the release of the escrow funds, the escrow agent shall approve release of the funds within five working days unless the escrow agent finds that the requirements of subsection (B) have not been met and notifies the operator of the basis for this finding. The request for release of the escrow funds must be accompanied by documentation the trust institution requires.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="79F6BD60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) If the operator fails to meet the requirements for release of funds held in this escrow account within a time period the escrow agent considers reasonable, the funds must be returned by the escrow agent to the persons who have made payment to the operator. The escrow agent shall notify the operator of the length of this time period when the operator requests release of the funds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="1E6E36CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) An entrance fee held in escrow may be returned by the escrow agent to the person who made payment to the operator at any time upon receipt by the escrow agent of notice from the operator that this person is entitled to a refund of the entrance fee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="77EBBF4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(4) The escrow agent shall be entitled to rely upon the written notices, instructions, and directions of the operator and shall have no liability for any action taken based upon such reliance. However, the escrow agent shall be liable for its own negligence or wilful misconduct.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="094BA7D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="584F86C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 97, § 1; 2022 Act No. 197 (H.4983), § 6, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="28A55D98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0CD1856C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 197, § 6, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5FACD9E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="13715134" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-11-95. Approval required prior to declaring or distributing dividend or similar distribution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="72386B96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An operator shall obtain approval from the department before declaring or distributing a dividend or similar distribution which generates a retained deficit or increases an existing retained deficit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="79CC29EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The department's approval required under subsection (A) must be given within thirty days from the date of the request unless the department determines in writing that the distribution is not reasonable in relation to the operator's or facility's outstanding liabilities or would otherwise affect the financial soundness of the operator or the facility.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5BF7FF74" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="049047C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1995 Act No. 19, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CE495D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="4F82A15E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-11-100. Disciplinary actions; sanctions; assessment of costs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5B16DE0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(A) For the purposes of this section, "conviction" includes a plea of guilty or nolo contendere or a finding of guilt.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="368E1CC6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The department may take disciplinary action against a licensee or an operator for violation of a provision of this chapter or a regulation promulgated pursuant to this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="04E19F16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Upon finding that a licensee, operator, or person who manages the community on a day-to-day basis has violated one or more provisions of this section, the department may:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6FDF59DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) deny an application for a license;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0D29AA9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) revoke, restrict, suspend, or refuse to renew a license;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="20A617B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) impose an administrative penalty in an amount not less than one thousand dollars for each violation, but not more than ten thousand dollars;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="36F4E486" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) issue a reprimand;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="2F5177C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(5) issue a cease and desist order; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="202FB145" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) place the licensee, operator, or person who manages the community on a day-to-day basis on probation for a period and subject to conditions and restrictions that the department specifies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="1F042930" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) A disciplinary action, denial of an application for a new or renewal license, license revocation, or license suspension must occur subject to the Administrative Procedures Act, with notice to, and an opportunity for a hearing by, the affected applicant, licensee, or operator. A contested hearing pursuant to this section must be held before the Administrative Law Court.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="67A9FB5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) A licensee, operator, or person who manages the community on a day-to-day basis who is found to be engaged in unlawful conduct may be assessed the reasonable costs necessary to the investigation, disciplinary proceeding, court proceeding, or other action to enforce the provisions of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6205C6AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="55BA0240" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 97, § 1; 2005 Act No. 128, § 20, eff July 1, 2005; 2008 Act No. 244, § 1, eff May 27, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="73DCE679" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="45DCF1DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2005 Act No. 128, § 27, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="65BE8B2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"This act takes effect on July 1, 2005, and applies to all licensing and administrative hearings involving the South Carolina Department of Consumer Affairs."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5AE8C173" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="622370FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-11-105. Financial plan in case of insolvency or danger of insolvency; penalty for failure to implement approved plan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...69 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="344F8149" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(A) At any time when the department has reason to believe that the operator is insolvent, is in imminent danger of becoming insolvent, is in a financially unsound or unsafe condition, or that a continuing care retirement community's financial condition is such that it may otherwise be unable to fully perform its obligations pursuant to continuing care contracts, the department in addition to other remedies may require the operator to submit for approval within sixty days a financial plan detailing the meth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>od by which the operator proposes to overcome the deficiencies noted by the department. The department shall approve or disapprove the plan within thirty days of the receipt.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="7C0ED664" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) If the plan is approved, the operator immediately shall implement the plan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="092602F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) If the plan is disapproved or if at any time after approval the department determines that the plan is not being fully implemented, the department may require the operator to obtain new or additional management capability to solve its difficulties. The department must give the reorganized management a reasonable period of time, as determined by the department, to develop a plan which, subject to the approval of the department, will reasonably assure that the operator will meet its responsibilities unde</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>r the law. The deadlines for action described in this subsection may be extended upon mutual agreement of the operator and the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="4FB3159C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Failure to implement the plan may result in suspension or revocation of a license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="69D72D45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3BD43A10" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1995 Act No. 19, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5E64BBD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5D109581" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-11-120. Injunctions; criminal penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="698D7A2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The department, in accordance with the laws of the State governing injunctions and other processes, may maintain an action in the name of the State against a person for establishing, conducting, managing, or operating a facility without obtaining a license as provided in this chapter. In charging a defendant in a complaint in the action, it is sufficient to charge that the defendant, upon a certain day and in a certain county, established, conducted, managed, or operated the facility or program without a li</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>cense without asserting further or more particular facts concerning the charge.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5E9DA002" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person violating the provisions of this chapter or regulations promulgated under this chapter is guilty of a misdemeanor and, upon conviction, must be fined not more than ten thousand dollars or imprisoned for not more than one year for each offense. Each day the facility or program operates without a license is considered a separate offense.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7BF4C67C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="61304D18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 97, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="50F6AE9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="1863404B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-11-125. Enforcement actions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="7AF37D75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The department or the Attorney General may file an action in the Administrative Law Court or circuit court to enforce the provisions of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="78E6AE8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="718F304D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 244, § 2, eff May 27, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="26607176" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="34CFFF5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-11-130. Waiver of certain requirements for certain retirement communities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="1416CCD2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The department may waive any of the requirements of Section 37-11-30(B) for a continuing care retirement community in operation as of the effective date of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="760EE654" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="728FA1DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 97, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="32DE5517" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="677A5278" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-11-135. Exemptions; letter of nonapplicability.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="7BCA5484" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>A facility that does not require payment of an entrance fee is exempt from the requirements of this chapter. In order to qualify for this exemption, a facility must obtain a letter of nonapplicability from the department. A facility that has obtained a letter of nonapplicability may not hold itself out to be a continuing care retirement community.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2414804A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="2D6547AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1995 Act No. 19, § 3; 2000 Act No. 400, § 2; 2008 Act No. 244, § 3, eff May 27, 2008; 2022 Act No. 197 (H.4983), § 7, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="79755BD8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="7A2F0C29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 197, § 7, in the first sentence, substituted "facility that" for "continuing care retirement community which", and added the third sentence.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0D5BC5F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3A4EC9B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-11-137. Retention and use of funds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="1D9119E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All funds collected by the department pursuant to this chapter must be retained and used to implement the provisions of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E836A3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="13AEF631" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 244, § 4, eff May 27, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6772C09B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="576648AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-11-140. Effective date of chapter; exceptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="470C7B82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The provisions of Section 37-11-35 do not apply to a continuing care contract entered into before the effective date of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0E3B67D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The provisions of subsection (A) do not limit the department's authority to deny, suspend, or revoke a license or assess a monetary penalty if it finds fraud or gross financial mismanagement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="100D80FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="1C20FBCD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 97, § 1; 2008 Act No. 244, § 5, eff May 27, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -7793,51 +7696,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -8274,66 +8177,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>