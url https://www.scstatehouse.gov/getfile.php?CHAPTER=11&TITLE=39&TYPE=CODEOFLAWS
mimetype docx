--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -1,2552 +1,2887 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R56778351874d4907" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c89685466b564eeca969cbccdad6a7fb.psmdcp" Id="R478c87c6e8504744" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf2d8d5ccd5f64321" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dbaebc59515a47369066771f52559513.psmdcp" Id="R9676916abbcf4282" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00594038" w:rsidRDefault="00594038" w14:paraId="5DEFE5C8" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="184C6DF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2E3E3FFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Public Weighmasters</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="02D86DD0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="634DFE62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-11-10. Administration of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="76A0CA9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The provisions of this chapter shall be administered by the Commissioner of Agriculture or his duly authorized agents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="011FB23B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="12516B83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-171; 1967 (55) 512.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7D66214D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3D0154E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-11-20. "Public weighmaster" defined.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="02487C81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) "Public weighmaster" is:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1408B9DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(1) Any person licensed by the Commissioner of Agriculture to weigh, measure, or count any commodity and issue for it a statement or memorandum of the weight, measure, or count accepted as the accurate weight or measure or count.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0E87F805" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Any person engaged in the business of public weighing or measuring for hire or award.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0FD707B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Any person engaged in the business of buying or selling grain or soybeans who uses a moisture meter or other measuring device to determine the moisture content of these commodities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="477B1DE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Any person who weighs, measures, or counts any commodity and declares the weight or measurement to be the true and accurate weight or measurement upon which the purchase, sale, or exchange of the commodity is based and received compensation for the act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4E569606" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The following may not be construed to be public weighmasters:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="61C2B333" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Retailers weighing or measuring commodities for sale by them at retail directly to consumers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="71BA34A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) A person weighing, measuring, or counting property, produce, commodities or articles on which property, produce, commodity or article the package net weight is declared in conformity with the South Carolina weights and measures law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1763D313" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Employees of the South Carolina Department of Agriculture authorized to perform their department's duties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1BDCA278" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6277CA4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-172; 1967 (55) 512; 1971 (57) 498; 1973 (58) 434; 1997 Act No. 30, § 1, eff May 21, 1997.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2AAB5A69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="19E93ECC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1997 amendment rewrote this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="06AA0528" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5F3098A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-11-30. Registration of weighmasters.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="52E4AFAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each public weighmaster shall pay a registration fee of five dollars to the Department of Agriculture for the privilege of operating in the locality of his principal place of business. All employees designated by a registered and approved public weighmaster also are covered under the provisions of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="37766C73" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="67AE5BF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-173; 1967 (55) 512; 2010 Act No. 260, § 1, eff June 11, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="04B64D17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="038A5B06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2010 amendment rewrote this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4B76FF34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5EC3A5F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-11-60. Length of registration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0EC5A478" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notwithstanding another provision of law, registrations and renewals for public weighmasters shall be for three years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B4B25A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="061378F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-175.1; 1971 (57) 498; 2010 Act No. 260, § 2, eff June 11, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0B9562C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="00ED89A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2010 amendment rewrote this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5A7DD389" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="40C17477" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-11-80. Refusal or revocation of license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7893D436" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>The Commissioner of Agriculture, after a hearing, may refuse to issue or may revoke a public weighmaster license issued to any person who cannot capably or reliably perform the duties of a public weighmaster, and he, after a hearing, may refuse to renew a public weighmaster license to any person who has not capably or reliably performed the duties of a public weighmaster.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7481EDF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="615D77B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-177; 1967 (55) 512; 2010 Act No. 260, § 3, eff June 11, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="53F020D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1340EE0B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2010 amendment deleted the second undesignated paragraph relating to deputy weighmaster licenses.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1906E4B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6616CA6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-11-90. Limited licenses for public officers and employees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="192A8358" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Commissioner may, upon request and without charge, issue a limited license as a licensed public weighmaster to any qualified officer or employee of a city or county of this State or of a State commission, board, institution, or agency, authorizing such officer or employee to act as a licensed public weighmaster only within the scope of his official employment in the case of an officer or employee of a city or county or only for and on behalf of the State commission, board, institution, or agency in the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> case of an officer or employee thereof.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1CB8FEDC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3F54579F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-178; 1967 (55) 512.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="373B42FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4806AAD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-11-100. Public weighmaster stamp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="451F493E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>Each public weighmaster shall obtain a public weighmaster stamp for stamping weight or measure certificates. The public weighmaster stamp is the property of the State and must be forfeited and returned to the Department of Agriculture upon termination of the performance of the duties as public weighmaster.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5CE97F2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each public weighmaster registered under this chapter shall obtain from the Commissioner of Agriculture the stamp as provided in this chapter and pay for the stamp at actual cost to the State. The Commissioner of Agriculture shall prescribe the form and design of the weighmaster stamp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7525FCE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Monies collected under this section must be deposited with the State Treasurer and expended for the purpose described in this section. All stamps issued to the public weighmasters must be paid for from this fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7A1BDAE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Stamps returned to the Commissioner of Agriculture must be defaced and destroyed or otherwise disposed of by the Department of Agriculture.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0DF5B877" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The public weighmaster stamp is a recognized authority of accuracy, and the stamp must be applied to all weight or measure certificates at the time of issuance, if requested by the customer to whom the certificate is issued.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3DD6F32F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="220A8ED0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-179; 1967 (55) 512; 1989 Act No. 76, § 1, eff May 10, 1989.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="43DFDD9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="25DB064E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1989 amendment in the last paragraph added at the end, "if requested by the customer to whom the certificate is issued", and made grammatical changes throughout.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="099B370F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="10A58708" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-11-110. Issuance of certificates by weighmasters; records.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...69 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="33F74760" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">It shall be the duty of every public weighmaster registered under this chapter to issue a certificate of weight, measure, count, recording or readings on forms approved by the Commissioner of Agriculture to enforce the provisions of this chapter together with rules and regulations relating thereto. All public weighmasters shall keep and preserve, as records, for a period of one year from date of issuance unless otherwise specified in regulations authorized by the Commissioner of Agriculture, copies of all </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>certificates issued upon public weighings, measurings, or counts. These records shall at all times be open for inspection by the Commissioner of Agriculture or by his authorized representatives.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7D2F2515" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2F017821" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-180; 1967 (55) 512.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="07244769" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0CC9AEE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-11-120. Contents of certificates; penalty for alterations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5FA48294" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Certificates of weights and measures issued by public weighmasters shall contain the accurate and correct weight or measure or count of any and all commodities or products weighed or measured or counted. Any public weighmaster who alters the certificate is guilty of a misdemeanor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2DB5BD0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1D952046" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-181; 1967 (55) 512; 1997 Act No. 30, § 2, eff May 21, 1997.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1366160F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7F2A9370" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1997 amendment rewrote this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E5EF884" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="10B17969" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-11-130. Compelling return of state stamp upon violation of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2C5D6A80" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The department may direct and compel the return of the state stamp where the public weighmaster is guilty of a violation of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C94A94A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6CAE7794" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-182; 1967 (55) 512; 1989 Act No. 76, § 2, eff May 10, 1989.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3A5A7CFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="69D778BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1989 amendment deleted reference to forfeiture of bond.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1C997AFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5A760383" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-11-140. Certain acts declared misdemeanors.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="53D530E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any person shall be guilty of a misdemeanor who does any one of the following acts:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7C82DB39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) Requests a public weighmaster, or any person employed by him, to weigh, or measure any commodity falsely or incorrectly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0E9D32E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) Requests a false or incorrect certificate of weights and measures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="453579E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) Acts as a public weighmaster or deputy public weighmaster without first being licensed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="19988F2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7DECDD18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-183; 1967 (55) 512; 1997 Act No. 30, § 3, eff May 21, 1997.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="50A216D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4F80F3F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1997 amendment, in item (b), deleted "State" preceding "certificate", and rewrote item (c).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4CDF6238" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3B6F11FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-11-150. Reweighing commodity of disputed weight or measure for certificate previously issued by weighmaster.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...69 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="608EF35C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>When doubt or differences arise as to the correctness of the net or gross weight or measure of any amount or part of any commodity for which a State certificate of weights and measures has been issued by a public weighmaster, the owner, agent, or consignee may, upon complaint to the Commissioner of Agriculture, have the amount or part thereof reweighed by the Department of Agriculture or a public weighmaster designated by it, upon depositing a sufficient sum of money to defray the actual cost of reweighing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the Commissioner of Agriculture or his representative. If, on reweighing, a difference from the original certified weight is discovered as the result of fraud, carelessness, or faulty apparatus, the cost of reweighing shall be borne by the public weighmaster responsible for the issuance of the erroneous certificate.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0A86D36A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="128C4B24" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-184; 1967 (55) 512.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="20329A94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="08B1795B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-11-160. Net weight and actual weight.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="545BC659" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>When any commodity is sold subject to public weighmaster weights, such weights shall be the true net weight. Net weight is the correct or actual weight of the commodity excluding the weight of the container or conveyance. Actual weight shall mean the weight obtained from draft of vehicle loads. In determining the net weight of any commodity, the entire weight of the vehicle and load must rest on the scale at one time.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="04D072C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="54B4DB0B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-185; 1967 (55) 512.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="39BEC687" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="413718D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-11-170. Penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1406C1EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person or weighmaster who violates any of the provisions of this chapter or any regulations issued for the purpose of carrying out the intent of this chapter is guilty of a misdemeanor and, upon conviction, must be fined or imprisoned as provided in Section 46-41-170(1).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="08251E66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In addition to the remedies provided in this chapter, the commissioner may apply for an injunction to the circuit court, and the circuit court has jurisdiction upon hearing and full cause showing to grant a temporary or permanent injunction, or both, restraining a person from violating or continuing to violate any of the provisions of this chapter or any regulation, the injunction to be issued without bond.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="60E2853F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The commissioner, by issuing his order, may place a public weighmaster who violates the provisions of this chapter, or an unlicensed person found to have been acting as a public weighmaster, on probation or levy a civil penalty of not more than one thousand dollars, or both. All monies received as civil penalties must be remitted to the general fund of the State. The levy of a civil penalty pursuant to this section may be appealed to the court of common pleas for the county in which the violation occurred.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="79516136" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="75774C01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-186; 1967 (55) 512; 1989 Act No. 76, § 3, eff May 10, 1989.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="04D2F76A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="18B5C1B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1989 amendment rewrote this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E61AFEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7B8743D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-11-180. Weighing leaf tobacco.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="16A5A8EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>All leaf tobacco offered for sale in a leaf tobacco warehouse shall be weighed by a public weighmaster or a deputy weighmaster acting under the public weighmaster's instructions, and shall be accompanied by a public weighmaster certificate. It shall remain in custody of the warehouse operator from and after the time it is weighed by the public weighmaster until it is sold or the bids are rejected by the owner thereof. The provisions of this section shall not be effective until July 1, 1968.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0090A872" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="69CFF913" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-187; 1967 (55) 512.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="09485531" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="69E4882A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-11-200. Rules and regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7A5E7428" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>The Commissioner of Agriculture is authorized to prescribe and issue such rules and regulations as may be necessary for the proper enforcement of this chapter and any person who shall violate any rules and regulations issued by the Commissioner of Agriculture shall be guilty of a violation of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="418BD496" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="249696E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-189; 1967 (55) 512.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="208E9F9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3CF09764" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-11-210. Disposition of moneys collected.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="147E0C9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All moneys collected by this chapter shall be deposited with the State Treasurer and shall be used for the enforcement of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0E9E7AF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2E5CBCE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-190; 1967 (55) 512.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5664A6DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3E3B31F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-11-220. Chapter inapplicable to certain materials used for construction of buildings or roads.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="739C1AE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter shall not apply to the sale of all solids, mined or excavated, which are commonly used for construction of buildings or roads, whether or not they are in their natural state, such as sand, rock, gravel, Portland cement, or asphaltic concrete products and crushed stone.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="07F1D6EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="72FEF3DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-190.1; 1968 (55) 3030.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -2557,51 +2892,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -3038,66 +3373,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>