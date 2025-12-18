--- v0 (2025-10-25)
+++ v1 (2025-12-18)
@@ -1,610 +1,577 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re83759dde8f745c1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73cda66d247940a3b200565ad4f86b3b.psmdcp" Id="R87bb717298bc4afb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R53ca62a7745f4648" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/02f16fd27d234ed39710636dbd921838.psmdcp" Id="R12fc9645b7f84483" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00764E12" w:rsidRDefault="00764E12" w14:paraId="107DB592" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="1A8A11DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="389D1CC6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Council Form of Government</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="658BFB08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="4531A3ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 5-11-10. Applicability of Chapter 7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="5ABFB8E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>Except as specifically provided for in this chapter, the structure, organization, powers, duties, functions and responsibilities of municipal government under the council form shall be as prescribed in Chapter 7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="179F73CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="1109A5FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 47-70; 1975 (59) 692.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0F8DE186" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="2730D566" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 5-11-20. Structure of council form of government; election of mayor and members of council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="039C479B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) Under the council form of government there shall be a municipal council composed of five, seven or nine members including the mayor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="00E5CCAC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) The mayor and members of the council shall be elected in accordance with Chapter 15.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="01403DC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="12090087" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 47-71; 1975 (59) 692.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5A09F0F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="5D7D8DDB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 5-11-30. Legislative and administrative powers of municipality vested in municipal council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="1CABBBCF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All legislative and administrative powers of the municipality and the determination of all matters of policy shall be vested in the municipal council. Each member of council, including the mayor, shall have one vote.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="55BA1131" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="7BA8EF5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 47-72; 1975 (59) 692.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="54F335B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="65B67B74" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 5-11-40. Establishment of municipal departments, offices or agencies; employment of administrator; administrative officers appointed and controlled by council; annual budget; taxes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="2354A431" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) The council may establish municipal departments, offices or agencies in addition to those created by Chapters 1 through 17 and may prescribe the functions of all departments, offices and agencies. The council may hire an administrator to assist the council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="551F442B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) All departments, offices and agencies may be administered by an officer appointed by and subject to the direction and supervision of the council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="5A953D86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>(c) The municipal council shall adopt annually, prior to the beginning of the fiscal year, operating and capital budgets for the operation of city government and shall in such budgets identify the sources of anticipated revenue including taxes necessary to meet the financial requirements of the budgets adopted. The council shall further provide for the levy and collection of taxes necessary to meet all budget requirements except as provided for by other revenue sources.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="60BB31A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="410CC3A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 47-73; 1975 (59) 692; 1976 Act No. 623, § 5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -615,51 +582,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1096,66 +1063,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>