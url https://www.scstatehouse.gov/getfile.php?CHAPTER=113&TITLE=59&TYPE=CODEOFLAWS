--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -1,1080 +1,1119 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb5ea3bd759034cac" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8571f0a6e67d42029c9397c5fecf0057.psmdcp" Id="Re631015b44824bc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R16fdc13e1872455c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c890bce63e248009b1fa5674a3db466.psmdcp" Id="R8e8fa0a29e77494f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00833E56" w:rsidRDefault="00833E56" w14:paraId="6C8D9501" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7D19201F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0D2FB3C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Tuition Grants</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="30047AA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2AE0D441" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-113-10. Higher Education Tuition Grant Commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="24D6FA52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>There is created a Higher Education Tuition Grant Commission consisting of eight representatives of the independent institutions of higher learning in the State who choose to come under the provisions of this chapter. In addition, the membership of the commission includes one ex officio member who must be the chief executive officer of the State Commission on Higher Education or his designee. The terms of the representatives of the institutions are for three years and until their successors are selected an</w:t>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>There is created a Higher Education Tuition Grant Commission consisting of eight representatives of the independent institutions of higher learning in the State who choose to come under the provisions of this chapter. In addition, the membership of the commission includes one ex officio member who must be the chief executive officer of the State Commission on Higher Education or his designee. The terms of the representatives of the institutions are for three years and until their successors are selected and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> qualify. The membership of the commission must be rotated among the participating institutions. The commission shall administer the provisions of this chapter and shall make those regulations as may be necessary in order to carry out the intent of this chapter. The commission is responsible solely to the General Assembly and shall report to that body at least annually.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="36549507" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4C782ACF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 22-91; 1970 (56) 2579; 1988 Act No. 464, § 1; 1988 Act No. 629, § 4; 1991 Act No. 248, § 6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7A469555" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7C8E65AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-113-20. Qualifications of applicants for grants.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7691F5DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The State of South Carolina shall grant an amount, as provided in this chapter, to any applicant who meets the following qualifications:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5114D919" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) has been a resident of South Carolina for at least one year;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="647D53F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) is of good moral character;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2EAA9018" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) has demonstrated qualities of academic merit and financial need;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="369A3D83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) has been accepted by or is registered in a South Carolina independent institution of higher learning as a full-time student whose academic programs are not comprised solely of sectarian instruction;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="38EF4ADA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>(e) is not enrolled in a course of study leading to a degree in theology, divinity, or religious education; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="78AE56D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) has not been adjudicated delinquent or been convicted or pled guilty or nolo contendere to any felonies or any second or subsequent alcohol or drug-related offenses under the laws of this or any other state or under the laws of the United States in order to be eligible for a South Carolina tuition grant, except that a high school or college student otherwise qualified who has been adjudicated delinquent or has been convicted or pled guilty or nolo contendere to a second or subsequent alcohol or drug-re</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>lated misdemeanor offense nevertheless shall be eligible or continue to be eligible for such grants after the expiration of one academic year from the date of the adjudication, conviction, or plea.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="448D2B3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4A68F7AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 22-92; 1970 (56) 2579; 2000 Act No. 289, § 3(B); 2007 Act No. 103, § 18, eff July 1, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5FB39755" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0DE1E6A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2007 amendment, in item (f), added "second or subsequent" in two places.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="58A4970A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="493522BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-113-30. Students covered by chapter; amount of grants; adjustment for scholarships.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1B168D69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(A) The provisions of this chapter apply to students entering college as freshmen during the 1970-71 academic year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1C273EC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The amount of the grant to be paid for each semester, or appropriate academic term, must be determined by the Higher Education Tuition Grant Commission and the Commission shall award the maximum amount permissible under its regulations or the determined need of the student, whichever is less.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2550333F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The maximum amount may not exceed the average state appropriation for each full-time student enrolled in the state-supported institutions of higher learning with four-year undergraduate degree programs in the previous year. The tuition grants must be calculated annually by the Commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="180891FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The need of each applicant must be determined by acceptable need analysis such as the parents' confidential statement and such other analyses as the Commission may determine.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6B0DDBE5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) An adjustment must be made in the tuition grant of any student awarded a scholarship from any other source if the combination of grants and awards exceeds the calculated need of the student. If the scholarship is for only a portion of tuition and fees, the student may qualify for a proportionate tuition grant in accordance with the provisions of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="737D6E85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0D69E880" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 22-93; 1970 (56) 2579; 1988 Act No. 464, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="748D881A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7640A291" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-113-40. Misapplication of grants.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2C3499B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>It shall be unlawful for any person to obtain, attempt to obtain, expend or attempt to expend, any tuition grant provided by this chapter for any purpose other than in payment of, or reimbursement for, the tuition cost of the student to whom such scholarship has been awarded at the institution the student is authorized to attend under the tuition grant.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3F69BBE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="227DCAD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 22-94; 1970 (56) 2579.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="606A69AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="62D36370" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-113-45. Disbursement of funds; awards of accrued interest on undisbursed funds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="69DF7F48" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>South Carolina Tuition Grant funds shall be disbursed to eligible students on a semester-by-semester basis. Interest accruing on the balance of undisbursed tuition grant funds on deposit with the State Treasurer's office from September fifteenth through December thirty-first shall be calculated by the State Treasurer's office and transferred within thirty days to the South Carolina Tuition Grant Commission to be awarded as tuition grants to eligible students.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3B856250" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3EE33C60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1998 Act No. 419, Part II, § 8A.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2F05D17D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="710F60FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-113-47. Exemption from mid-year budget reductions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2EC22C5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The grant funds appropriated pursuant to this chapter are exempt from mid-year budget reductions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4E5B1682" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="69136860" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 353, § 2, Pt 2.A, eff July 1, 2009.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="59AE1384" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3D5AA8C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-113-50. "Independent institution of higher learning" defined.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4BEEB051" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>For the purposes of this chapter, an independent institution of higher learning means an:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2F9873D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) independent eleemosynary junior or senior college in South Carolina whose major campus and headquarters are located within South Carolina and which is accredited by the Southern Association of Colleges and Secondary Schools; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2E82202C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) independent bachelor's level institution chartered before 1962 whose major campus and headquarters are located within South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5166E6B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="41B8C75D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 22-95; 1970 (56) 2579; 1988 Act No. 464, § 3; 2007 Act No. 42, § 1, eff June 4, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4B38EB9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6B106A6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2007 amendment designated item (1) and added item (2).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1085,51 +1124,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1566,66 +1605,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>