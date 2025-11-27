--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,1445 +1,1921 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R976d60b8ea9748ff" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f0846b34ab54828a99f8038a54d9919.psmdcp" Id="Rfbb103bc2e334f37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0e53dcaa56f645b5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9d830f3cdea4aeaafb7aa1642518021.psmdcp" Id="Rdd6eeb805bbf4005" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A33886" w:rsidRDefault="00A33886" w14:paraId="6A36F64D" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="4AE18545" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="77FCEA52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Veteran's Unclaimed Cremated Remains</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="5C035B91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="5E83F3F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 25-12-10. Disposal of unclaimed or cremated human remains of a veteran.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="31CA8412" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The unclaimed or cremated human remains of a veteran as defined in this chapter must be disposed of pursuant to the provisions of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="006FDA7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="4ADAA99B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 166, § 1, eff May 14, 2012; 2014 Act No. 160 (S.842), § 1, eff April 14, 2014; 2024 Act No. 142 (H.4376), § 1, eff May 13, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="045BD305" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="1D4F87FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 160, § 1, reenacted this section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="41862A04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2024 Act No. 142, § 1, substituted "unclaimed or cremated human remains" for "unclaimed cremated remains" and "must be disposed" for "may be disposed".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="45290796" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="3009D12B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 25-12-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="5393F5AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="226FDE16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Veteran" means a person who has:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="7BFFEB57" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) served on active duty in the uniformed military services of the United States;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="79C6A230" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) served on active duty in the National Guard or any organized state militia; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="01CBF342" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) served in the reserve components of the uniformed military services of the United States on active duty; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="2C565BF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) was released from this service other than by dishonorable discharge.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="793C1221" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Veterans service organization" means an association, corporation, or other entity that qualifies under Internal Revenue Code Section 501(c)(3) or Section 501(c)(19) as a tax exempt organization, a federally chartered veterans' service corporation, or a veterans' affairs office or agency established by state law. This term also includes a member or employee of any such entity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="28659382" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "National cemetery" means a cemetery under the control of the United States Department of Veterans Affairs National Cemetery Administration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="1B124C2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">(4) "Disposition" </w:t>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>(4) "Disposition" means disposal of cremated remains by placement in a tomb, mausoleum, crypt, columbarium, or by burial in a cemetery. For purposes of this chapter, "disposition" does not include the scattering of cremated remains.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="286FA18E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Funeral home", "funeral establishment", and "mortuary" means as defined in Section 40-19-20.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="0245825B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Coroner" means the person defined in Section 17-5-5(3).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6417187B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="045CBBFA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 166, § 1, eff May 14, 2012; 2014 Act No. 160 (S.842), § 1, eff April 14, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="4A99E642" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="0C01C8B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 160, § 1, added subsection (6), definition of "Coroner", and made other nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5A8C7852" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="0057C8DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 25-12-30. Authority of coroner or manager of funeral home, funeral establishment, or mortuary.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="7B27A0A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>A coroner or a manager of a funeral home, funeral establishment, or mortuary, which has held in its possession cremated remains for more than one hundred twenty days from the date of cremation, shall determine, in accordance with the provisions of this chapter, if the cremated remains are those of a veteran, and if so, shall dispose of those remains as provided in this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7A7591E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="19F96FA8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 166, § 1, eff May 14, 2012; 2014 Act No. 160 (S.842), § 1, eff April 14, 2014; 2024 Act No. 142 (H.4376), § 2, eff May 13, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="4D1E10CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="4B58B2AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 160, § 1, inserted "coroner or a".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="49B7FA72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2024 Act No. 142, § 2, substituted "shall" for "may" in two places.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="528DF3AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="14896EC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 25-12-40. Sharing information; discharge of liability.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="2DE3EC52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Notwithstanding any law or regulation to the contrary, nothing in this chapter shall prevent a coroner or a manager of a funeral home, funeral establishment, or mortuary from sharing information with the Veterans Administration, a veterans' service agency or veterans' affairs office, a veterans' service organization, a national cemetery, or state or local veterans' cemetery for the purpose of determining whether the cremated remains are those of a veteran.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="5BEA1021" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A coroner or a funeral home, funeral establishment, mortuary, and any manager of them is discharged from any legal obligations or liability with regard to releasing or sharing information with the Veterans Administration, a veterans' service agency or veterans' affairs office, a veterans' service organization, a national cemetery, or state or local veterans' cemetery pursuant to this chapter in regard to determining if a person's cremated remains are those of a veteran.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0A9546ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="59311968" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 166, § 1, eff May 14, 2012; 2014 Act No. 160 (S.842), § 1, eff April 14, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="7BA39FE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="376879CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 160, § 1, in subsections (A) and (B), inserted "coroner or a".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="48DEAED7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="4E605141" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 25-12-50. Disposition of remains.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="7C222B08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) If a coroner or a manager of a funeral home, funeral establishment, or mortuary ascertains the cremated remains in its possession are those of a veteran, and they have not been instructed by the person in control of the disposition of the decedent's remains to arrange for the final disposal or delivery of the cremated remains, the coroner or the manager of a funeral home, funeral establishment, or mortuary shall dispose of the cremated remains in the manner provided in this chapter or relinquish posses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>sion of the cremated remains to a veterans' service organization.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="5FE41D01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The disposition of the cremated remains must be made in a national cemetery, a state or local veterans' cemetery, a section of a cemetery corporation where veterans are memorialized by a veteran's marker, a veterans' section of a cemetery corporation, or a veterans' cemetery if the deceased veteran is eligible for interment in such a manner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5B07E83D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="1818A576" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 166, § 1, eff May 14, 2012; 2014 Act No. 160 (S.842), § 1, eff April 14, 2014; 2024 Act No. 142 (H.4376), § 3, eff May 13, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="7045DC90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="5DAD3B72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 160, § 1, in subsection (A), twice inserted reference to the coroner.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="4A902765" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2024 Act No. 142, § 3, in (A), substituted "shall dispose" for "may dispose".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="79D3B2D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="4E7C941D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 25-12-60. Liability for costs or damages.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="34FDA146" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The veterans' service organization, coroner, funeral home, funeral establishment, mortuary, and any manager of them, upon disposing of cremated remains in accordance with the provisions of this chapter, must be held harmless for any costs or damages, except if there is gross negligence or wilful misconduct, and is discharged from any legal obligation or liability concerning the cremated remains.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="26404850" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="164A4647" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 166, § 1, eff May 14, 2012; 2014 Act No. 160 (S.842), § 1, eff April 14, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="3D954395" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="3F8673C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 160, § 1, inserted "coroner,".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="60A0E0C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="2BB504E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 25-12-70. Reimbursement by estate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="1330F272" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The estate of the decedent is responsible for reimbursing a veterans' service organization, coroner, funeral home, funeral establishment, mortuary, and any manager of them for all reasonable expenses incurred in relation to the disposition of the cremated remains.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1BB46A7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="40C1356C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 166, § 1, eff May 14, 2012; 2014 Act No. 160 (S.842), § 1, eff April 14, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="4FA8B2D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="45F65E0C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 160, § 1, inserted "coroner,".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2A98C24A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="07418737" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 25-12-80. Records.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="2E15A31C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>A coroner or a manager of a funeral home, funeral establishment, or mortuary shall establish and maintain a record identifying the veterans' service organization receiving the cremated remains.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="43E746D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="4EBB2ACC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 166, § 1, eff May 14, 2012; 2014 Act No. 160 (S.842), § 1, eff April 14, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="56C6C9C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="666DFE86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 160, § 1, inserted "coroner or a".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1A44675B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="77109AF7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 25-12-90. Limitation of duty.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="15646528" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nothing in this chapter requires a coroner or a manager of a funeral home, funeral establishment, or mortuary to determine or seek others to determine that an individual's cremated remains are those of a veteran if the manager of a funeral home, funeral establishment, or mortuary was informed by the person in control of the remains that the individual was not a veteran, or to relinquish possession of the cremated remains to a veterans' service organization if the manager of a funeral home, funeral establis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>hment, or mortuary was instructed by a person in control of the remains, or had a reasonable belief, that the decedent did not desire any funeral or burial related services or ceremonies recognizing the decedent's service as a veteran.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="654DD34A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="3F1B7DD0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 166, § 1, eff May 14, 2012; 2014 Act No. 160 (S.842), § 1, eff April 14, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="688393AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="65FAAB91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 160, § 1, inserted "coroner or a".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1450,51 +1926,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1931,66 +2407,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>