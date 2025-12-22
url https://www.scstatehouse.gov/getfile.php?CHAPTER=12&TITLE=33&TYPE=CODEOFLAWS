--- v0 (2025-10-29)
+++ v1 (2025-12-22)
@@ -1,869 +1,786 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3f55fb422a054737" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/085cfebb2f604b88bcc857ab2dad9775.psmdcp" Id="R6fc3dac28d184979" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf5f2af2d2b6d4a31" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/807b8cea5cc84903be228d7f8f7233f0.psmdcp" Id="R1174a1712a85485e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AF7581" w:rsidRDefault="00AF7581" w14:paraId="0A52F370" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="6E48149D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="220B7C73" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Sale of Assets</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="6C570289" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="1AA16B6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 33-12-101. Sale of assets in regular course of business; mortgage or transfer of assets; approval of shareholders.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="3FF647BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) A corporation, on the terms and conditions and for the consideration determined by the board of directors, may:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="500D2E2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) sell, lease, exchange, or otherwise dispose of all, or substantially all, of its property in the usual and regular course of business; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="41C430A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) mortgage, pledge, dedicate to the repayment of indebtedness (whether with or without recourse), or otherwise encumber all, or substantially all, of its property whether or not in the usual and regular course of business.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="03938F0B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(b) A public corporation, on the terms and conditions and for the consideration determined by the board of directors, may transfer any or all of its property to a corporation, all the shares of which are owned by the public corporation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="12CD0062" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) Unless the articles of incorporation require it, approval by the shareholders of a transaction described in subsection (a) or (b) is not required.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="15D6AEAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="4480DFE5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Derived from 1976 Code § 33-19-20 [1962 Code § 12-12.2; 1952 Code § 12-631; 1942 Code § 7705; 1932 Code § 7705; 1926 (34) 1052; 1962 (52) 1996; 1981 Act No. 146, § 2; Repealed, 1988 Act No. 444, § 2], and § 33-19-40 [1962 Code § 12-21.4; 1962 (52) 1996; 1981 Act No. 146, § 2; Repealed, 1988 Act No. 444, § 2]; 1988 Act No. 444, § 2; 1998 Act No. 328, § 7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="35AF055D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="62AA5091" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 33-12-102. Sale of assets other than in regular course of business.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="560438FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) A corporation may sell, lease, exchange, or otherwise dispose of all, or substantially all, of its property (with or without the good will), otherwise than in the usual and regular course of business, on the terms and conditions and for the consideration determined by the corporation's board of directors, if the board of directors proposes and its shareholders approve the proposed transaction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="356D0F49" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) For a transaction to be authorized, the:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="70C67118" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) board of directors must recommend the proposed transaction to the shareholders unless the board of directors determines that because of conflict of interest or other special circumstances it should make no recommendation and communicates the basis for its determination to the shareholders with the submission of the proposed transaction; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="1279E9AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) shareholders entitled to vote must approve the transaction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="1DDA66D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) The board of directors may condition its submission of the proposed transaction on any basis.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="0E0F36D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) The corporation shall notify each shareholder, whether or not entitled to vote, of the proposed shareholders' meeting in accordance with Section 33-7-105. The notice also must state that the purpose, or one of the purposes, of the meeting is to consider the sale, lease, exchange, or other disposition of all, or substantially all, the property of the corporation and contain or be accompanied by a description of the transaction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="1BC5C269" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) Unless the articles of incorporation require a different vote or the board of directors (acting pursuant to subsection (c)) requires a greater vote than that specified by this subsection or the articles of incorporation or a vote by voting groups, the transaction to be authorized must be approved by two-thirds of all the votes entitled to be cast on the transaction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="1E71316F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(f) The articles of incorporation may require a lower or higher vote for approval than that specified in subsection (e) and may require a vote by voting groups, but the required vote must be at least a majority of all the votes entitled to be cast on the transaction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="28154F1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) After a sale, lease, exchange, or other disposition of property is authorized, the transaction may be abandoned (subject to any contractual rights) without further shareholder action.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="6C70C6FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) A transaction that constitutes a distribution is governed by Section 33-6-400 and not by this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="561C4641" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="4D4C73E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Derived from 1976 Code § 33-19-30 [1962 Code § 12-21.3; 1952 Code §§ 12-631, 12-632; 1942 Code § 7705; 1932 Code § 7705; 1926 (34) 1052; 1962 (52) 1996; 1963 (53) 327; 1964 (53) 1910; 1981 Act No. 146, § 2; Repealed, 1988 Act No. 444, § 2]; 1988 Act No. 444, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7D7B3ED8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="428C375C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 33-12-103. "Sale" defined.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="0BD38E01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Whenever used in this chapter, "sale" includes a sale, lease, exchange, or other disposition of property and assets of the corporation except a mortgage of or other security interest in the property and assets.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="74722C51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002076E7" w:rsidRDefault="002076E7" w14:paraId="1A06F90E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Derived from 1976 Code § 33-19-10 [1962 Code § 12-21.1; 1962 (52) 1996; 1981 Act No. 146, § 2; Repealed, 1988 Act No. 444, § 2]; 1988 Act No. 444, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -874,51 +791,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1355,66 +1272,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>