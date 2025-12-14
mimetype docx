--- v0 (2025-10-29)
+++ v1 (2025-12-14)
@@ -1,842 +1,928 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb6ecffa985b44528" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c4b19381487b41f5adf76a37170b9110.psmdcp" Id="Rcdef8b3a519c47c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R75484cdaca6a4b45" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1dad42901ea3452e8fb1c32486f34fb1.psmdcp" Id="Ra0d8edf3ff8f4d8c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B729C9" w:rsidRDefault="00B729C9" w14:paraId="3267A304" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="5463DDBC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="4A597302" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Disbursement of Revenue for Programs for Alcoholics, Drug Abusers, and Drug Addicts</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="63A111FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="009619BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 61-12-10. Disbursement regulated.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="3984C1E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Revenue allocated to counties for educational purposes relating to the use of alcoholic liquors and the rehabilitation of alcoholics, drug abusers, and drug addicts pursuant to Section 6-27-40 and Section 12-33-245 must be regulated and disbursed in accordance with the provisions of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="42527D3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="267D7D34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 415, § 1; 1999 Act No. 100, Part II, § 10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2449D3F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="2FCF892A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 61-12-20. Designation of agency or organization; development of county plan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="2F99BE5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Before the use of the revenue described in Section 61-12-10, the governing body of each county must:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="5B8738D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) designate a single existing county agency or organization, either public or private, as the sole agency in the county for alcohol and drug abuse planning for programs funded by the revenue described in Section 61-12-10 or create a new agency for that purpose;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="1BFB2569" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(b) develop a county plan in accordance with the state plan for alcohol abuse and alcoholism and the state plan for drug abuse required by Public Laws 91-616 and 92-255 for the prevention and control of alcohol and drug abuse and obtain written approval of the plan by the Office of Substance Use Services. Written approval must be given by the Office of Substance Use Services if the plan is reasonable. If approval is denied, the county may appeal to the Governor. The appeal must state fully the reasons why </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>it is made. If the Governor considers the nonapproval of the plan by the Office of Substance Use Services to be unreasonable, he must communicate his reasons to the Office of Substance Use Services and require it to reexamine the plan in light of his objections. Following the reexamination, no further appeal may be taken.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E368AE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="482B6815" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 415, § 1; 1999 Act No. 100, Part II, § 10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="78179707" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="04C65FE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="012711F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="4E1AFDB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 61-12-30. Citizen participation and consumer input.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="6BF39F4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>The single county agency, as provided for in Section 61-12-20, must provide for citizen participation and consumer input in the development and implementation of the county alcohol and drug abuse plan through an existing board or advisory committee or, where none exists or where citizen participation is nonexistent, through the establishment of a county advisory committee, which must consult with and advise the single county agency in the development and implementation of the county plan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5B4B3E83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="4AC46DD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 415, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7EF81985" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="4FE14A09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 61-12-40. Expenditure of revenue funds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="24461937" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Revenue funds received in accordance with this chapter must be expended only for activities and services which are called for in, and are consistent with, the recommendations of the approved county alcohol and drug abuse plan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5BE1C541" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="5DEC6E14" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 415, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5A0B7D48" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="3599D1AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 61-12-50. Administration and accounting.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="5DA020EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each county governing body must:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="47A3F563" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) establish methods of administration necessary for the proper and efficient operation of the programs and services or projects, including the provision of annual reports of progress toward implementing county plans to the Office of Substance Use Services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="4ECAA321" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) provide for accounting procedures necessary to assure proper disbursement of and accounting for the funds, including an annual audit of fiscal records, a copy of which must be furnished to the Office of Substance Use Services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3BE693A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="25B12AB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 415, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="2389E73C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="2AF04579" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6A300238" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="1791ED4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 61-12-60. Construction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="40CC8B0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The provisions of this chapter must not be construed as prohibiting two or more counties from joining together in plans, programs, and projects or in designating a single agency to administer multicounty plans required by item (b) of Section 61-12-20.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="09383563" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="541AA202" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 415, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2C10BB21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="6CDFFDB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 61-12-70. Funds supplemental to federal, state, or local funding.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="20B3FFDB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Funds disbursed pursuant to the provisions of this chapter must be used only to supplement and increase the level of federal, state, local, and other funding that in the absence of these funds would be made available, and must in no event be used to supplant federal, state, local, and other funds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1EB69AFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007C4F91" w:rsidRDefault="007C4F91" w14:paraId="2E1C61A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 415, § 1; 1999 Act No. 100, Part II, § 10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00000000">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -853,51 +939,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1334,66 +1420,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>