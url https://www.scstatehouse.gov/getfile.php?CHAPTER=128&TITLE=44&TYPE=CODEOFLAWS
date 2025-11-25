--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,1690 +1,1678 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6b7388413265499f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8b028e3affe543bca893490138b75d9c.psmdcp" Id="Rfeddd5b0ff14475c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbce9c4c1c08d47f1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/90d51c22a63f4217b0950f7e3596f04b.psmdcp" Id="R6f117d6ccce84870" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0067139B" w:rsidRDefault="0067139B" w14:paraId="4FE1ABE3" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1E13BDEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2410E5DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>South Carolina Youth Smoking Prevention Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="786D0F75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="509CF6DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-128-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3E946452" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be cited as the "South Carolina Youth Smoking Prevention Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3C242F25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1121827A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 387, Part II, § 49.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7E2A3AF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="480CF0EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-128-20. Youth Smoking Prevention Plan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7C87409D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The Department of Health and Environmental Control shall develop and implement a Youth Smoking Prevention Plan for the purpose of preventing and reducing cigarette smoking by minors.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7C633D66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) The Youth Smoking Prevention Plan must address prevention, cessation, and control of smoking by minors and may include but is not limited to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="00B677DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) media campaigns;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2AD373A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) school based youth programs;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3245192E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) community based youth programs;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7A16E205" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) business, community, and school partnerships;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4AFC810E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) programs focusing on the enforcement and administration of state minor related tobacco laws, including retailer education;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="38155B92" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) surveillance and evaluations;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="217181FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) chronic disease and health-related programs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5A85CB71" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(C)(1) To assist in carrying out the purposes of the plan, the department may award youth smoking prevention grants to local agencies, organizations, and entities based on criteria developed by the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2A586CFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) As a condition for the receipt of funds under this chapter, a grantee shall agree to file a report with the advisory commission, as to the following:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4B1CB3FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) amount received as a grant and the expenditures made with the proceeds of the grant;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="52DD9DCE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) a description of the program offered and the number of youths who participated in the program; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="22F782A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) specific elements of the program meeting the criteria set forth in the state plan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0BED9E5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The state plan further shall provide for a grant for an annual statewide school-based survey to measure cigarette use and behaviors towards cigarette use by individuals in grades 6-12. This survey shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="24E45942" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) involve a statistically valid sample of the individuals in each grade from sixth through twelfth;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6A041B67" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) not include any individual who is eighteen years of age or older; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4F41D1B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) be made available to the public, along with the resulting date, excluding respondent identities and respondent-identifiable date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D61CF69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="75D284C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 387, Part II, § 49.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="162E7B58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="127FA422" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-128-30. Annual reports.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="54468ECF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The department shall report annually by January first of each year to the Governor, the Senate Finance Committee, and the House Ways and Means Committee on the activities and effectiveness of the Youth Smoking Prevention Plan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3B525626" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="616D1B52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 387, Part II, § 49.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E8879A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3BC34C35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-128-40. Funding.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1C259B55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Responsibilities of the department under this chapter including, but not limited to, funding grants authorized pursuant to Section 44-128-20(C) must be funded from proceeds received by the State in the settlement agreement and related documents, between the State and leading United States tobacco manufacturers dated November 23, 1998.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="73895CA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="46498F93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 387, Part II, § 49.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2EB92BEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4BF14598" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-128-50. South Carolina Youth Smoking Prevention Advisory Commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="50F5854D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) There is established the South Carolina Youth Smoking Prevention Advisory Commission to advise the department in the development, implementation, and evaluation of the State Youth Smoking Plan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6254E97B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Notwithstanding the provisions of Section 8-13-770, the membership of the advisory commission is as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="27147302" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) two members appointed by the Speaker of the House of Representatives from the membership of the House of Representatives;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="44BC8F78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) two members appointed by the President of the Senate from the membership of the Senate; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5A8A59D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(3) eleven members appointed by the Governor as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4D780043" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) one representative of the Department of Health and Environmental Control;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="17BAAD98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) one representative of the Office of Substance Use Services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5B74F335" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) three health professionals;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2283D4EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) two youths between the ages of twelve and eighteen; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="570EF743" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) five citizens of the State with knowledge, competence, experience, or interest in youth smoking prevention, or other relevant background including, but not limited to, youth education, public health, social science, and business expertise.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7D39FDA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="297BAF60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 387, Part II, § 49; 2019 Act No. 1 (S.2), § 56, eff January 31, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4AC11356" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1C03BBF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="05438D15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="30C4A414" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 1, § 56, in (B)(2), substituted "President of the Senate" for "President Pro Tempore of the Senate".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1695,51 +1683,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2176,66 +2164,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>