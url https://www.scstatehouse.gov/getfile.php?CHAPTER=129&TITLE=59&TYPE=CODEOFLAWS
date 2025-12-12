--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -1,362 +1,357 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rad2cf306b6c64cdc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cd87597a324d438d8354020a3725c071.psmdcp" Id="Rd7975550ae4641ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b206678e6f34643" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5355d2b035a3402f9a527d8613108cf6.psmdcp" Id="Rfb819ab605664ace" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00833E56" w:rsidRDefault="00833E56" w14:paraId="2DFD8777" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="10B90A0D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CHAPTER 129</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="420C4362" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>CHAPTER 129</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Palmer College</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7EA6519D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="678C1C64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 59-129-10. Palmer College declared State institution.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="74ED7D27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Palmer College, which was merged into the State Technical and Comprehensive Education System on July 1, 1973, is hereby declared to be a State educational institution under the jurisdiction of the State Board of Technical and Comprehensive Education as of July 1, 1973, with all such privileges and immunities as attach thereto.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="57359B48" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="171D8E86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 22-561; 1974 (58) 2621.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="75D9E6C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="406291B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 59-129-20. Retirement benefits for employees.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="122E37B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any employee of Palmer College, or any other State employee, on July 2, 1974, who was as of July 1, 1973, an employee of Palmer College may avail himself of prior service credits under the South Carolina Retirement System in accordance with the provisions of Section 9-1-860. Provided, however, that such prior service credits shall not be extended if to do so would adversely affect the tax-exempt status of the South Carolina Retirement System plan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4F99FB26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="45325808" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 22-562; 1974 (58) 2621.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="121667AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2E158E8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 59-129-30. Rules and regulations.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="51133204" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The State Fiscal Accountability Authority may promulgate such rules and regulations as are necessary to effectuate the provisions of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5FB65951" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6B1ECDEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 22-563; 1974 (58) 2621.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -367,51 +362,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -848,66 +843,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>