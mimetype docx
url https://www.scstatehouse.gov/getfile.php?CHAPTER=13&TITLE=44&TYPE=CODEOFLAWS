--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,1228 +1,1425 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3ac150fb7ece460f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6154254266f947dc9fd794a71b69c99e.psmdcp" Id="R91f27e7430f94f11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf78999cd35854525" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d007e3d3ac0e4e84aab3551333cdd7e6.psmdcp" Id="Reac60ab424e8438b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0067139B" w:rsidRDefault="0067139B" w14:paraId="26DEB335" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="78A64F3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="13C74E9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Admission, Detention and Removal of Patients at State Mental Health Facilities</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="612E8C1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="18C89EBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-13-05. Protective custody; procedures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="47510AF5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...41 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>(A) Except as provided for in Sections 56-5-2930 and 56-5-2950, if a law enforcement officer observes a person conducting himself in a manner that causes the law enforcement officer to reasonably believe that the person is mentally ill or is suffering from chemical dependency and because of that condition poses a likelihood of serious harm to himself or others or if a criminal offense that carries a penalty of less than one year and that does not involve a victim who could seek a warrant for the person's a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>rrest has occurred, the law enforcement officer may take the person into protective custody and transport the person to the local mental health center or a crisis stabilization program, if available in their jurisdictions, for examination and pre-admission screening and evaluation of psychiatric and chemical dependency emergencies.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="040EAEA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Upon arrival at the mental health center or a crisis stabilization program, if available in their jurisdictions, the law enforcement officer who took the person into protective custody pursuant to this section shall complete a written affidavit under oath pursuant to Section 44-17-410(1). If the person is subsequently the subject of a hearing, and if the law enforcement officer who completed the affidavit is given notice of the hearing pursuant to Section 44-17-550, the officer may, but is not required</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> to, appear at the hearing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="36CFA149" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The local mental health center or a crisis stabilization program, if available in their jurisdictions, shall arrange for an examination of the person in protective custody by a licensed physician. The center or crisis stabilization program, if available in their jurisdictions, may detain the person for up to twenty-four hours for the purpose of psychiatric evaluation and examination by a licensed physician. If within twenty-four hours of being taken into protective custody the person is not examined by</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> a licensed physician, or if upon examination the physician does not execute the certification provided for in Section 44-17-410(2), the person in protective custody must be released. If the physician examining the person completes the certification provided for in Section 44-17-410(2), the center or crisis stabilization program, if available in their jurisdictions, may continue to detain the person pending transportation by a law enforcement officer to the hospital designated by the certification, as provi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ded for in Section 44-17-440.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6F8F5FEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The taking of a person into protective custody pursuant to this section is not an arrest. The officer shall inform the person that he or she is being held in protective custody and is not under arrest. However, a law enforcement officer taking an individual into protective custody may use that kind and degree of force necessary, including reasonable precautions for self-protection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1E269DB1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) Except when a person is injured as a result of intentional injury, gross negligence, or a wanton disregard for their personal safety, a law enforcement officer, examining physician, or staff person of a mental health center or a designated facility who acts in accordance with this section is immune from civil liability.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="697D15D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) For purposes of this section, "crisis stabilization program" means a community-based psychiatric program providing short-term, intensive, mental health treatment in a nonhospital setting for persons who are experiencing a psychiatric crisis and who are either unable to safely function in their daily lives or are a potential threat to themselves or the community, with treatment available twenty-four hours a day, seven days a week.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7F535F7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) A law enforcement officer may transport a person as provided in this section to a local mental health center or a crisis stabilization program beyond the officer's jurisdiction if the law enforcement agency employing the officer has a written memo of understanding with the local mental health center or crisis stabilization program receiving the person taken into custody.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0E1931F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(H) For purposes of this section, "local mental health center or crisis stabilization program" includes such center or program in an adjoining county or if there is not such a center or program in an adjoining county, then such a center or program in the nearest location.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7219F108" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1B1874C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 120, § 3, eff June 3, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7309EE1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4E0D7F64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-13-10. Detention of individual pending removal to facility.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="447F1CDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Pending his removal to a State mental health facility an individual taken into custody or ordered to be admitted may be temporarily detained in his home, a licensed foster home or any other suitable facility under such reasonable conditions as the county governing body, supervisor or manager may fix, but he shall not, except because of and during an extreme emergency, be detained in a nonmedical establishment used for the detention of individuals charged with or convicted of penal offenses. The county gove</w:t>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Pending his removal to a State mental health facility an individual taken into custody or ordered to be admitted may be temporarily detained in his home, a licensed foster home or any other suitable facility under such reasonable conditions as the county governing body, supervisor or manager may fix, but he shall not, except because of and during an extreme emergency, be detained in a nonmedical establishment used for the detention of individuals charged with or convicted of penal offenses. The county gover</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ning body, supervisor or manager shall take such reasonable measures, including provision of medical care, as may be necessary to assure proper care of an individual temporarily detained under this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="603F0976" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="49FB0258" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-1015; 1952 (47) 2042.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="334F5C55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="64CD84A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-13-20. Admission of resident ordered committed by foreign court.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3CB59B3C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...48 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Any individual, legally a resident of this State, ordered to be admitted to any mental health facility under the laws of any other state, may be admitted, upon satisfactory proof of residence, to care and treatment in any State mental health facility of this State. The orders of any court of competent jurisdiction of another state or of the District of Columbia authorizing admittance of such individual to a mental health facility shall have the same force and effect upon his transfer to this State as a law</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ful order of any court of competent jurisdiction in this State. A certified copy of such order shall be furnished the Office of Mental Health prior to the issuance by the Office of Mental Health of any authorization of transfer of such patient. Jurisdiction in all further matters relating to such mentally ill person shall vest in the judge of probate of the county in which the mental health facility, to which such person is admitted, is located, during his confinement therein, or the judge of probate of the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> county in which he is legally resident.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2E0DD577" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="15C9326E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-1013; 1954 (48) 1732.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="409CC289" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0B7E902A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="09CDD477" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="50DBEF6E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-13-30. Removal of patient or trainee who is not a citizen of this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1FC8CF0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unless he was admitted pursuant to the Interstate Compact on Mental Health as set out in Section 44-25-20 or a supplementary agreement thereto, if any person admitted to a State mental health facility is not a citizen of this State, the superintendent of the facility concerned shall immediately notify the Office of Mental Health, and the Office of Mental Health shall notify the mental health commission or other appropriate agency of the state of which the patient or trainee is a citizen. If the state of hi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>s citizenship fails to provide for his removal within a reasonable time, the Office of Mental Health shall cause him to be delivered to the officials authorized by law to care for similar persons pending their commitment to state institutions of the state of his citizenship. The cost of these proceedings and conveyance from this State shall be borne by this State under reciprocity agreements made by the Department of Behavioral Health and Developmental Disabilities with the mental health authorities of othe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>r states. In entering upon such reciprocal agreements with other states, the Department of Behavioral Health and Developmental Disabilities shall provide that the requirements necessary to gain residence in this State shall not be less than those required for the acquisition of residence in the other contracting state. The Office of Mental Health may, however, in cases of undue hardship waive the requirements of residence, for cause.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="158B9814" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6F927436" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-1024; 1952 Code §§ 32-972, 32-1008; 1942 Code §§ 6232, 6233; 1932 Code §§ 6232, 6233; Civ. C. '22 §§ 5085, 5086; Civ. C. '12 §§ 3368, 3369; 1902 (23) 1026; 1920 (31) 704; 1932 (37) 1365; 1952 (47) 2042; 1954 (48) 1732; 1959 (51) 325.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0D637BB9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4A6C28BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="19934B78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="03A327B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-13-40. Removal of alien patient or trainee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="23665035" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If any person admitted to a State mental health facility is not a citizen of the United States, the superintendent of the facility concerned shall immediately notify the Office of Mental Health of the name of the person and all ascertainable information as to race, nativity, date of last arrival in the United States, the name of the vessel on which he arrived, the port at which he landed and the name of the transporting company. The Office of Mental Health shall transmit this information to the appropriate</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> United States authorities and shall continue to provide care and treatment for the patient or trainee pending arrangements for his deportation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7722F980" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="028D0CE5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-1025; 1952 Code §§ 32-972, 32-1009; 1942 Code §§ 6232, 6233; 1932 Code §§ 6232, 6233; Civ. C. '22 §§ 5085, 5086; Civ. C. '12 §§ 3368, 3369; 1902 (23) 1026; 1920 (31) 704; 1932 (37) 1365; 1952 (47) 2042.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="54DE99F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4398A43E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="467B71B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="35DACB3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-13-50. Return of patient to out-of-state mental health facility.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="27368CBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If a mentally ill patient from an out-of-State mental health facility is found to be in this State without permission and upon satisfactory identification of the patient and the request of such facility that the patient be returned, he may be taken into custody by proper public officials and transported directly to the out-of-State facility or may be detained in a State mental health facility until such time as transportation arrangements can be made or the patient's health will permit his return. The stat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>e requesting the return of the patient shall pay all costs of, and incidental to, the transportation and detention of the patient.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3D4F9072" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2CB35359" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-1024.1; 1970 (56) 2496.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4ABF6A06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6A7AFE84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-13-60. Transfer of custody of infirm or harmless patient or trainee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3B6D31B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Office of Mental Health shall investigate the case of each patient or trainee in a State mental health facility who is simply mentally or physically infirm or who is a harmless mental defective or harmless epileptic. When, in the opinion of the Office of Mental Health, the family, guardian, trustee, committee or other person legally responsible for the person is financially able to provide for his care, it shall, when in the opinion of the Office of Mental Health this is advisable, transfer the patient</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> or trainee to the custody of that person. If all persons legally responsible for the patient or trainee are financially unable to provide for his care, the Office of Mental Health shall, when practicable, transfer the custody of the person to the county health authorities of the county of which the patient or trainee was a resident prior to admittance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E765DF0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="43100B40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-1031; 1952 Code §§ 32-957, 32-964, 32-976; 1942 Code §§ 6226, 6249-1, 6249-3; 1932 Code §§ 1570, 1572, 6226; Civ. C. '22 § 5078; Cr. C. '22 §§ 518, 520; Cr. C. '12 §§ 587, 589; Cr. C. '02 §§ 430, 432; R. S. 343, 345; 1884 (18) 827, 828; 1920 (31) 704; 1952 (47) 2042.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6181A3B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="64A0AA2B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5FD29475" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0CEE3C95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-13-70. Admission forms to be kept by probate judges.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="66F95973" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The judge of probate in each county shall keep an adequate supply of forms necessary for the admission or commitment of persons under this chapter, Chapter 9, Chapter 11, Article 1 of Chapter 15, Chapter 17, Chapter 23, Chapter 24, Chapter 27, and Chapter 52.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5EAA01AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7C944F62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-1014; 1952 (47) 2042; 1958 (50) 1634; 1993 Act No. 20, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1233,51 +1430,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1714,66 +1911,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>