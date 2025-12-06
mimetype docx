--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -1,526 +1,515 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfc5f4501c6564ddd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/713ad8d2e94b455f9c962e89a6b1c412.psmdcp" Id="R411bab73bed743c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R208b90b99dcd43cd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bfe5e3f04cd6482a99db274d4b51b999.psmdcp" Id="Rf175d452c15242f6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00865B8C" w:rsidRDefault="00865B8C" w14:paraId="15EEBA0D" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="75F53BF7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="5124284D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Dance Halls</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="133B71F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="5D3253BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 52-13-10. Operation on Sunday forbidden.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="2BCE34DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">It shall be unlawful for any person to keep open or admit persons to any public dancing hall owned or operated by him or to allow any person to continue thereat between the hours of twelve o'clock, midnight, Saturday and twelve o'clock, midnight, Sunday, and all such places shall be and remain closed to the public between such hours. The violation of the provisions of this section shall subject the offender to a fine of not less than ten nor more than fifty dollars for the first offense and for the second </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>offense not less than fifty dollars nor more than one hundred dollars or imprisonment for thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D0122AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="6BD208DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 5-601; 1952 Code § 5-601; 1942 Code § 1734; 1932 Code § 1734; 1923 (33) 203.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="602D9731" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="05571CE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 52-13-20. Location near churches and cemeteries forbidden.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="6583FD5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">It shall be unlawful to operate or maintain outside the limits of any incorporated town or city within the State a dance hall within one fourth of a mile of a rural church with an active congregation or a rural cemetery that is either maintained as a cemetery or has been used for the burial of the dead within five years previous to the operation or maintenance of such dance hall. Every operation or maintenance of a dance hall within a period of twenty-four hours shall be considered a separate and distinct </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>offense if in violation of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5D6CC8F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="75DA280D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 5-602; 1952 Code § 5-602; 1942 (42) 1736.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="56B3D059" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="6C23FDB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 52-13-30. Counties not included in provisions of Section 52-13-20.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="443CE041" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Notwithstanding the provisions of Section 52-13-20, in Aiken, Bamberg, Barnwell, Berkeley, Charleston, Colleton, Darlington, Florence, Georgetown, Jasper, Lexington, Newberry, Orangeburg and Sumter Counties the governing body of the county may, in its discretion, grant and revoke licenses for the operation and maintenance of dance halls at any location within the county outside the limits of any incorporated town or city and fix license fees for such businesses not to exceed ten dollars per annum for each </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>such business. It shall be unlawful to operate or maintain outside the limits of any incorporated town or city within any such county a dance hall without first procuring the issuance of such license from the governing body of the county.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1FCD81EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="18F9B688" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 5-603; 1952 Code § 5-603; 1942 (42) 1736.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="30A4327E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="67536E20" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 52-13-40. Violations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="7602856B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any violation of the provisions of this article other than Section 52-13-10 shall be punishable for the first offense by a fine of not more than one hundred dollars nor less than twenty-five dollars or by imprisonment for not more than thirty days and for a subsequent offense by a fine of not less than seventy-five dollars nor more than one hundred dollars or by imprisonment for not less than twenty-five days nor more than thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3D607596" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="03DC7B9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 5-605; 1952 Code § 5-605; 1942 (42) 1736.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -531,51 +520,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1012,66 +1001,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>