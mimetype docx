--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,1619 +1,1656 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf4ff1724a9364fec" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e5425ea51653409e8488d0562b10b29c.psmdcp" Id="Rc1f6a09de8584091" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R72eb38fb69b14331" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26d5d6f28f5b4c79905c0f02ce6ba93f.psmdcp" Id="R45b8d6c6a1b04c40" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00631740" w:rsidRDefault="00631740" w14:paraId="41DEB9FF" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="65E282FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="645EAAAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>South Carolina Museum Commission and Institute of Archeology and Anthropology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="2CC040C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="7D9E2B03" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="1409DCB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>South Carolina Museum Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="1E55DB42" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="3176A14E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 60-13-10. South Carolina Museum Commission created; membership; chairman; vacancies; terms of office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="0D9A15F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>There is hereby created the South Carolina Museum Commission composed of ten members appointed by the Governor for terms of four years and until their successors are appointed and qualify. One member shall be appointed from each congressional district of the State and three members shall be appointed at large. One of the at-large members shall be appointed chairman of the commission by the Governor. Vacancies for any reason shall be filled in the manner of original appointment for the unexpired term.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="58AEF0DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notwithstanding the provisions above prescribing four-year terms for members of the commission, the members appointed from even-numbered congressional districts and one at-large member other than the chairman shall be initially appointed for terms of two years only.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6A84330D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="650C1A1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 9-361; 1973 (58) 241; 2012 Act No. 176, § 17, eff May 25, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="674B613B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="1F599E6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2012 Act No. 176, § 18, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="23E92ED2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"SECTION 18. Notwithstanding any other provision of law to the contrary, any person elected or appointed to serve, or serving, as a member of any board or commission to represent a Congressional district, whose residency is transferred to another district by a change in the composition of the district, may serve, or continue to serve, the term of office for which he was elected or appointed; however, the appointing or electing authority shall appoint or elect an additional member on that board or commission</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the district which loses a resident member as a result of the transfer to serve until the term of the transferred member expires. When a vacancy occurs in the district to which a member has been transferred, the vacancy must not be filled until the full term of the transferred member expires."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="0EED2AC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="18927FF0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2012 amendment substituted "ten" for "nine".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="55FB158A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="605F7276" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 60-13-20. Meetings and officers of commission; compensation of members.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="6239819A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Commission shall meet at least quarterly and at such other times as the chairman shall designate. Members shall elect a vice-chairman and such other officers as they may deem necessary. They shall be paid such per diem, mileage and subsistence as provided by law for boards, committees and commissions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="71223337" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="2889ED70" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 9-362; 1973 (58) 241.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1F727566" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="7415E2D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 60-13-30. Primary function of commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="5C1C811B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The primary function of the commission shall be the creation and operation of a State Museum reflecting the history, fine arts and natural history and the scientific and industrial resources of the State, mobilizing expert professional advice and guidance and utilizing all available resources in the performance of this function.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="08BC6212" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="3D457BD0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 9-363; 1973 (58) 241.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="20B795EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="475CCBD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 60-13-40. Powers of commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="5FF64342" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>To carry out its assigned functions, the commission is authorized to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="530658EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Establish a plan for, create and operate a State Museum;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="6F00759D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Elect an executive officer for the commission, to be known as the Director;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="5E4A72CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Make rules and regulations for its own government and the administration of its museum;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="09FAD862" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Appoint, on the recommendation of the Director, all other members of the staff;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="6825ED46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) Adopt a seal for use in official commission business;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="46745529" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(6) Control the expenditure in accordance with law of such public funds as may be appropriated to the commission;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="3715D93D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) Accept gifts, bequests and endowments for purposes consistent with the objectives of the commission;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="6BFCD961" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) Make annual reports to the General Assembly of the receipts, disbursements, work and needs of the commission; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="55A80403" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) Adopt policies designed to fulfill the duties and attain the objectives of the commission as established by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0172CEF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="326FA859" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 9-364; 1973 (58) 241.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6672610B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="514AE26C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 60-13-50. Director.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="69E8478D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The director of the commission shall be the director of the State Museum, when such facility comes into existence and his qualifications shall reflect an ability to serve in that capacity. Compensation for the director shall be determined by the General Assembly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E31DEC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="5E67D9D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 9-365; 1973 (58) 241.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="014BF179" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="7FE7D667" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="7B2F0247" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>South Carolina Institute of Archeology and Anthropology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="27A6545C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="7545145A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 60-13-210. Institute created; appointment of director, State Archaeologist, and State Underwater Archaeologist; responsibilities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="5A503575" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) For the purpose of conducting archeological and anthropological research on behalf of the State, there is created the South Carolina Institute of Archeology and Anthropology, which must be under the general control of the University of South Carolina, but administratively separate from any other academic unit of the university below the level of college or school, and under the executive control of the director of the institute.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="6A541507" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The director of the institute must be experienced in archeological administration and must be a professor in the university system. The director of the institute is responsible to the State and on behalf of the institute, under appropriate state and university policies and procedures, may enter into contracts and agreements and accept grants and gifts and expend funds to conduct or cause to be conducted archaeological or anthropological research, or both, at prehistoric and historic sites and on land o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>r beneath state waters or outside the State that may be expected to be beneficial to the State and that will preserve the archaeological and anthropological heritage of the State and contribute to an understanding of that heritage. Through the usual state and university policies and procedures the director may develop facilities and employ professional and support staff, including an associate director, appropriate for carrying out the responsibilities of this section and shall manage the day-to-day activit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ies of the institute in the best interests of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="53759FDC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>The director shall cooperate with the Department of Anthropology and other academic departments of the University of South Carolina in ways that are feasible and mutually agreeable in the conduct of the academic program, including teaching by the director and by the qualified members of the institute staff when the teaching does not interfere with the primary purposes of the institute.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="1589097B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The director shall appoint the State Archaeologist who must be a classified employee in the university system and who shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="195CD7A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) create and maintain the:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="0044875B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) South Carolina Statewide Archeological Site Inventory;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="63D81FBA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) site numbering system for the inventory;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="6D0CE54B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) curation of the archeological collections of the State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...62 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="05BBCF92" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(2) advise the State Historic Preservation Off</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>icer for ensuring the adequacy of all archeological research and the resulting reports of archeological research carried on in the State by an individual, organization, or other entity whether private or public;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="1DBFCA47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) conduct or cause to be conducted archeological field or laboratory investigations, or both, on behalf of and in the best interests of the State, at prehistoric and historic sites.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="25D63CFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The director shall appoint the State Underwater Archaeologist who must be a classified employee in the university system and who shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="0774431C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) create and maintain a research database of state underwater archaeology sites;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="562EC58A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) oversee and implement the Underwater Antiquities Act;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="732E7071" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) act in concert with the State Historic Preservation Officer for ensuring the adequacy of all underwater archaeological research and the resulting reports of underwater archaeological research carried on in the State by an individual, organization, or other entity whether private or public;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="61799DAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) shall conduct or cause to be conducted underwater archaeological field or laboratory investigations, or both, on behalf of and in the best interests of the State at prehistoric and historic sites.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="0C128BAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) In making the appointments or filling a vacancy for the Director of the Institute of Archeology and Anthropology, the usual search committee procedures in effect at the University of South Carolina apply.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="76F9D639" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="391A207B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 9-331; 1963 (53) 358 [479]; 1967 (55) 719; 1984 Act No. 512, Part II, § 22; 2000 Act No. 315, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1624,51 +1661,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2105,66 +2142,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>