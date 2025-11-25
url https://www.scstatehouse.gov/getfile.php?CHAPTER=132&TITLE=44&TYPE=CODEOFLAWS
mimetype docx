--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,927 +1,854 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2754747a1d7a42c8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b89216ca90a74ef4b6bb120bfd9a0454.psmdcp" Id="Rb84f511926704c22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R657e6adc8cfe4e45" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8b0948dd62fd44f1bedce72ab547a5f0.psmdcp" Id="R64d2582999684628" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0067139B" w:rsidRDefault="0067139B" w14:paraId="50C45AB5" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="45F3905F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 132</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="278A9987" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Direct Submission of Claims for Anatomic Pathology Services</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7FE8453C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4F058C88" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-132-10. Claims for services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7472469B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>Except as provided in Section 44-132-20, no person licensed to practice in this State as a physician, surgeon, or osteopath, a dentist or dental surgeon, a nurse practitioner, or a physician's assistant shall charge, bill, or otherwise solicit payment for outpatient anatomic pathology services unless the services were rendered personally by the licensed practitioner or under the licensed practitioner's supervision.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6758C8B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2C8151FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 10, § 5, eff January 13, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3252410B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2E715AC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-132-20. Submission of bills by persons licensed to practice medicine.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="749A55B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>A person who is licensed to practice medicine in this State or the professional legal entity of which the person is a shareholder, partner, employee, or owner, may submit a bill for outpatient anatomic pathology services only to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="631F7FFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the patient directly;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="053FE302" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the responsible insurer or other third-party payor;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="22135B5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the hospital, public health clinic, or nonprofit health clinic; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="291CC850" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) the referral laboratory or the primary laboratory.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="12E21C1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="128E2379" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 10, § 5, eff January 13, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5E340D1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="18F302CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-132-30. Revocation or suspension of license; reimbursement for charges submitted in violation of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="14AD9E12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The health professional licensing boards of this State which license and regulate the practitioners specified in Section 44-132-10, in addition to all other authority granted to them under state law, may revoke, suspend, or deny the renewal of the license of any practitioner who violates the provisions of this chapter. In addition, no patient, insurer, third-party payor, hospital, public health clinic, or nonprofit health clinic is required to reimburse these practitioners for charges or bills submitted in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> violation of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="22A970B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0229A44E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 10, § 5, eff January 13, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2F98EAA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2157FBA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-132-40. Billing between laboratories.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="21ABD7C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The provisions of this chapter do not prohibit billing between laboratories for anatomic pathology services in instances where a sample or samples must be sent to another specialist.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="79657B34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1F9455E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 10, § 5, eff January 13, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="41FAFCAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0ED78B9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-132-50. Definition.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="313B03E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>For purposes of this chapter, the term "anatomic pathology services" means:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="62CB6581" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>(1) histopathology or surgical pathology meaning the gross and microscopic examination of organ tissue performed by a physician or osteopath or under the supervision of a physician or osteopath;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0C4BCDB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) cytopathology meaning the examination of cells, from fluids, washings, brushings, or smears, including the Pap test examination performed by a physician or osteopath or under the supervision of a physician or osteopath;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="39FC9AC6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) hematology meaning the microscopic evaluation of bone marrow aspirations and biopsies performed by a physician or osteopath, or under the supervision of a physician or osteopath, and peripheral blood smears when the attending or treating physician or osteopath, or technologist requests that a blood smear be reviewed by a pathologist;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4583B02B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) sub-cellular pathology and molecular pathology; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7B1D47B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) blood-banking services performed by pathologists. This chapter does not apply to any clinical laboratory service that is not included in the definition of anatomic pathology as set forth in this section. Nothing contained in this chapter may be construed to prohibit payments for anatomic pathology services by government agencies or their specified public or private agent, agency, or organization on behalf of the recipient of the services. Nothing in this chapter may be construed to mandate the right of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> assignment of benefits for anatomic pathology services as defined in this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="701C2104" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="57841A55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 10, § 5, eff January 13, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -932,51 +859,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1413,66 +1340,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>