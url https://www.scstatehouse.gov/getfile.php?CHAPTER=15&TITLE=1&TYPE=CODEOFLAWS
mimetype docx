--- v0 (2025-10-08)
+++ v1 (2025-11-27)
@@ -1,1023 +1,1162 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1dc2a5380f194141" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a73cea161524a54b3f739c1959758d4.psmdcp" Id="Rb11921a5cb844cce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re5ff93c652bd490d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1c1c36df78ad4ef6a40eb5d16d89205f.psmdcp" Id="R8c992b6ef3ad4e95" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="75CAA1AD" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3B3F3B8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0F2F51DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Commission on the Status of Women</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="757E7A55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="30A01471" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-15-10. Commission created; appointment, qualifications and terms of members; vacancies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...76 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5A6F1945" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">There is created a Commission on Women to be composed of sixteen members appointed by the Governor with the advice and consent of the Senate from among persons with a competency in the area of public affairs and women's activities. One member must be appointed from each congressional district and the remaining members from the State at large. The commission must be under and a part of the Department of Administration. Members of the commission shall serve for terms of four years and until their successors </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>are appointed and qualify, except of those members first appointed after the expansion of the commission to fifteen members, two members shall serve a term of one year, two members shall serve a term of two years, two members shall serve a term of three years, and two members shall serve a term of four years. Members appointed prior to and after the expansion of the commission to fifteen members must be designated by the Governor as being appointed to serve either from a particular congressional district or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at large. The member first appointed from the Seventh Congressional District after the expansion of the commission to sixteen members shall serve a four-year term. Vacancies must be filled in the manner of the original appointment for the unexpired portion of the term only. No member must be eligible to serve more than two consecutive terms.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5E5D4344" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="05387933" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 9-451; 1970 (56) 2321; 1978 Act No. 591, § 1; 1993 Act No. 181, § 8; 2008 Act No. 249, § 1, eff upon approval (became law without the Governor's signature on June 5, 2008); 2012 Act No. 279, § 2, eff June 26, 2012; 2014 Act No. 121 (S.22), Pt V, § 7.F, eff July 1, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7C804C14" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="43C87A38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2012 Act No. 279, § 33, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="697794C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Due to the congressional redistricting, any person elected or appointed to serve, or serving, as a member of any board, commission, or committee to represent a congressional district, whose residency is transferred to another district by a change in the composition of the district, may serve, or continue to serve, the term of office for which he was elected or appointed; however, the appointing or electing authority shall appoint or elect an additional member on that board, commission, or committee from th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>e district which loses a resident member as a result of the transfer to serve until the term of the transferred member expires. When a vacancy occurs in the district to which a member has been transferred, the vacancy must not be filled until the full term of the transferred member expires. Further, the inability to hold an election or to make an appointment due to judicial review of the congressional districts does not constitute a vacancy."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7C5229DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="14649024" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2008 amendment rewrote this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3B4CA6FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2012 amendment substituted "sixteen" for "fifteen"; inserted "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The member first appointed from the Seventh Congressional District after the expansion of the commission to sixteen members shall serve a four-year term."; and, made other, nonsubstantive, changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4499451A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 121, § 7.F, in the third sentence, substituted "Department of Administration" for "Office of the Governor".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1C5298EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="00AD6AF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-15-20. Per diem, mileage and subsistence.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="20A8174F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The members of the Commission shall be paid the usual per diem, mileage and subsistence as provided by law for members of boards, commissions and committees to be paid from the general fund of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="54EF9EE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="628A42CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 9-452; 1970 (56) 2321.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5DE2F454" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="09E6A8B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-15-30. Organization; officers; quorum.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7BDD6AC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The commission shall meet as soon after appointment as practicable and shall organize itself by electing one of its members as chairman, one of its members as vice-chairman, and one of its members as secretary. A quorum for transacting business at all meetings of the commission shall consist of a majority of the membership of the commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3DF9F21A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5AAC237B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 9-453; 1970 (56) 2321; 1978 Act No. 591, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5D43C841" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="124AEDD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-15-40. Duties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0B14FE15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) The commission shall study the status of women and make periodic reports to the Governor with its recommendations concerning the following areas:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="14A3B96A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) Education needs and education opportunities pertaining to women.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="04A63C90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) Social insurance and tax laws as they affect the net earnings and other income of women.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="68AD65A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) Federal and state labor laws dealing with such matters as hours, night work and wages to determine whether they are accomplishing the purposes for which they were established and whether they should be adapted to changing technological, economic and social conditions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2BDB0F21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(d) Differences in legal treatment of men and women in regard to political and civil rights, property rights, and family relations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3414D619" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(e) New and expanded services that may be required for women as wives and mothers, and workers, including education, counseling, training, home services, and arrangements for care of children during the working day.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="35F27B24" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) The employment policies and practices of the State of South Carolina with reference to additional affirmative steps which should be taken through legislation, executive or administrative action to assure nondiscrimination on the basis of sex and to enhance constructive employment opportunities for women.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7A3E5970" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) At appropriate intervals of five or more years, an updated report shall be issued by the commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="040F3C0B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The commission shall also be empowered to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="397589EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) Receive and disburse state and federal grants for furtherance of the commission's objectives.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="46809B47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) Disseminate pertinent material relating to the rights, responsibilities and status of women.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E7D9CF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="21DFCF9B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 9-454; 1970 (56) 2321; 1978 Act No. 591, § 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3BDB54FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="05142E91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-15-50. Cooperation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2F70634A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All executive departments and agencies of the State government shall cooperate with the Commission in the performance of its duties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5C95EBF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0B71A966" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 9-455; 1970 (56) 2321.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1028,51 +1167,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1509,66 +1648,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>