--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -1,9078 +1,8924 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R290d5361ace640f7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7fb7c56b1666412bb82ace64b27743af.psmdcp" Id="R31d4bbdca8074683" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3f07f34075714d7e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35e80daad8e348f0928232378c944863.psmdcp" Id="R508d610160a04f38" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D430CF" w:rsidRDefault="00D430CF" w14:paraId="34E1EEB8" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="326B6347" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="525BFFD2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Offenses Against Morality and Decency</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="6037DC92" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7A8F2838" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="2A019F71" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Miscellaneous Offenses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0D3C5D83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="78EA530E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-10. Bigamy.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="28BB9C0C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any person who is married who shall marry another person shall, unless:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="648275CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) His or her husband or wife has remained continually for seven years beyond the sea or continually absented himself or herself from such person for the space of seven years together, such person not knowing his or her wife or husband to be living within that time;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="35E86405" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) He or she was married before the age of consent;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0F12E9AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) His or her wife or husband is under sentence of imprisonment for life; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5572D0D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) His or her marriage has been annulled or he or she has been divorced by decree of a competent tribunal having jurisdiction both of the cause and the parties;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5A9C7ABA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>On conviction, be punished by imprisonment in the Penitentiary for not more than five years nor less than six months or by imprisonment in the jail for six months and by a fine of not less than five hundred dollars.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="50A30B66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="027D0E9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 16-401; 1952 Code § 16-401; 1942 Code § 1434; 1932 Code § 1434; Cr. C. '22 § 374; Cr. C. '12 § 381; Cr. C. '02 § 289; G. S. 2587; R. S. 250; 1712 (2) 508; 1874 (15) 603.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6DA7DFA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0F37DA95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-20. Incest.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="3CE11185" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Any persons who shall have carnal intercourse with each other within the following degrees of relationship, to wit:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="34879024" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) A man with his mother, grandmother, daughter, granddaughter, stepmother, sister, grandfather's wife, son's wife, grandson's wife, wife's mother, wife's grandmother, wife's daughter, wife's granddaughter, brother's daughter, sister's daughter, father's sister or mother's sister; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="601EF02C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) A woman with her father, grandfather, son, grandson, stepfather, brother, grandmother's husband, daughter's husband, granddaughter's husband, husband's father, husband's grandfather, husband's son, husband's grandson, brother's son, sister's son, father's brother or mother's brother;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="16D0DAAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Shall be guilty of incest and shall be punished by a fine of not less than five hundred dollars or imprisonment not less than one year in the Penitentiary, or both such fine and imprisonment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0998619F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="3C0325F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 16-402; 1952 Code § 16-402; 1942 Code § 1440; 1932 Code § 1440; Cr. C. '22 § 381; Cr. C. '12 § 388; Cr. C. '02 § 295; R. S. 258; 1884 (19) 801.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6738B190" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="6851B1BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-50. Seduction under promise of marriage.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="23DF1363" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>A male over the age of sixteen years who by means of deception and promise of marriage seduces an unmarried woman in this State is guilty of a misdemeanor and, upon conviction, must be fined at the discretion of the court or imprisoned not more than one year. There must not be a conviction under this section on the uncorroborated testimony of the woman upon whom the seduction is charged, and no conviction if at trial it is proved that the woman was at the time of the alleged offense lewd and unchaste. If t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>he defendant in any action brought under this section contracts marriage with the woman, either before or after the conviction, further proceedings of this section are stayed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="50963501" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="442F281F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 16-405; 1952 Code § 16-405; 1942 Code § 1441; 1932 Code § 1441; Cr. C. '22 § 382; Cr. C. '12 § 389; 1905 (24) 937; 1993 Act No. 184, § 179.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0EF49AFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="6EE76D41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-60. Adultery or fornication.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="48653683" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any man or woman who shall be guilty of the crime of adultery or fornication shall be liable to indictment and, on conviction, shall be severally punished by a fine of not less than one hundred dollars nor more than five hundred dollars or imprisonment for not less than six months nor more than one year or by both fine and imprisonment, at the discretion of the court.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7E05B5A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="76BE6B49" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 16-406; 1952 Code § 16-406; 1942 Code § 1435; 1932 Code § 1435; Cr. C. '22 § 375; Cr. C. '12 § 382; Cr. C. '02 § 290; G. S. 2588; R. S. 251; 1880 (17) 328.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="131D9B84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="3692308E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-70. "Adultery" defined.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...49 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="01986B1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Adultery" is the living together and carnal intercourse with each other or habitual carnal intercourse with each other without living together of a man and woman when either is lawfully married to some other person.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="77FA8EDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="6B3A2B53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 16-407; 1952 Code § 16-407; 1942 Code § 1436; 1932 Code § 1436; Cr. C. '22 § 376; Cr. C. '12 § 383; Cr. C. '02 § 291; G. S. 2589; R. S. 252; 1880 (17) 328.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4403E176" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="599D3B0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-80. "Fornication" defined.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="1432D20B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>"Fornication" is the living together and carnal intercourse with each other or habitual carnal intercourse with each other without living together of a man and woman, both being unmarried.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="762B7C99" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="01DE5D06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 16-408; 1952 Code § 16-408; 1942 Code § 1437; 1932 Code § 1437; Cr. C. '22 § 277; Cr. C. '12 § 384; Cr. C. '02 § 292; G. S. 2590; R. S. 253; 1880 (17) 328.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3D649711" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5155EFB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-90. Prostitution; lewdness, assignation and prostitution generally.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7B830417" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>It shall be unlawful to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="4786BCB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Engage in prostitution;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="15E3B81D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Aid or abet prostitution knowingly;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="6AF4E7A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Procure or solicit for the purpose of prostitution;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="11773C28" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Expose indecently the private person for the purpose of prostitution or other indecency;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7066B7DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) Reside in, enter or remain in any place, structure, building, vehicle, trailer or conveyance for the purpose of lewdness, assignation or prostitution;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0B54613F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) Keep or set up a house of ill fame, brothel or bawdyhouse;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="25B5927D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) Receive any person for purposes of lewdness, assignation or prostitution into any vehicle, conveyance, trailer, place, structure or building;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7192F482" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) Permit any person to remain for the purpose of lewdness, assignation or prostitution in any vehicle, conveyance, trailer, place, structure or building;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7B641DB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(9) Direct, take or transport, offer or agree to take or transport or aid or assist in transporting any person to any vehicle, conveyance, trailer, place, structure or building or to any other person with knowledge or having reasonable cause to believe that the purpose of such directing, taking or transporting is prostitution, lewdness or assignation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="65256700" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(10) Lease or rent or contract to lease or rent any vehicle, conveyance, trailer, place, structure or building or part thereof believing or having reasonable cause to believe that it is intended to be used for any of the purposes herein prohibited; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="781C029A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) Aid, abet, or participate knowingly in the doing of any of the acts herein prohibited.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="75809630" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="12F1D8ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 16-409; 1952 Code § 16-409; 1942 (42) 1734.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6D134BE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="27EA263F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-100. Prostitution; further unlawful acts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="12D6784B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>It shall further be unlawful to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7871EBFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Procure a female inmate for a house of prostitution;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="72CC6656" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Cause, induce, persuade or encourage by promise, threat, violence or by any scheme or device a female to become a prostitute or to remain an inmate of a house of prostitution;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="35B1A381" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Induce, persuade or encourage a female to come into or leave this State for the purpose of prostitution or to become an inmate in a house of prostitution;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="40E7A9A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Receive or give or agree to receive or give any money or thing of value for procuring or attempting to procure any female to become a prostitute or an inmate in a house of prostitution;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="53C29F02" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) Accept or receive knowingly any money or other thing of value without consideration from a prostitute; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="3A6843EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) Aid, abet or participate knowingly in the doing of any of the acts herein prohibited.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2020C6E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0D19AFDB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 16-410; 1952 Code § 16-410; 1942 (42) 1734.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="646757D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="54BA1482" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-110. Prostitution; violations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...22 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="55B2C7A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Any person violating any provision of Sections 16-15-90 and 16-15-100 must, upon conviction, be punished as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="16DFF24C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) for the first offense, a fine not exceeding two hundred dollars or confinement in prison for a period of not more than thirty days;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="4DF3119C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) for the second offense, a fine not exceeding one thousand dollars or imprisonment for not exceeding six months, or both;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="4DD66C1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) for the third or any subsequent offense, a fine not exceeding three thousand dollars or imprisonment for not less than one year, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4B0C318D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="1BC72A7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 16-411; 1952 Code § 16-411; 1942 (42) 1734; 1979 Act No. 74; 1986 Act No. 534.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="06A26ED6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="25E9E09E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-120. Buggery.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="11ABA420" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Whoever shall commit the abominable crime of buggery, whether with mankind or with beast, shall, on conviction, be guilty of felony and shall be imprisoned in the Penitentiary for five years or shall pay a fine of not less than five hundred dollars, or both, at the discretion of the court.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6DF9F783" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="6BFC1194" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 16-412; 1952 Code § 16-412; 1942 Code § 1439; 1932 Code § 1439; Cr. C. '22 § 380; Cr. C. '12 § 387; Cr. C. '02 § 294; G. S. 2591; R. S. 254; 25 H. 8, c. 1 (2) 465.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="554E5D16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="36157BC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-130. Indecent exposure; breastfeeding.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="546F4B95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A)(1) It is unlawful for a person to wilfully, maliciously, and indecently expose his person in a public place, on property of others, or to the view of any person on a street or highway.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="243E582B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) This subsection does not apply to a woman who breastfeeds her own child in a public place, on property of others, to the view of any person on a street or highway, or any other place where a woman and her child are authorized to be.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="55030D31" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person who violates the provisions of subsection (A)(1) is guilty of a misdemeanor and, upon conviction, must be fined in the discretion of the court or imprisoned not more than three years, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0D7C403C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="47D08EFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 16-413; 1952 Code § 16-413; 1942 Code § 1442; 1932 Code § 1442; Cr. C. '22 § 383; Cr. C. '12 § 390; 1906 (25) 84; 1965 (54) 577; 1993 Act No. 184, § 180; 2006 Act No. 269, § 2, eff May 2, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1314E883" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="48776A46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-250. Communicating obscene messages to other persons without consent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="6ADD31A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>It is unlawful for a person to anonymously write, print, telephone, transmit a digital electronic file, or by other manner or means communicate, send, or deliver to another person within this State, without that person's consent, any obscene, profane, indecent, vulgar, suggestive, or immoral message.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="042AA875" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>A person who violates the provisions of this section is guilty of a misdemeanor and, upon conviction, must be fined in the discretion of the court or imprisoned not more than three years, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="504D580B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="4FE35595" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 16-552; 1952 Code § 16-552; 1943 (43) 26; 1967 (55) 626; 1993 Act No. 184, § 181; 2001 Act No. 81, § 6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3FAE2724" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7095D590" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0ADA5E61" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Obscenity, Material Harmful to Minors, Child Exploitation, and Child Prostitution</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="73F81707" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="4F3E464E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-305. Disseminating, procuring or promoting obscenity unlawful; definitions; penalties; obscene material designated contraband.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5FE0D135" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) It is unlawful for any person knowingly to disseminate obscenity. A person disseminates obscenity within the meaning of this article if he:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="573B0B3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) sells, delivers, or provides or offers or agrees to sell, deliver, or provide any obscene writing, picture, record, digital electronic file, or other representation or description of the obscene;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0C4674C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) presents or directs an obscene play, dance, or other performance, or participates directly in that portion thereof which makes it obscene;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5C6A7156" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) publishes, exhibits, or otherwise makes available anything obscene to any group or individual; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="1FC6CB22" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) exhibits, presents, rents, sells, delivers, or provides; or offers or agrees to exhibit, present, rent, or to provide: any motion picture, film, filmstrip, or projection slide, or sound recording, sound tape, or sound track, video tapes and recordings, or any matter or material of whatever form which is a representation, description, performance, or publication of the obscene.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="27C5321C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) For purposes of this article any material is obscene if:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="47C31942" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) to the average person applying contemporary community standards, the material depicts or describes in a patently offensive way sexual conduct specifically defined by subsection (C) of this section;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="2690EF89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the average person applying contemporary community standards relating to the depiction or description of sexual conduct would find that the material taken as a whole appeals to the prurient interest in sex;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="089E1CD8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) to a reasonable person, the material taken as a whole lacks serious literary, artistic, political, or scientific value; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5A969C27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(4) the material as used is not otherwise protected or privileged under the Constitutions of the United States or of this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7DF88B61" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) As used in this article:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7C6E4D38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "sexual conduct" means:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5B11D277" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(a) vaginal, anal, or oral intercourse, whether actual or simulated, normal or perverted, whether between human beings, animals, or a combination thereof;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="00A4626A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) masturbation, excretory functions, or lewd exhibition, actual or simulated, of the genitals, pubic hair, anus, vulva, or female breast nipples including male or female genitals in a state of sexual stimulation or arousal or covered male genitals in a discernably turgid state;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5675982B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) an act or condition that depicts actual or simulated bestiality, sado-masochistic abuse, meaning flagellation or torture by or upon a person who is nude or clad in undergarments or in a costume which reveals the pubic hair, anus, vulva, genitals, or female breast nipples, or the condition of being fettered, bound, or otherwise physically restrained on the part of the one so clothed;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0038D7B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) an act or condition that depicts actual or simulated touching, caressing, or fondling of, or other similar physical contact with, the covered or exposed genitals, pubic or anal regions, or female breast nipple, whether alone or between humans, animals, or a human and an animal, of the same or opposite sex, in an act of actual or apparent sexual stimulation or gratification; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="43DCD5A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) an act or condition that depicts the insertion of any part of a person's body, other than the male sexual organ, or of any object into another person's anus or vagina, except when done as part of a recognized medical procedure.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="505A9A1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "patently offensive" means obviously and clearly disagreeable, objectionable, repugnant, displeasing, distasteful, or obnoxious to contemporary standards of decency and propriety within the community.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="62EDCB1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "prurient interest" means a shameful or morbid interest in nudity, sex, or excretion and is reflective of an arousal of lewd and lascivious desires and thoughts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="2FCFFC6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "person" means any individual, corporation, partnership, association, firm, club, or other legal or commercial entity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="71732BB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "knowingly" means having general knowledge of the content of the subject material or performance, or failing after reasonable opportunity to exercise reasonable inspection which would have disclosed the character of the material or performance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="1B96C7D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Obscenity must be judged with reference to ordinary adults except that it must be judged with reference to children or other especially susceptible audiences or clearly defined deviant sexual groups if it appears from the character of the material or the circumstances of its dissemination to be especially for or directed to children or such audiences or groups.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0260F95A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) As used in this article, "community standards" used in determining prurient appeal and patent offensiveness are the standards of the area from which the jury is drawn.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="570B6D39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) It is unlawful for any person knowingly to create, buy, procure, or process obscene material with the purpose and intent of disseminating it.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7D5942A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(G) It is unlawful for a person to advertise or otherwise promote the sale of material represented or held out by them as obscene.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="769E2AE5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(H) A person who violates this section is guilty of a felony and, upon conviction, must be imprisoned not more than five years or fined not more than ten thousand dollars, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="3FCE89B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(I) Obscene material disseminated, procured, or promoted in violation of this section is contraband and may be seized by appropriate law enforcement authorities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="06599210" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5660E912" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 168 § 3; 1995 Act No. 7, Part I § 13; 2001 Act No. 81, § 7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1DCEB2DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="059DE425" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-315. Condition on certain sales for resale or on franchising rights that obscene material be received for resale prohibited; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="2CA9322D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>No person shall, as a condition to any sale, allocation, consignment, or delivery for resale of any paper, magazine, book, periodical, publication, digital electronic file require that the purchaser or consignee receive for resale any other article, book, publication, or digital electronic file which is obscene within the meaning of Section 16-15-305 nor shall any person deny or threaten to deny any franchise or impose or threaten to impose any penalty, financial or otherwise, by reason of the failure or r</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>efusal of any person to accept the articles, books, publications, or digital electronic files, or by reason of the return thereof. A person who violates this section is guilty of a misdemeanor and, upon conviction, must be imprisoned for not more than one year or fined not more than one thousand dollars, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C1363B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="2058A203" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 168 § 3, eff October 1, 1987; 2001 Act No. 81, § 8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="31ED7032" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="79ADA345" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-325. Participation in preparation of obscene material prohibited; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="16326853" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any individual who knowingly:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0180038D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) photographs himself or any other individual or animal for purposes of preparing an obscene film, photograph, negative, slide, videotapes, motion picture, or digital electronic files for the purpose of dissemination; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="4FCE2B43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) models, poses, acts, or otherwise assists in the preparation of any obscene film, photograph, negative, slide, videotapes, motion picture, or digital electronic files for the purpose of dissemination is guilty of a misdemeanor and, upon conviction, must be imprisoned for not more than one year and fined not more than one thousand dollars.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="43008434" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="683A01DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 168 § 3; 2001 Act No. 81, § 9.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="19A45B30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="054231B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-330. Definitions applicable to section 16-15-332.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="3A824B18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>For purposes of Section 16-15-332, the term:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...91 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="38F8BF7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(1) "Digitally forged intimate image" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means any intimate image of an identifiable individual that appears to a reasonable person to be indistinguishable from an authentic visual depiction of the individual, and that is generated or substantially modified using machine-learning techniques or any other computer-generated or machine-generated means to falsely depict an individual's appearance or conduct, regardless of whether the visual depiction indicates, through a label or some other form of information published with the visual depiction, that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the visual depiction is not authentic.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="00E98ECF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(2) "Effective consent" means the affirmative, conscious, and voluntary authorization by an individual with legal capacity to give authorization. The disclosure of the intimate image or digitally forged intimate image by the identifiable individual to another person is not sufficient effective consent under this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="08AAB339" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Identifiable individual" means the identity of the depicted person through an intimate image or digitally forged intimate image, or whose identity can be determined through any accompanying or subsequent information or material related to the visual material.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="6D8B28F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Intimate image" means any still or videographic image of an identifiable individual that depicts wholly or partially uncovered genitals, pubic area, anus, or postpubescent female nipple or areola of an individual, the display or transfer of semen or vaginal secretion, sexual activity, as defined in Section 16-15-375, or sexually explicit nudity, as defined in Section 16-15-375.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="63E35B31" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="6BF0B482" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2025 Act No. 37 (H.3058), § 1, eff May 12, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D1199A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="656B6B5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-332. Disseminating intimate images without consent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="154DCCA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(A) A person who intentionally disseminates an intimate image or a digitally forged intimate image of another person without the effective consent of the depicted person is guilty of the unauthorized disclosure of intimate images. A person intentionally disseminates an intimate image or a digitally forged intimate image if he has knowledge that the image was obtained or created under circumstances when he knew or reasonably should have known the person depicted had a reasonable expectation of privacy. Any </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>dissemination of multiple intimate images of the same individual as part of a common act is a single offense. The fact that the identifiable individual:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="275D3CA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) provided affirmative consent for the creation of the intimate image shall not establish that the individual provided effective consent for the dissemination of the intimate image; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="33ADF500" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) disclosed the intimate image to another individual shall not establish that the identifiable individual provided effective consent for the dissemination of the intimate image by the person alleged to have violated this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5F50CBB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person who violates the provisions of this section, with the intent to cause physical, mental, economic, or reputational harm to the individual portrayed in the image, or for the purpose of profit or pecuniary gain, is guilty of a felony and, upon conviction, for a:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5E347CA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) first offense, must be fined not more than five thousand dollars or imprisoned not more than five years, or both; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="6BD7C740" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) second or subsequent offense, after an intervening conviction or adjudication for a previous violation of the provisions of this section, must be fined not more than ten thousand dollars or imprisoned not less than one year but not more than ten years, or both. No part of the minimum sentence may be suspended nor probation granted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0B5D0655" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A person who violates the provisions of this section, without the intent to cause physical, mental, economic, or reputational harm to the individual portrayed in the image, or for the purpose of profit or pecuniary gain, for a:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="4D31DE6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) first offense, is guilty of a misdemeanor and, upon conviction, must be fined not more than five thousand dollars or imprisoned not more than one year, or both; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="51119155" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) second or subsequent offense, after an intervening conviction or adjudication for a previous violation of the provisions of this section, is guilty of a felony and, upon conviction, must be fined not more than five thousand dollars or imprisoned not more than five years, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="1F9CA0C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(D) Intimate images or digitally forged intimate images cannot be duplicated for the purpose of criminal discovery requests and motions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5E800DD8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(E) A violation of this section is not a lesser-included offense of any other applicable offense but is a separate offense and does not preclude charges under another applicable provision of law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="3FBE285E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The provisions of this section do not apply to any intimate image or digitally forged intimate image created by law enforcement pursuant to a criminal investigation which is otherwise lawful.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="12C4D895" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="1EC85D95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2025 Act No. 37 (H.3058), § 2, eff May 12, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1F174D7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5A7035DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-335. Permitting minor to engage in any act constituting violation of this article prohibited; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="147DA4A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>An individual eighteen years of age or older who, in any manner, knowingly hires, employs, uses, or permits a person under the age of eighteen years to do or assist in doing an act or thing constituting an offense pursuant to this article and involving any material, act, or thing he knows or reasonably should know to be obscene within the meaning of Section 16-15-305 is guilty of a felony and, upon conviction, must be imprisoned for not more than ten years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="74BAD2EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="455A6084" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 168 § 3; 2004 Act No. 208, § 3, eff April 26, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="02DB79CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="424F0BE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-340. Luring a child; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="2173F8A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) As used in this section, "child" means a person under sixteen years of age.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="3EBE5C6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person eighteen years of age or older who, with the intent to harm a child or for any other unlawful purpose, lures, entices, or attempts to lure or entice a child, is guilty of a felony and, upon conviction, must be fined not more than ten thousand dollars or imprisoned not more than ten years, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0B3C0DFA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Mistake of age is not a defense to prosecution pursuant to the provisions of this section. However, it is an affirmative defense to prosecution pursuant to the provisions of this section if the:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="14BB6E29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) person lured, enticed, or attempted to lure or entice, the child for a lawful purpose; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="31208D21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) person's actions were otherwise reasonable under the circumstances, and the person did not have the intent to harm the child.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="1A7603F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The penalties provided in this section are in addition to other penalties as provided by law for kidnapping or any other offense, as warranted. The offense of luring a child is not intended to be a lesser included offense of kidnapping or any other offense.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3FF899ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="06009727" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2024 Act No. 213 (S.142), § 5, eff July 2, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4083B475" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="110113EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-342. Criminal solicitation of a minor; defenses; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...60 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="1B43566E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(A) A person eighteen years of age or older commits the offense of criminal solicitation of a minor if he knowingly contacts or communicates with, or attempts to contact or communicate with, a person who is under the age of eighteen, or a person reasonably believed to be under the age of eighteen, for the purpose of or with the intent of persuading, inducing, enticing, or coercing the person to engage or participate in a sexual activity as defined in Section 16-15-375(5) or a violent crime as defined in Se</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ction 16-1-60, or with the intent to perform a sexual activity in the presence of the person under the age of eighteen, or person reasonably believed to be under the age of eighteen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="54A71182" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Consent is a defense to a prosecution pursuant to this section if the person under the age of eighteen, or the person reasonably believed to be under the age of eighteen, is at least sixteen years old.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="6E3915F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Consent is not a defense to a prosecution pursuant to this section if the person under the age of eighteen, or the person reasonably believed to be under the age of eighteen, is under the age of sixteen.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="1BDE9E84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) It is not a defense to a prosecution pursuant to this section, on the basis of consent or otherwise, that the person reasonably believed to be under the age of eighteen is a law enforcement agent or officer acting in an official capacity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="64245DE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) A person who violates the provisions of this section is guilty of a felony and, upon conviction, must be fined not more than five thousand dollars or imprisoned for not more than ten years, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="60402BD2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0181BFDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 208, § 4, eff April 26, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="26CBAF05" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0A324C92" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-345. Disseminating obscene material to person under age eighteen prohibited; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="1D3DCB31" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>An individual eighteen years of age or older who knowingly disseminates to a person under the age of eighteen years material which he knows or reasonably should know to be obscene within the meaning of Section 16-15-305 is guilty of a felony and, upon conviction, must be imprisoned for not more than ten years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="30F24EDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="3D270F53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 168 § 3; 2004 Act No. 208, § 5, eff April 26, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3D274F2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="03E2A635" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-355. Disseminating obscene material to minor twelve years of age or younger prohibited; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="12EA660C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>An individual eighteen years of age or older who knowingly disseminates to a minor twelve years of age or younger material which he knows or reasonably should know to be obscene within the meaning of Section 16-15-305 is guilty of a felony and, upon conviction, must be imprisoned for not more than fifteen years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0B910D7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0B250750" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 168 § 3; 2004 Act No. 208, § 6, eff April 26, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1F7337A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="6C861090" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-365. Exposure of private parts in lewd and lascivious manner, aiding or procuring person to perform an act, or permitting use of premises for an act prohibited; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...55 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="609BE4E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Any person who wilfully and knowingly exposes the private parts of his person in a lewd and lascivious manner and in the presence of any other person, or aids or abets any such act, or who procures another to perform such act, or any person, who as owner, manager, lessee, director, promoter, or agent, or in any other capacity knowingly hires, leases, or permits the land, building, or premises of which he is owner, lessee, or tenant, or over which he has control, to be used for purposes of any such act, is g</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>uilty of a misdemeanor and, upon conviction, must be imprisoned for not more than six months or fined not more than five hundred dollars, or both.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="71A89EE5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="66100DCE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 168 § 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="41B7B7ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="3F7165F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-375. Definitions applicable to Sections 16-15-385 through 16-15-425.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="20C323B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The following definitions apply to Section 16-15-385, disseminating or exhibiting to minors harmful material or performances; Section 16-15-387, employing a person under the age of eighteen years to appear in a state of sexually explicit nudity in a public place; Section 16-15-395, first degree sexual exploitation of a minor; Section 16-15-405, second degree sexual exploitation of a minor; Section 16-15-410, third degree sexual exploitation of a minor; Section 16-15-412, morphed image of an identifiable mi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nor; arrest warrant; Section 16-15-415, promoting prostitution of a minor; and Section 16-15-425, participating in prostitution of a minor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="584562D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Harmful to minors" means that quality of any material or performance that depicts sexually explicit nudity or sexual activity and that, taken as a whole, has the following characteristics:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="04148F1C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the average adult person applying contemporary community standards would find that the material or performance has a predominant tendency to appeal to a prurient interest of minors in sex; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="27ADDAF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the average adult person applying contemporary community standards would find that the depiction of sexually explicit nudity or sexual activity in the material or performance is patently offensive to prevailing standards in the adult community concerning what is suitable for minors; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="1CB75A79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) to a reasonable person, the material or performance taken as a whole lacks serious literary, artistic, political, or scientific value for minors.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="30A205D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Material" means pictures, drawings, video recordings, films, digital electronic files, computer-generated images or pictures, or other visual depictions or representations but not material consisting entirely of written words.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5B783A7F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Minor" means an individual who is less than eighteen years old.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="35D9BE91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Prostitution" means engaging or offering to engage in sexual activity with or for another in exchange for anything of value.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="3E7F0217" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Sexual activity" includes any of the following acts or simulations thereof:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="4C319237" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) masturbation, whether done alone or with another human or animal;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="3DC7AEA8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) vaginal, anal, or oral intercourse, whether done with another human or an animal;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="70EDE498" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(c) touching, in an act of apparent sexual stimulation or sexual abuse, of the clothed or unclothed genitals, pubic area, or buttocks of another person or the clothed or unclothed breasts of a human female;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="1BCFDA25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(d) an act or condition that depicts bestiality, sado-masochistic abuse, meaning flagellation or torture by or upon a person who is nude or clad in undergarments or in a costume which reveals the pubic hair, anus, vulva, genitals, or female breast nipples, or the condition of being fettered, bound, or otherwise physically restrained on the part of the one so clothed;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0C015224" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) excretory functions;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="787385AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) the insertion of any part of a person's body, other than the male sexual organ, or of any object into another person's anus or vagina, except when done as part of a recognized medical procedure.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="2E955622" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Sexually explicit nudity" means the showing of:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7489C276" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) uncovered, or less than opaquely covered human genitals, pubic area, or buttocks, or the nipple or any portion of the areola of the human female breast; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5F974B56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) covered human male genitals in a discernibly turgid state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5E485FC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Identifiable minor":</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="29E1B3F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) means a person who:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="46B440C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) was a minor at the time the image was created, adapted, or modified, or whose image as a minor was used in the creating, adapting, or modifying of the image; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="108A9136" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) is recognizable as an actual person by the person's face, likeness, or other distinguishing characteristic, such as a unique birthmark, or other recognizable feature;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0AAAB8C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) shall not be construed to require proof of the actual identity of the identifiable minor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="1EF82C31" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) "Morphed image" means any visual depiction or representation, including any photograph, film, video, picture, or computer or computer-generated image or picture, whether made or produced by electronic, mechanical, or other means, of sexually explicit conduct, where such visual depiction or representation has been created, adapted, or modified to appear that an identifiable minor is engaging in sexual conduct or sexually explicit activity or appearing in a state of sexually explicit nudity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5DCB686C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5AAACFE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 168 § 3; 1991 Act No. 73, § 2; 1994 Act No. 421, § 2; 2001 Act No. 81, § 10; 2025 Act No. 58 (S.29), § 1, eff May 22, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="226D9F9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="4CE129DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025 Act No. 58, § 1, in the first undesignated paragraph, inserted "Section 16-15-412, morphed image of an identifiable minor; arrest warrant;" preceding "Section 16-15-415"; in (2), inserted "computer-generated images or pictures," following "electronic files,"; and added (7).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0D7EE6A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="612CADDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-385. Disseminating harmful material to minors and exhibiting harmful performance to minor defined; defenses; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="010E5D3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A person commits the offense of disseminating harmful material to minors if, knowing the character or content of the material, he:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="57E90D41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) sells, furnishes, presents, or distributes to a minor material that is harmful to minors; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="6C54359C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) allows a minor to review or peruse material that is harmful to minors.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="3091E4F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person does not commit an offense under this subsection when he employs a minor to work in a theater if the minor's parent or guardian consents to the employment and if the minor is not allowed in the viewing area when material harmful to minors is shown.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="487EE1F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person commits the offense of exhibiting a harmful performance to a minor if, with or without consideration and knowing the character or content of the performance, he allows a minor to view a live performance which is harmful to minors.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="4E863CA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Except as provided in item (3) of this subsection, mistake of age is not a defense to a prosecution under this section. It is an affirmative defense under this section that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="59AAAEA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the defendant was a parent or legal guardian of a minor, but this item does not apply when the parent or legal guardian exhibits or disseminates the harmful material for the sexual gratification of the parent, guardian, or minor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="6F948256" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the defendant was a school, church, museum, public, school, college, or university library, government agency, medical clinic, or hospital carrying out its legitimate function, or an employee or agent of such an organization acting in that capacity and carrying out a legitimate duty of his employment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="333F73A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) before disseminating or exhibiting the harmful material or performance, the defendant requested and received a driver's license, student identification card, or other official governmental or educational identification card or paper indicating that the minor to whom the material or performance was disseminated or exhibited was at least eighteen years old, and the defendant reasonably believed the minor was at least eighteen years old.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="4CEC6E37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) A person who violates the provisions of this section is guilty of a felony and, upon conviction, must be imprisoned not more than ten years or fined not more than five thousand dollars, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="295462B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="4CEE1D5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 168 § 3; 1990 Act No. 358, §§ 1, 2; 1993 Act No. 184, § 34; 2004 Act No. 208, § 7, eff April 26, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4AE70C92" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5C08E4EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-387. Employment of person under eighteen to appear in public in state of sexually explicit nudity; mistake of age; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...22 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="55750AF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(A) It is unlawful for a person to employ a person under the age of eighteen years to appear in a state of sexually explicit nudity, as defined in Section 16-15-375(6), in a public place.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="423EA20A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Mistake of age is not a defense to a prosecution pursuant to this section. A person who violates the provisions of this section is guilty of a felony and, upon conviction, must be imprisoned not more than ten years or fined not more than five thousand dollars, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="426F4840" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="24BA787C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 421, § 1; 2004 Act No. 208, § 8, eff April 26, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0CBDB747" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7C131559" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-390. Possessing depictions of minors engaging in sexual activity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="106A4885" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) As used in this section:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="405E1E53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Obscene" has the same meaning as Section 16-15-305.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7E323991" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Visual depiction or representation" means and includes undeveloped film and videotape, and data stored on a computer disk or by electronic means that is capable of conversion into a visual image, and also includes any photograph, film, video, picture, digital image or picture, computer image or picture, or computer-generated image or picture, whether made or produced by electronic, mechanical, or other means.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="18396CFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Any person who knowingly produces, distributes, solicits, or possesses with intent to distribute, a visual depiction or representation that depicts a minor engaging in sexually explicit conduct, sexually explicit activity, or sexually explicit nudity, and is obscene, or attempts or conspires to do so, is guilty of a felony and, upon conviction, must be imprisoned no more than ten years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="362207A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Any person who knowingly possesses a visual depiction or representation that depicts a minor engaging in sexually explicit conduct, sexually explicit activity, or sexually explicit nudity, and is obscene, or attempts or conspires to do so is guilty of a felony and, upon conviction, must be imprisoned no more than ten years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="413086BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The offense is a misdemeanor to be heard by the family court if the person charged under this section is a minor, and the minor has no prior adjudication under this section or for any offense for which a person may be included in the sex offender registry. The family court may order behavioral health counseling from an appropriate agency or provider, as a condition of adjudicating a minor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="01A8F8A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) It is not a required element of any offense under this section that the minor depicted actually exists.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0124244C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F)(1) This section does not apply to an employee of a law enforcement agency, including the State Law Enforcement Division, a prosecuting agency, including the South Carolina Attorney General's Office or the South Carolina Department of Corrections, who, while acting within the employee's official capacity in the course of an investigation or criminal proceeding, is in possession of material that contains a visual representation of a minor engaging in sexual activity or appearing in a state of sexually ex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>plicit nudity when a reasonable person would infer the purpose is sexual stimulation. An employee's official capacity in the course of such investigation or criminal proceeding includes making materials available for inspection to the defendant's counsel in response to discovery requests.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="4875A7BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) This section does not apply to a provider of a telecommunications service or an information service, as those terms are defined in 47 U.S.C. Section 153, for content provided by another person.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="773D11CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) Any warrant for arrest for an alleged crime or offense under this section may only be issued upon:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="785E15E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a return of a "true bill" of an indictment by the state grand jury; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="42824183" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(2) a finding of probable cause following an investigation conducted by the Internet Crimes Against Children Task Force in conjunction with the Attorney General's Office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="55462341" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="52EBC1EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2025 Act No. 57 (S.28), § 1, eff May 22, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="1177936C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="1FF48C4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025 Act No. 57, §§ 4, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="2C81FB0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"SECTION 4. The State Department of Education, the South Carolina Law Enforcement Division, and the Attorney General's Office, as appropriate, shall develop and implement a policy to educate and notify students of the provision of this act. The State Department of Education must file a report as to the status of the adoption and implementation of the education policies under this act to the Governor, the President of the Senate, and the Speaker of the House of Representative, by July 1, 2026."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="614B53AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025 Act No. 57, § 5, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="06B3A94D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"SECTION 5. If any section, subsection, paragraph, subparagraph, sentence, clause, phrase, or word of this act is for any reason held to be unconstitutional or invalid, such holding shall not affect the constitutionality or validity of the remaining portions of this act, the General Assembly hereby declaring that it would have passed this act, and each and every section, subsection, paragraph, subparagraph, sentence, clause, phrase, and word thereof, irrespective of the fact that any one or more other secti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ons, subsections, paragraphs, subparagraphs, sentences, clauses, phrases, or words hereof may be declared to be unconstitutional, invalid, or otherwise ineffective".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7F098D01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="6EA2FDF0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-395. First degree sexual exploitation of a minor defined; presumptions; defenses; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="21E652FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(A) An individual commits the offense of first degree sexual exploitation of a minor if, knowing the character or content of the material or performance, he:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="645D712B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) uses, employs, induces, coerces, encourages, or facilitates a minor to engage in or assist others to engage in sexual activity or appear in a state of sexually explicit nudity when a reasonable person would infer the purpose is sexual stimulation for a live performance or for the purpose of producing material that contains a visual representation depicting this activity or a state of sexually explicit nudity when a reasonable person would infer the purpose is sexual stimulation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="3874D82D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) permits a minor under his custody or control to engage in sexual activity or appear in a state of sexually explicit nudity when a reasonable person would infer the purpose is sexual stimulation for a live performance or for the purpose of producing material that contains a visual representation depicting this activity or a state of sexually explicit nudity when a reasonable person would infer the purpose is sexual stimulation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="41DD807A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) transports or finances the transportation of a minor through or across this State with the intent that the minor engage in sexual activity or appear in a state of sexually explicit nudity when a reasonable person would infer the purpose is sexual stimulation for a live performance or for the purpose of producing material that contains a visual representation depicting this activity or a state of sexually explicit nudity when a reasonable person would infer the purpose is sexual stimulation; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="30DB98DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) records, photographs, films, develops, duplicates, produces, or creates a digital electronic file for sale or pecuniary gain material that contains a visual representation depicting a minor or a morphed image of an identifiable minor engaged in sexual activity or a state of sexually explicit nudity when a reasonable person would infer the purpose is sexual stimulation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="54D774D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) In a prosecution pursuant to this section, the trier of fact may infer that a participant in a sexual activity or a state of sexually explicit nudity depicted in material as a minor through its title, text, visual representations, or otherwise, is a minor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0DE7CB4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Mistake of age is not a defense to a prosecution pursuant to this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="48CB8C5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(D) A person who violates the provisions of this section is guilty of a felony and, upon conviction, must be imprisoned for not less than three years nor more than twenty years. No part of the minimum sentence of imprisonment may be suspended nor is the individual convicted eligible for parole until he has served the minimum term of imprisonment. Sentences imposed pursuant to this section must run consecutively with and commence at the expiration of another sentence being served by the person sentenced.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="1423EBE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The offense is a misdemeanor to be heard by the family court if the person charged under the provisions of subsection (A)(4) is a minor and the offense is the minor's first offense related to a morphed image of an identifiable minor. The family court may order behavioral health counseling from an appropriate agency or provider, as a condition of adjudicating a minor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="14899F39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7D48A728" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 168 § 3; 2001 Act No. 81, § 11; 2004 Act No. 208, § 9, eff April 26, 2004; 2014 Act No. 269 (H.3959), § 1, eff June 9, 2014; 2025 Act No. 58 (S.29), § 2, eff May 22, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0B2AB4F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5F04D500" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025 Act No. 58, § 2, in (A)(4), inserted "or a morphed image of an identifiable minor" preceding "engaged"; and added (E).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0E7362B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="10C01484" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-405. Second degree sexual exploitation of a minor defined; presumptions; defenses; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="47287DF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An individual commits the offense of second degree sexual exploitation of a minor if, knowing the character or content of the material, he:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="084C2E54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) records, photographs, films, develops, duplicates, produces, or creates digital electronic file material that contains a visual representation of a minor or a morphed image of an identifiable minor engaged in sexual activity or appearing in a state of sexually explicit nudity when a reasonable person would infer the purpose is sexual stimulation; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="654BBAF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) distributes, transports, exhibits, receives, sells, purchases, exchanges, or solicits material that contains a visual representation of a minor or a morphed image of an identifiable minor engaged in sexual activity or appearing in a state of sexually explicit nudity when a reasonable person would infer the purpose is sexual stimulation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="56617A43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) In a prosecution pursuant to this section, the trier of fact may infer that a participant in sexual activity or a state of sexually explicit nudity depicted in material as a minor through its title, text, visual representations, or otherwise, is a minor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="4174972F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Mistake of age is not a defense to a prosecution pursuant to this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="12FD626F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) A person who violates the provisions of this section is guilty of a felony and, upon conviction, must be imprisoned not less than two years nor more than ten years. No part of the minimum sentence may be suspended nor is the individual convicted eligible for parole until he has served the minimum sentence.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="531974E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The offense is a misdemeanor to be heard by the family court if the person charged under the provisions of subsection (A) is a minor and the offense is the minor's first charge related to a morphed image of an identifiable minor. The family court may order behavioral health counseling from an appropriate agency or provider, as a condition of adjudicating a minor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0BE542EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="189BD91A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 168 § 3; 1993 Act No. 184, § 182; 2001 Act No. 81, § 12; 2004 Act No. 208, § 10, eff April 26, 2004; 2014 Act No. 269 (H.3959), § 2, eff June 9, 2014; 2025 Act No. 58 (S.29), § 3, eff May 22, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="63CA0E18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="2EF1A03A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025 Act No. 58, § 3, in (A)(1) and (A)(2), inserted "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or a morphed image of an identifiable minor" preceding "engaged"; and added (E).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="796AAE4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0A42361D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-410. Third degree sexual exploitation of a minor defined; penalties; exception.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="42007DAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An individual commits the offense of third degree sexual exploitation of a minor if, knowing the character or content of the material, he possesses material that contains a visual representation of a minor or a morphed image of an identifiable minor engaging in sexual activity or appearing in a state of sexually explicit nudity when a reasonable person would infer the purpose is sexual stimulation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="520562E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) In a prosecution pursuant to this section, the trier of fact may infer that a participant in sexual activity or a state of sexually explicit nudity depicted as a minor through its title, text, visual representation, or otherwise, is a minor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="6ACB8AFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A person who violates the provisions of this section is guilty of a felony and, upon conviction, must be imprisoned not more than ten years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="6F691240" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) This section does not apply to an employee of a law enforcement agency, including the State Law Enforcement Division, a prosecuting agency, including the South Carolina Attorney General's Office, or the South Carolina Department of Corrections who, while acting within the employee's official capacity in the course of an investigation or criminal proceeding, is in possession of material that contains a visual representation of a minor engaging in sexual activity or appearing in a state of sexually expli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>cit nudity when a reasonable person would infer the purpose is sexual stimulation. The employee's official capacity in the course of such investigation or criminal proceeding includes making material available for inspection to the defendant's counsel in response to discovery requests.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="630D4F10" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The offense is a misdemeanor to be heard by the family court if the person charged under the provisions of subsection (A) is a minor and the offense is the minor's first charge related to a morphed image of an identifiable minor. The family court may order behavioral health counseling from an appropriate agency or provider, as a condition of adjudicating a minor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0E7B0301" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="30407873" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 73, § 1, eff May 22, 1991; 2004 Act No. 208, § 11, eff April 26, 2004; 2008 Act No. 226, § 1, eff May 14, 2008; 2014 Act No. 269 (H.3959), § 3, eff June 9, 2014; 2025 Act No. 58 (S.29), § 4, eff May 22, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7794CE96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="4536963D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025 Act No. 58, § 4, in (A), inserted "or a morphed image of an identifiable minor" preceding "engaged"; added the last sentence in (D); and added (E).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="26B68AE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="682C0718" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-412. Crimes or offenses concerning images or exploitation of minors; arrest warrants.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="337E0E83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any warrant for arrest for an alleged crime or offense that concerns a morphed image or an identifiable minor under Section 16-15-395, first degree sexual exploitation of a minor; Section 16-15-405, second degree sexual exploitation of a minor; or, Section 16-15-410, third degree sexual exploitation of a minor may only be issued upon:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="125D5564" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a return of a "true bill" of an indictment by the state grand jury, or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="0D9BADC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(2) a finding of probable cause following an investigation conducted by the Internet Crimes Against Children Task Force in conjunction with the Attorney General's Office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1AD8AC78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5EC3EDEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2025 Act No. 58 (S.29), § 5, eff May 22, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2EF1C938" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="59EDC012" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-415. Promoting prostitution of a minor defined; defenses; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="77C5064D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An individual commits the offense of promoting prostitution of a minor if he knowingly:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="1A4CA47A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) entices, forces, encourages, or otherwise facilitates a minor to participate in prostitution; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="45A5C23E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) supervises, supports, advises, or promotes the prostitution of or by a minor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="44F99153" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Mistake of age is not a defense to a prosecution under this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="2CF8A354" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) An individual who violates the provisions of this section is guilty of a felony and, upon conviction, must be imprisoned for not less than three years nor more than twenty years. No part of the minimum sentence may be suspended nor is the individual convicted eligible for parole until he has served the minimum sentence. Sentences imposed pursuant to this section must run consecutively with and must commence at the expiration of another sentence being served by the individual sentenced.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0155D9C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7B5D2083" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 168 § 3; 2004 Act No. 208, § 12, eff April 26, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="35230B11" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="180A5F4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-425. Participating in prostitution of a minor defined; defenses; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5DADF996" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An individual commits the offense of participating in the prostitution of a minor if he is not a minor and he patronizes a minor prostitute. As used in this section, "patronizing a minor prostitute" means:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="1C347C0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) soliciting or requesting a minor to participate in prostitution;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="2B914403" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) paying or agreeing to pay a minor, either directly or through the minor's agent, to participate in prostitution; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="1BC9D7FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) paying a minor, or the minor's agent, for having participated in prostitution, pursuant to a prior agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="21F184FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Mistake of age is not a defense to a prosecution under this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="01D2B8B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(C) A person who violates the provisions of this section is guilty of a felony and, upon conviction, must be imprisoned not less than two years nor more than five years. No part of the minimum sentence may be suspended nor is the individual convicted eligible for parole until he has served the minimum term. Sentences imposed pursuant to this section shall run consecutively with and shall commence at the expiration of any other sentence being served by the individual sentenced.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="13E46B26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="28FFAE96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 168 § 3; 1993 Act No. 184, § 183.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="783140F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5A31ACEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-430. Sexual extortion; aggravated sexual extortion.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="17879FE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) As used in this section:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="121E30FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Adult" means a person eighteen years or older.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="00910F6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Minor" means any person under eighteen years of age at the time of the alleged offense.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="6492C513" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Great bodily injury" means bodily injury which causes a substantial risk of death or which causes serious, permanent disfigurement or protracted loss or impairment of the function of a bodily member or organ.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="6155E0AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Private image" means an image depicting sexually explicit nudity or sexual activity, as defined in Section 16-15-375, or sexual conduct, as defined in Section 16-15-305.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5517EF8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Image" means a photograph, film, videotape, recording, live transmission, digital or computer-generated visual depiction, or any other reproduction made by electronic, mechanical, or other means.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7598C4C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Disclose" means exhibit, transfer, publicize, distribute, or reproduce.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7ECFB31D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Vulnerable adult" has the same meaning as in Section 43-35-10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="072C7757" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person commits the offense of felony sexual extortion if the actor intentionally and maliciously threatens to release, exhibit, or distribute a private image of another in order to compel or attempt to compel the victim to do any act or refrain from doing any act against his will, with the intent to obtain additional private images or anything else of value. Except as provided in subsections (C) and (D), a person convicted of felony sexual extortion must be imprisoned:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="521BAD55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) not more than five years for a first offense;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="2EBA406A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) not more than ten years for a second offense; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7F224009" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) not more than twenty years for a third or subsequent offense.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="76A12217" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(C)(1) A person commits the offense of aggravated felony sexual extortion if the actor intentionally and maliciously threatens to release, exhibit, or distribute a private image of another in order to compel or attempt to compel the victim to do any act or refrain from doing any act against his will, with the intent to obtain additional private images or anything else of value and either:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="5968952D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the victim is a minor or a vulnerable adult and the person convicted of sexual extortion is an adult; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="6A28EDFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the victim suffers great bodily injury or death and the finder of fact finds beyond a reasonable doubt that the sexual extortion of the victim was the proximate cause of the great bodily injury or death.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="514FBDE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) A person convicted of aggravated felony sexual extortion must be imprisoned not more than twenty years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7D735C5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) If the person convicted is a minor, then the person is guilty of misdemeanor sexual extortion and must be sentenced by the family court. The court may order as a condition of sentencing behavioral health counseling from an appropriate agency or provider.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4CD6375B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="3E1D6B37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2023 Act No. 54 (H.3583), § 2, eff May 18, 2023.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="168EE99B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="2B885649" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2023 Act No. 54, §§ 1 and 3, provide as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="1235E0B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"SECTION 1. This act may be cited as 'Gavin's Law'."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7EF99103" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"SECTION 3. Local school districts shall collaborate with the State Department of Education, the South Carolina Law Enforcement Division, and the Attorney General's office, as appropriate, to implement a policy to educate and notify students of the provisions of this act which includes adequate notice to students, parents or guardians, the public, and school personnel of the change in law. The State Department of Education must file a report as to the status of the adoption and implementation of the educati</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on policies under this act to the Governor, the President of the Senate, and the Speaker of the House of Representatives, annually by July first of each year."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="597F32BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="4E9E94A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-435. Circuit solicitor to request search and arrest warrants for violations of Sections 16-15-305 through 16-15-325; hearing on obscenity issue.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7F76110C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A search warrant or arrest warrant for a violation of Sections 16-15-305, 16-15-315, or 16-15-325 may be issued only upon request of a circuit solicitor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="2B46C583" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Following seizure of allegedly obscene property pursuant to a warrant requested by a solicitor, and issued by a neutral and detached magistrate based on supporting affidavits, any interested party may request and the court having appropriate jurisdiction must promptly conduct an adversarial hearing for the purpose of obtaining a judicial determination, based on a preponderance of the evidence, of the obscenity issue.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5B485333" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="42550A51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 168 § 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="735D6D61" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="21B74F92" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 16-15-445. Seizure and forfeiture of equipment used in committing violation; hearing; disposition of forfeited property; allocation of sale proceeds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="3644DFF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) All equipment used directly by a person in committing a violation of Sections 16-15-305, 16-15-342, 16-15-395, 16-15-405, or 16-15-410, including necessary software, may be seized by the law enforcement agency making the arrest and ordered forfeited by the court in which the conviction was obtained.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="6E6DAE99" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Prior to entering a forfeiture order, the court must conduct a hearing to determine ownership and the rights of innocent third parties with respect to the property, and notice of the hearing must be given to all interested parties. The court must incorporate into its forfeiture order provisions necessary to protect the interests of innocent third parties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="7DCD018A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(C) Subject to the limitations of subsection (B), property forfeited pursuant to court order must be destroyed by the arresting law enforcement agency, unless that law enforcement agency can show good cause for retaining the property. Ownership of property so retained vests in the arresting law enforcement agency which may use the property in the performance of its duties, destroy it, or sell it at public auction. Retained property may be sold at public auction after giving notice, in a newspaper of genera</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l circulation in the county, of the date, time, and place of the auction and a description of the property to be auctioned. After payment of the expenses of the auction, one-half of the net proceeds may be retained by the arresting law enforcement agency, and one-half must be remitted to the State Treasurer for deposit to the credit of the Office of the Attorney General, South Carolina Crime Victim Services Division, Department of Crime Victim Compensation, Victim Compensation Fund.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="26E05203" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="4F6460BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 168 § 3; 2004 Act No. 208, § 13, eff April 26, 2004; 2017 Act No. 96 (S.289), § 9, eff July 1, 2017.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="601D50EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001F482B" w:rsidRDefault="001F482B" w14:paraId="79620A2B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2017 Act No. 96, Pt. II, § 9, in (C), substituted "Office of the Attorney General, South Carolina Crime Victim Services Division, Department of Crime Victim Compensation, Victim Compensation Fund" for "Victim's Compensation Fund".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -9083,51 +8929,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -9564,66 +9410,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>