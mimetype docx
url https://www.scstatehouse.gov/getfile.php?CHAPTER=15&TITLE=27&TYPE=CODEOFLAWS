--- v0 (2025-10-03)
+++ v1 (2025-11-23)
@@ -1,618 +1,603 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3e57f99094af48ac" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e8d580c825844537a6120cc6ab9dcbfe.psmdcp" Id="R9297fbbcb0fe48ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R46e510c1f4a244a7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/382fde6a47d24defa0ebbd10c1578320.psmdcp" Id="R9750fc8be0364fd8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00270A17" w:rsidRDefault="00270A17" w14:paraId="7EF837E2" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4C93BA81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3DBF0FBA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Catawba Indian Lands</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4153E120" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="46536BCA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-15-10. Leases; term limitations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="10E42D58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It shall be lawful for the Catawba Indians to grant and make to any person any lease or leases, for life or lives or term of years, of any of the lands vested in them by the laws of this State; provided, that no lease shall exceed the term of ninety-nine years or three lives in being.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="51678E7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="15818634" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 57-151; 1952 Code § 57-151; 1942 Code § 8689; 1932 Code § 8689; Civ. C. '22 § 5211; Civ. C. '12 § 3448; Civ. C. '02 § 2362; G. S. 1770; R. S. 1881; 1808 (5) 576.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3E066942" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="575CB2DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-15-20. Formal requisites of lease.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5438D9E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No lease of the lands of the Catawba Indians, whether for life or lives or term of years, shall be held or deemed as valid and good in law unless it be signed and sealed by at least four of the head men or chiefs of the Catawba Indians.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="667AE7AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7D417CA9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 57-152; 1952 Code § 57-152; 1942 Code § 8690; 1932 Code § 8690; Civ. C. '22 § 5212; Civ. C. '12 § 3449; Civ. C. '02 § 2363; G. S. 1771; R. S. 1882; 1808 (5) 576; 1854 (12) 324.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3D91AE58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="64903807" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-15-30. Certain rights vested in lessees of Catawba Indians.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="75F13D6E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All the reversionary right, title and interest of this State in and to the Catawba Indian lands, situated in the counties of York and Lancaster, within a boundary of fifteen miles square and which are represented in the plat of survey made by Samuel Wiley, dated February 22, 1764 and now on file in the office of the Secretary of State, are hereby vested in the persons who may hold such lands as lessees of the Catawba Indians, their heirs and assigns, according to the location of their respective leases.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5E75643E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="797E55BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 57-153; 1952 Code § 57-153; 1942 Code § 8691; 1932 Code § 8691; Civ. C. '22 § 5213; Civ. C. '12 § 3450; Civ. C. '02 § 2364; G. S. 1772; R. S. 1883; 1838 (6) 602.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2C802380" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5182E72F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-15-40. Grants to lessees of leased Catawba Indian lands.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="19E8A4EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each lessee of the Catawba Indian lands who shall deposit with the Secretary of State his lease and also the receipt or receipts of the former tax collector of the county wherein such lands may be situated for such taxes as may have been paid thereon, as heretofore required by law, shall be entitled to locate and receive a grant from the State (in the manner provided by law for granting vacant lands) for the land held by him under lease, upon payment of the usual fees, and thenceforth hold the land so gran</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ted in the same right as any other lands granted by this State are held.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B7F2FB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7D56409B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 57-154; 1952 Code § 57-154; 1942 Code § 8692; 1932 Code § 8692; Civ. C. '22 § 5214; Civ. C. '12 § 3451; Civ. C. '02 § 2365; G. S. 1773; R. S. 1884; 1840 (11) 146.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7721C5DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="061E5643" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-15-50. Proceedings by lessee if lease be lost.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="76C90DC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">If any lessee of the Catawba Indian lands, being in possession, shall not have it in his power to deposit the lease under which he holds, as required by § 27-15-40, by reason of its loss or otherwise, such person shall file in the office of the Secretary of State a notice of his intention to apply for the issuing of a grant and shall publish such notice in one or more of the newspapers of the county in which such land is situated for at least three months before the time of such intended application. Such </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>notice shall set forth the cause of the inability of such person to produce such lease and shall be verified by the oath of the applicant. And such grant shall thereupon issue if the person applying be otherwise entitled thereto, provided, that if any other person shall, within five years from the issuing of such grant, produce a lease of the premises so granted, such grant shall thereupon become null and void.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="674A4C4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="075C35ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 57-155; 1952 Code § 57-155; 1942 Code § 8693; 1932 Code § 8693; Civ. C. '22 § 5215; Civ. C. '12 § 3452; Civ. C. '02 § 2366; G. S. 1774; R. S. 1885; 1857 (12) 611.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -623,51 +608,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1104,66 +1089,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>