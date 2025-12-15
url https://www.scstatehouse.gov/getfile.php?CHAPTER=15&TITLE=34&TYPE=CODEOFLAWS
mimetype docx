--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -1,624 +1,689 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R008d5355ac654faf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c2ba49a748c840e0bc9a8fa9c1bcec7e.psmdcp" Id="Ra1295dc8bac34f57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2ce383558d2b40db" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d4024e83a6345fda8ce583b86235fa2.psmdcp" Id="R9d15c661a25c4a7e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C363FA" w:rsidRDefault="00C363FA" w14:paraId="68A17655" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="1949B401" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="69F441E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Bank Acting as Fiduciary</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="1D4BC379" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="0CA2A1BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-15-10. General authority to act as fiduciary.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="357A3756" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Subject to the provisions of Section 62-3-203, a banking corporation or trust company with at least two hundred fifty thousand dollars total unimpaired capital may be appointed executor of a will, codicil, or writing testamentary, administrator with the will annexed, administrator of the estate of any person, receiver, assignee, guardian or trustee under a will or instrument creating a trust for the care and management of property, under the same circumstances, in the same manner, and subject to the same c</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ontrol by the court having jurisdiction of the appointment as a legally qualified person. An appointment as guardian applies to the estate and not to the person of the ward. The corporation is not required to receive or hold property or money or assume or execute a trust pursuant to this section without its assent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1964D92F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="275E5993" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 8-241; 1952 Code § 8-241; 1942 Code § 7838; 1932 Code § 7864; Civ. C. '22 § 3994; Civ. C. '12 § 2656; 1911 (27) 8; 1934 (38) 1245; 1972 (57) 2141; 1990 Act No. 521, Part II, § 101, eff June 5, 1990; 2005 Act No. 66, § 4, eff January 1, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="5092304C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="043A557B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1990 amendment added "Subject to the provisions of Sections 62-3-203 and 62-7-207," at the beginning of the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="424075A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2005 amendment, in the first sentence, substituted "Section 62-3-203, a" for "Sections 62-7-203 and 62-7-207, any" and made nonsubstantive changes throughout.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="16D1CB90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="06F45E26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-15-20. Fiduciary bonds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="1FEE7899" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Every such banking corporation appointed administrator, receiver, assignee, guardian or trustee, when fiduciary bonds are required of individual persons under like circumstances, shall be required to execute and file approved fiduciary bonds similar in every respect to the bonds required by law of private persons acting as such fiduciaries.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3612C2C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="4F41A0FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 8-242; 1952 Code § 8-242; 1942 Code §§ 7838, 7839; 1932 Code §§ 7864, 7865; Civ. C. '22 §§ 3994, 3995; Civ. C. '12 §§ 2656, 2657; 1903 (24) 70; 1911 (27) 8; 1934 (38) 1245.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7703D8E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="3E93250D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-15-30. Capital stock shall be held security for fiduciary obligations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="2E422277" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The capital stock of such corporation shall be held as security for the faithful performance of the duties undertaken by virtue of Section 34-15-10 or of any similar provision of law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="66E8BD5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="68452F58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 8-243; 1952 Code § 8-243; 1942 Code § 7839; 1932 Code § 7865; Civ. C. '22 § 3995; Civ. '12 § 2657; 1903 (24) 70.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="54DBD977" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="4C11D755" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-15-40. Papers may be executed by authorized officer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="1CB66EEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...41 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">In all proceedings in the probate court or elsewhere connected with any authority exercised under the provisions of Section 34-15-10 or under any similar provisions of law all accounts, returns and other papers may be signed and sworn to in behalf of the corporation by any officer thereof duly authorized by it. The answer and examination under oath of such officer shall be received as the answer and examination of the corporation. The court may order and compel an officer of such corporation to answer and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>attend the examination in the same manner as if he, instead of the corporation, were a party to the proceeding.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="405E0E78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="4FF97FAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 8-244; 1952 Code § 8-244; 1942 Code § 7840; 1932 Code § 7866; Civ. C. '22 § 3996; Civ. C. '12 § 2658; 1903 (24) 70.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="60616F62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="4DE0944B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-15-50. Liability when acting as trustee of partnership interest for minors.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="470C2160" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>Any banking corporation or trust company authorized under this chapter to act as a fiduciary which acts or is acting as trustee of a partnership interest for minor beneficiaries shall not be liable as a partner except to the extent of the assets in the trust, the provisions of Sections 33-41-350 to 33-41-390 to the contrary notwithstanding; provided, however, nothing in this section shall waive, limit or restrict the duty and liability otherwise of the bank as trustee of a partner's interest.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0919AF6E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="1152DBDC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 8-245; 1955 (49) 321.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -629,51 +694,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1110,66 +1175,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>