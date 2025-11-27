--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,2314 +1,2147 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R040d4a22be11489c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/326cf2dc50274ffda06db965800fb050.psmdcp" Id="R7df5a28392e34859" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbfb17f03d7394f0a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d9d656a6cae4aa4840c012a43763169.psmdcp" Id="Re0a421991f7d4fc8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A626C7" w:rsidRDefault="00A626C7" w14:paraId="4939DE94" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="483EC38C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="1D9C361F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Prizes and Gifts</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="397458E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="4BEEA36F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-15-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="29D725A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>This chapter may be cited as the Prizes and Gifts Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2955E2DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0BA8CADF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 483, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1FE3D80F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6D9AEB30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-15-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="2D38CA16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="06D6FD26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Anything of value", "item of value", or "item" means an item or service with monetary value.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0A1FA820" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Handling charge" means a charge, fee, or sum of money that is paid by a consumer to receive a prize, gift, or an item of value including, but not limited to, promotional fees, redemption fees, registration fees, or delivery costs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6878BB22" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Person" means an individual, corporation, trust, partnership, association, and any other legal entity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="56BE92B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="66687899" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 483, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7A343F4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="56B6A375" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-15-30. Restrictions on representation that a person has won a prize or contest.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3C887FB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) No person, in connection with the sale, lease, or solicitation for the sale or lease of goods, property, or service, may represent that another person has won anything of value or is the winner of a contest, unless these conditions are met:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0647523C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) The recipient of the prize, gift, or item of value must be given the prize, gift, or item of value without monetary obligation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="1E63EE3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The prize, gift, or item of value must be delivered to the recipient at no expense to the recipient within ten days of the representation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="02EC0979" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) The use of language that may lead a reasonable person to believe that the person has won a contest or anything of value including, but not limited to, "Congratulations", or "You have won", or "You are the winner of", is considered a representation of the type governed by this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="2E113633" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) This section does not apply to a promotion or contest meeting the requirements or one of the stated exceptions to applicability set forth in Section 37-15-40.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="70C7B965" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="4A340F5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 483, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="63682B24" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="11250BC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-15-40. Form and content of disclosures required as prerequisites to representation that person has chance to win something; exceptions; publisher of violative material not liable.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="24284A5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) No person, in connection with the sale, lease, or solicitation for sale or lease of goods, property, or service, may represent that another person has a chance to win or to receive a prize, gift, or item of value without clearly and conspicuously disclosing on whose behalf the contest or promotion is conducted and all material conditions that a participant must satisfy. In an oral solicitation all material conditions must be disclosed before requesting the consumer to enter into the sale or lease. In w</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ritten material, immediately adjacent to the first identification of the prize, gift, or item of value to which it relates; or in a separate section entitled "Award Rules" with the title printed in no less than ten-point bold face type and the section containing a description of the prize, gift, or item of value; and these disclosures must be stated:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="548F5FD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the actual retail value of each item or prize, which for purposes of this section are:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="1F51DC60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) the price at which substantial sales of the item were made in the area in which the offer was received within the last one hundred and eighty days; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3728DBFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) the actual cost of the item of value, gift, or prize to the person on whose behalf the contest or promotion is conducted plus no more than seven hundred percent, but in no case may the cost exceed the person's good faith estimate of the appraised retail value;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="312C82EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the actual number of each item, gift, or prize to be awarded;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3B7C9784" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) the odds of receiving an item, gift, or prize; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6BF3C3BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) a limitation on eligibility of participation in the contest or promotion.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3CB83609" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) All disclosures required by this chapter to be in writing must comply with the following:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="34C6B3AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) all dollar values must be stated in Arabic numerals and be preceded by a dollar sign.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3BD74158" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the number of each item, gift, or prize to be awarded and the odds of receiving an item, gift, or prize must be stated in Arabic numerals and must be written in a manner that is clear and understandable.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="2A9E206A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(C) It is unlawful to notify a person that the person will receive a gift, prize, or item of value that has as a condition of receiving the gift, prize, or item of value the requirement that the person pay for or purchase, lease, or rent any goods or services, unless the nature of the charges to be incurred including, but not limited to, a shipping charge or handling charge, have been clearly and conspicuously disclosed. The disclosure must be given:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="1E95E977" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) on the face of written materials; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="67BB3668" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(2) before requesting or inviting the person to enter into the sale or lease in an oral notification.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6E0B1B47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) This section does not apply if:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="23FFA5AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a participant is asked only to complete and mail, or deposit at a local retail commercial establishment, an entry blank obtainable locally or by mail, or to call in the entry by telephone; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="33C1DF69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a participant at no time is required to listen to a sales presentation in order to receive the prize or gift or at no time is required to pay for any merchandise, service, or item of value other than as disclosed in the Award Rules.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="4C82D6F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) Nothing in this section creates liability for an act by the publisher, owner, agent, or employee of a newspaper, periodical, radio station, television station, cable-television system, or other advertising medium arising out of the publication or dissemination of an advertisement or promotion governed by this section, when the publisher, owner, agent, or employee did not know that the advertisement or promotion violated this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="54572CBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="71CE061E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 483, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="36F49CF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="59EDC6AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-15-50. Restriction of representation that person has been specially selected.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5A6E3A69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) No person may represent that another person has been specially selected in connection with the sale, lease, or solicitation for sale or lease of goods, property, or service, unless the selection process is designed to reach particular persons.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="335A65EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The use of any language that may lead a reasonable person to believe that the person has been specially selected including, but not limited to, "Carefully selected", or "You have been selected to receive", or "You have been chosen", is considered a representation of the type governed by this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="53A77817" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="52728A5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 483, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0FCF4180" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3B5A6F38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-15-60. Use of simulated checks or invoices restricted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="29A7B3F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In connection with a consumer transaction, no person may issue any writing that simulates or resembles:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="4807F854" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a check, unless the writing clearly and conspicuously discloses its true value and purpose, and the writing would not mislead a reasonable person; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5D6412AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) an invoice, unless the intended recipient of the invoice has contracted for goods, property, or services for which the issuer seeks proper payment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7A13916B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="59DA5AE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 483, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="72317A09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6F467CB2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-15-70. Payment of excessive shipping or handling charges as precondition of receipt of gift or prize prohibited.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="23C50AD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) It is unlawful to notify a person that the person will receive a gift, prize, or item of value and that as a condition of receiving the gift, prize, or item of value the person will be required to pay for or purchase or lease, including rent, any goods or services, if:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0DB0C93B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the shipping charges exceed:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6791D984" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the cost of postage or the charge of a delivery service, in the business of delivering goods of like size, weight, and kind, for shipping the gift, prize, or item of value from the geographic area in which the gift, prize, or item of value is being distributed; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3D6E57A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the exact amount for shipping the gift, prize, or item of value paid to an independent fulfillment house or an independent supplier, either of which is in the business of shipping goods for shippers other than the offeror of the gift, prize, or item of value; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0D89F5D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the handling charge exceeds the lesser of five dollars or the actual cost of handling.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5AA5B2FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) This section applies to all offers of prizes, gifts, or items of value covered by this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2BD79596" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="4885F63F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 483, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="18018788" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="7324F4B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-15-80. Civil actions to enforce chapter; costs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="652C6986" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A consumer who suffers loss by reason of a violation of this chapter may bring a civil action to enforce the provisions and, if successful in the action, shall recover reasonable attorney's fees and court costs incurred by bringing the action.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5DCCDF2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0C37CD75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 483, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5764F632" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="23BC962F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-15-90. Violation of this chapter is unfair trade practice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="50F774DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>A violation of this chapter constitutes a prohibited practice under the provisions of the Unfair Trade Practices Act and is subject to any of the enforcement provisions of that act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E421802" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3C3A04CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 483, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="755AC331" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="04F86FFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-15-100. Procedures exempted from application of sections 37-15-40 through 37-15-70.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5563D6BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sections 37-15-40 through 37-15-70 do not apply to the sale, purchase, or solicitation or representation in connection therewith of goods from a catalog or of books, recordings, videocassettes, periodicals, and similar goods through a membership group or club that is regulated by the Federal Trade Commission concerning the use of negative option plans by sellers in commerce or through a contractual plan or arrangement, such as a continuity plan, subscription arrangement, or a single sale or purchase series </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>arrangement, under which the seller ships goods to a consumer who has consented in advance to receive the goods, and after examination of the goods, the recipient of the goods is given the opportunity to receive a full refund of charges for the goods or a proportionate refund for an unused portion of the goods, upon return of the goods or the unused portion, undamaged.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0753B0D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="204B6C29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 483, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -2319,51 +2152,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2800,66 +2633,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>