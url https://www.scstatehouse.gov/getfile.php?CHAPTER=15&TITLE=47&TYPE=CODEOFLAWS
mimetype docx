--- v0 (2025-10-09)
+++ v1 (2026-01-19)
@@ -1,1040 +1,984 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra03527cc5e044929" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8ed7ecc5022e46dd8b50f00242d99f70.psmdcp" Id="Rfa60849f62364e88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R647cb07a921440de" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6f70ef495394064ba680673555f2ca3.psmdcp" Id="R3f6a0a2feec64d45" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00575413" w:rsidRDefault="00575413" w14:paraId="396C986F" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="70B81AA0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="267DD158" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Feeding of Garbage to Swine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="779E90B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="2EF8AD15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-15-10. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="04A8D2F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="31503E78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">(a) "Garbage" </w:t>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>(a) "Garbage" means any animal wastes resulting from handling, preparation, cooking, or consumption of foods, including animal carcasses, parts of animal carcasses, or contents of offal. Unpasteurized milk and unpasteurized milk products are animal waste.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="0B150137" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) "Person" means the State, any municipality, political subdivision, institution, public or private corporation, individual, partnership, or any other entity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="4D259359" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) "Garbage dump" means a place or area where ordinary household garbage is disposed of from two or more families.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="26AA2F91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="0B097E41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 6-521; 1970 (56) 2562; 2000 Act No. 290, § 6, eff May 19, 2000.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4A182702" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="641FC0DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-15-20. Unlawful to feed garbage to swine.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="26F0BE78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It shall be unlawful for any person to feed garbage to swine.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="48485CB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="73DB9249" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 6-522; 1970 (56) 2562.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="05A8668B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="1BF8B61F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-15-30. Unlawful to sell hogs consuming garbage; unlawful to permit hogs on garbage dumps.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="074C966F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) It shall be unlawful for anyone to sell or offer for sale hogs which have consumed any garbage within a period of thirty days prior to date of sale.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="7DC992B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) It shall be unlawful for any person to permit hogs on any garbage dump.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="104626E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="18F05873" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 6-526; 1970 (56) 2562.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0ADC6B1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="4B1A3237" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-15-40. Notification required from certain persons disposing of garbage.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="1CADC98F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any person who sells, gives away or otherwise disposes of garbage to any person, except those persons whose garbage is collected by municipalities or persons who have a permit to collect garbage or to those who sell, give away or otherwise dispose of their ordinary household garbage, shall notify the State Livestock-Poultry Health Commission, giving the name and address of the person who obtained the garbage.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0B0230F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="15BC80C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 6-523; 1970 (56) 2562; 1994 Act No. 362, § 31, eff May 3, 1994.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="490658DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="0A91BA30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-15-50. Inspection of premises where swine are kept.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="33E86C12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any authorized representative of the State Livestock-Poultry Health Commission is authorized to enter at reasonable times upon any private or public property where swine are kept for the purpose of inspecting and investigating conditions relating to the feeding of garbage to swine.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="171A1280" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="256A3CD3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 6-524; 1970 (56) 2562; 1994 Act No. 362, § 31, eff May 3, 1994.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="497A7F1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="718DB350" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-15-60. Exemptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="6A2181A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter shall not apply to any person who feeds his own household garbage to swine, except that no person shall sell or offer for sale any hogs which have consumed any garbage within thirty days of sale.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="281FA7B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="1F84C975" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 6-528; 1970 (56) 2562.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="05035B33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="0C36C9D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-15-70. Administration and enforcement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="01560AD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The State Livestock-Poultry Health Commission is charged with administration and enforcement of this chapter in accordance with the terms of this chapter and Chapter 4 of Title 47.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2501E183" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="495D854E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 6-525; 1970 (56) 2562; 1994 Act No. 362, § 22, eff May 3, 1994.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="097668AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="295D8077" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-15-80. Penalties; injunctions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="6917AF50" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person who violates this chapter or regulations promulgated under it is guilty of a misdemeanor and, upon conviction, must be punished in accordance with Section 47-4-130. The person may be enjoined from continuing the violation. Each day on which a violation occurs constitutes a separate violation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="69C69CA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="4738DB5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 6-527; 1970 (56) 2562; 1994 Act No. 362, § 23, eff May 3, 1994.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1045,51 +989,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1526,66 +1470,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>