--- v0 (2025-10-08)
+++ v1 (2025-11-27)
@@ -1,511 +1,480 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd610b3c1246a4bc2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/135f11fb2aa24df6854c987110eed1e4.psmdcp" Id="R70e825bda2ee473f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf7b895fd7b4f4fb4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f4b720c8ba194576991dffa931db0af1.psmdcp" Id="R08a50d5031b94cb4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B5B59" w:rsidRDefault="009B5B59" w14:paraId="6D5295CF" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="332ED2D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="330A66DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Provisions Affecting Ferries Only</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="35D495CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="4CC210FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 57-15-10. Establishment and operation of ferries and terminals by Department of Transportation and counties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="23A65BF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The Department of Transportation may provide for the establishment, operation, maintenance, and supervision of public ferries connecting parts of the state highway system.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="301DB721" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The governing body of a county may provide for the establishment, operation, maintenance, and supervision of public ferries connecting parts of public roads located within the county that are not under the control of the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="059CABE2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Where the boundary line between adjoining counties runs though a river or other body of water, the governing bodies of the counties may enter into an agreement providing for the establishment, operation, maintenance, and supervision of public ferries connecting state roads in the counties that are not under control of the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="13FDCF7C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The department, or a county governing body, may acquire, own, lease, charter, or otherwise control all vessels, boats, terminals, or other facilities required for the proper operation of ferries established and operated pursuant to this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="09508595" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="29F7711D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 33-702; 1952 Code § 33-702; 1942 Code § 6046; 1932 Code § 6046; Civ. C. '22 § 3115; Civ. C. '12 § 2161; Civ. C. '02 § 1431; 1899 (23) 85; 2008 Act No. 250, § 1, eff June 4, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="057DCDF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="37680046" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 57-15-20. Agreements with private entities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="3F429E81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The department and county governing bodies may enter into agreements with private entities to finance, acquire, construct, equip, maintain, or operate public ferries, in whole or in part, in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="576BFF39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="7F5959F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 33-703; 1952 Code § 33-703; 1942 Code § 6043; 1932 Code § 6043; Civ. C. '22 § 3112; Civ. C. '12 § 2158; Civ. C. '02 § 1428; G. S. 1120; R. S. 1238; 1899 (23) 85; 2008 Act No. 250, § 1, eff June 4, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D9E8FE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="0450774D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 57-15-30. Contributions to defray operational or maintenance expenses; immunity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="75F9487A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Contributions from private citizens or public or private entities may be made to defray the operational or maintenance expenses of a ferry operated or maintained pursuant to this chapter. Contributors are immune from civil or criminal liability for damages resulting from acts or omissions of the ferry operator.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7836ECE2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="3D5963E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 33-704; 1952 Code § 33-704; 1942 Code § 6044; 1932 Code § 6044; Civ. C. '22 § 3113; Civ. C. '12 § 2159; Civ. C. '02 § 1429; G. S. 1120; R. S. 1238; 1899 (23) 85; 2008 Act No. 250, § 1, eff June 4, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -516,51 +485,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -997,66 +966,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>