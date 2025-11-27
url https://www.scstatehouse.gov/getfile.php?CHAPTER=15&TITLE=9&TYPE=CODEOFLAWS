--- v0 (2025-10-09)
+++ v1 (2025-11-27)
@@ -1,307 +1,424 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1f4e37b40ace488e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8d9df06e6ac47619ccfaf75e26fe212.psmdcp" Id="R696aec61251f4515" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcd466e8f91054ad4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a940748ec0a94477ac93fa03d5bd76e8.psmdcp" Id="R1c98b8af1de44c6b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00322D1C" w:rsidRDefault="00322D1C" w14:paraId="60DF24EE" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="2FBF7E43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="13B6FEF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Annuity Contracts for Employees of Schools and Educational Institutions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="15742065" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="04D663C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="2B59A1DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="7757468E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="0271B2BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2008 Act No. 311, § 55, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="5731C6D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="56877E3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Upon the effective date of this act, Regulations 19-900 through 19-997 of the South Carolina Code of Regulations shall have no application whatsoever to the operation of Title 9 of the 1976 Code."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="023EFA93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4F212D41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="49DC6C87" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 9-15-10. School districts and state-supported institutions of higher learning authorized to purchase annuity contracts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="44C9A75E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The various school districts of this State and State-supported institutions of higher learning are authorized to enter into agreements to pay, at the request of their employees, a part of the incomes of such employees, not to exceed the exclusion allowance provided in Section 403(b)(2) of the Internal Revenue Code of the United States, for the purchase of annuity or other contracts which meet the requirements of Section 403(b) of the Internal Revenue Code.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3FB4A4E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="2C3E1913" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 61-441; 1972 (57) 2399.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C5F7878" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="5B65E8CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 9-15-20. Payments for annuity contracts considered income.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="356FA55C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The amounts so paid for any such contract shall be considered as payment of salary to such employee for purposes of the Teachers' Retirement System, State aid, Social Security, State income taxes and other State purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="326A382F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="5E669215" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 61-442; 1972 (57) 2399.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -312,51 +429,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -793,66 +910,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>