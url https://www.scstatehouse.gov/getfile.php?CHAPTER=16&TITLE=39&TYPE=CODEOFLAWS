--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -1,2310 +1,2296 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb304893bc6cf4c62" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2f35d536fb7348448e3f316d6ea1b5f4.psmdcp" Id="R51227edc40ff4697" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7d52e903bfe248eb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73bdd28087f14c4aa140e1009304b7ef.psmdcp" Id="R6ed4269fd2764fb1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00594038" w:rsidRDefault="00594038" w14:paraId="1583BDC2" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="40FE3879" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="44CF20E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Sale of Fine Prints; Disclosure Requirements</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="60A8EEE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="42C217B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-16-10. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="176E1E1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0FCC893B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) "Artist" means any person who conceived or created:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="32CD4081" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the master image for a fine print; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="467FCE2B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the master image which served as the model for a fine print.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...71 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0C5C2A3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(b) "Fine print" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means a printed image on paper or any other suitable substance which has been taken off a plate by printing, stamping, casting, or any other process commonly used in the graphic arts and includes engraving, etching, woodcut, lithograph, or serigraph.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0FE3B5DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) "Reproduction" means a copy of an original print made by a commercial mechanical process which does not require the use of a plate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5C94A347" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) "Art merchant" means a person who:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="63C89FBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) deals in fine prints to which this article is applicable; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1A5A1D5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) by his occupation holds himself out as having knowledge or skill peculiar to such works; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="062022F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) to whom such knowledge or skill may be attributed by his employment of an agent or other intermediary who by his occupation holds himself out as having such knowledge or skill; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="247588D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) is a professional auctioneer who holds himself out as having knowledge or skill peculiar to fine prints to which this article is applicable and who sells these works at public auctions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="46571E93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) "Person" means an individual, auctioneer, corporation, business trust, estate, trust, partnership, association, two or more persons having a joint or common interest, or any other legal or commercial entity that does not have the knowledge or skill of an art merchant as described in Section 39-16-10(d).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="69BAE979" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) "Plate" means a plate, stone, block, or other material used to create a fine print or from which a fine print is taken.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="263C4AFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) "Print" means a fine print.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3981F4C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) "Signed print" means a fine print autographed by the artist, whether it was signed or unsigned in the plate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="04E609B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1C37DD26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1986 Act No. 396, eff September 1, 1986; 1988 Act No. 506, §§ 1, 2, eff May 9, 1988.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0758033A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2BE4B2C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1988 amendment in item (d), subitem (4) added the language relating to holding himself out as having knowledge or skill, and in item (e) added "auctioneer".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="377ECA5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4F41206C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-16-20. Applicability of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2658A80C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter does not apply to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="084481E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) a fine print sold before January 1, 1987.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="16C4722C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) a fine print offered for sale or sold at retail or wholesale for:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="53EA67ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) one hundred dollars or less if unframed; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="79DE96B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) one hundred fifty dollars or less if framed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="66B8201A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(c) a migratory waterfowl stamp print issued under the auspices of the South Carolina Migratory Waterfowl Committee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1FD3CBCD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) a fine print for which proof exists that the print was printed no less than one hundred years prior to the date of sale.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="41E816C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="707EFF72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1986 Act No. 396, eff September 1, 1986; 1988 Act No. 506, § 4, eff May 9, 1988.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2907643E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="39F89DF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1988 amendment added item (d) relating to a fine print which is one hundred years old or older.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="365E33A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6C3D6C44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-16-30. General prohibitions; applicability to "reproductions".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="36107C61" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) An art merchant or person may not knowingly publish or distribute any catalog, prospectus, or circular which offers for sale a fine print unless it clearly and conspicuously discloses all information required by Section 39-16-40.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3319A0E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) An art merchant or person may not knowingly sell at retail or wholesale any fine print unless a written invoice, receipt for the purchase price, or certificate furnished to the purchaser clearly and conspicuously discloses all information required by Section 39-16-40.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="48DA691F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(c) If a print is described as a "reproduction", the information required by Section 39-16-40 is not required to be disclosed unless the print allegedly was published in a limited edition, an edition of numbered or signed prints, or any combination of them.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="165A291E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) An art merchant or person offering for auction a fine print to which this article is applicable at an auction where nonart property also is sold shall provide a written invoice disclosing all information required by Section 39-16-40.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="40D15851" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="797C3837" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1986 Act No. 396, eff September 1, 1986; 1988 Act No. 506, § 3, eff May 9, 1988.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="02DAFF96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="25ADB241" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1988 amendment added subsection (d).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1581A29A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="733558B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-16-40. Disclosure requirements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="095173E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) An art merchant or person who sells or offers to sell a fine print shall disclose the following information:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7B8ED6B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the year the plate was created.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="58E1AE1C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the year when printed and the name of the artist.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6B59692C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the process used to create the print.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3B8CE438" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) whether the print is a part of a limited edition, and if it is:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3B058C1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(i) the authorized maximum number of numbered or signed prints, or both, in the edition.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="06485857" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) the authorized maximum number of unnumbered or unsigned prints, or both, in the edition.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3157E195" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iii) any authorized maximum number of artist's, publisher's, printer's, or other proofs, exclusive of trial proofs, outside the regular edition.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="18E9924D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iv) the total size of the edition.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="33813B28" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(5) whether the plate has been destroyed, effaced, altered, defaced, or cancelled after the current edition.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3C5F129E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) if there were any prior plates of the same master image, the total number of plates and a designation of the plate from which the print was taken.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="30059151" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) if there were any prior or later editions from the same plate, the series number of the edition of which the print is a part, and the aggregate size of all other editions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="623A9A0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) if the print was reproduced as a book illustration, or in a magazine article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="27113F20" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) whether the edition is a posthumous edition or restrike and, if it is, whether the plate has been reworked.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="494A8B38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) the name of any workshop where the edition was printed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0700CF89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) whether the print has been printed on acid free paper.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="38BB1DA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) if the art merchant lacks knowledge as to any information required to be disclosed by this section, he shall disclaim that knowledge specifically with regard to each of these items of information so that the purchaser is able to judge the degree of uniqueness or scarcity of each print.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0BD53FE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) if the person lacks knowledge as to any information required to be disclosed by this section, he shall disclaim that knowledge specifically with regard to the overall authenticity of each print.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5815AEF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4EBA77EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1986 Act No. 396, eff September 1, 1986.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="024AC511" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="63C99818" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-16-50. Penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="580E420B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(a) An art merchant or person who sells a fine print in violation of this chapter is liable to the purchaser, on tender by the purchaser of the print, for its purchase price, with interest, at the legal rate, from the date of payment of the purchase price.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5410B48E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) An art merchant or person who sells a fine print in wilful violation of this chapter is liable to the purchaser, on tender by the purchaser of the print, for an amount equal to three times the sum of the purchase price and interest, at the legal rate, from the date of payment of the purchase price.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="522E4A71" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1873F102" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1986 Act No. 396, eff September 1, 1986.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -2315,51 +2301,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2796,66 +2782,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>