--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,604 +1,593 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5c2227ea66994e2a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/70c4ea13be954b0d9c9f0afe86f937b4.psmdcp" Id="R441ef87baf0b41dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4af1174c8c334d53" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/39fac9d1775f4ec991e7ef437d1e008c.psmdcp" Id="R0fa4c39554484274" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A33886" w:rsidRDefault="00A33886" w14:paraId="7B5E44A2" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="2B353A7F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="0CE20B23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>South Carolina Military Museum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="73BE254B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="7BA6E5BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 25-17-10. Military Museum; establishment; board members.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="46365431" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is established the South Carolina Military Museum, located at one or more locations in the State as selected by the State Adjutant General. The museum is governed by the South Carolina Military Museum Board composed of seven members. Five members must be appointed by the Adjutant General for terms concurrent with that of the Adjutant General. The Adjutant General and the President of the South Carolina National Guard Association shall serve as members ex officio.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2EEABD0B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="3DA762AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1981 Act No. 57, § 1; 1998 Act No. 319, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B4FD82E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="3CB6047D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 25-17-20. Duties of board; meetings, elections, reports.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="4D6E951F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The board shall hold regular meetings, prescribe rules for its operations, elect the officers necessary, establish and use any identifying seal pertaining to museum business, and make an annual report which must be included as a part of the Adjutant General's report to the Governor. For the purpose of transacting business, four members constitute a quorum. The members of the board shall serve without compensation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2FD66298" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="2C012AF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1981 Act No. 57, § 2; 1998 Act No. 319, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="60998479" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="4917D4AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 25-17-30. Maintenance of museum and collection; improvement of grounds for outdoor displays.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="5E24D278" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Military Department of South Carolina equipment, supplies, and personnel may be used to maintain the museum and collection. The board may improve existing grounds by the construction of concrete slabs and fencing for suitable outdoor display of large items of heavy equipment such as artillery, armored vehicles, and other military equipment and weapons.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7B2CF83A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="60738E58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1981 Act No. 57, § 3; 1998 Act No. 319, § 1; 2001 Act No. 85, § 47.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6756EE98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="35A960E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 25-17-40. Board may accept loans, grants, donations and the like; acquisition of land or items by purchase, lease, or contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="2FD6B650" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The board may accept lands, buildings, money, relics, weapons, or any other thing of value on behalf of, or as additions to the museum either in the form of loans or grants or donations or bequests; may acquire land and items by purchase, lease, or otherwise, and may enter into contracts with any person to accomplish such purposes. Any such gifts, donations, or bequests are considered gifts to a charitable or eleemosynary organization.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5A75BEB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="4E1B1CBD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1981 Act No. 57, § 4; 1998 Act No. 319, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="731E3B29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="7FFB8BBD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 25-17-50. Museum to collect, preserve, and exhibit items of interest; public access.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="497950B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The museum must be a military and historical museum charged with the responsibility for the collection, preservation, and exhibition of archives, books, records, documents, maps, charts, military equipment, uniforms, flags, and any other such articles. It may be a depository for materials considered relevant to national, state, or local history by the board. The museum collection must be open to the public at times determined by the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="17506FD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="207DE5A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1981 Act No. 57, § 5; 1998 Act No. 319, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -609,51 +598,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1090,66 +1079,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>