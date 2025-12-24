--- v0 (2025-11-02)
+++ v1 (2025-12-24)
@@ -1,996 +1,937 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9f54b01dbe964b08" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/466fc8429c0a413dafeb9f04fbf354bc.psmdcp" Id="R7615b4954aeb4526" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re3dc645ea9174513" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c0c90185d5246a18ce06dc08fe35901.psmdcp" Id="Rfcca6b06289d4ee9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="66B5CB14" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5F9793D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="79EE2B8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Buildings and Lands Generally</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="3A27C802" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4081BAC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-17-10. Property conveyed to inhabitants, committee, or other person for use of county deemed to be property of county.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6599D1E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Real and personal estate conveyed prior to September 26 1942 by any form of conveyance to the inhabitants of a county or district or to a committee, commissioners or other persons or existing on said date in a county or district for the use and benefit of such county or district shall be deemed to be the property of such county. And such conveyance shall have the same force and effect as if made to such county by its corporate name.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0084D70D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6A90FF82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 14-601; 1952 Code § 14-601; 1942 Code § 3022; 1932 Code § 3022; Civ. C. '22 § 714; Civ. C. '12 § 631; Civ. C. '02 § 570; G. S. 438; R. S. 497; 1868 (14) 134.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0F4E2DD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7466FAC2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-17-20. Acquisition, restoration, and preservation of historic property.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="15DE1E9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The governing bodies of all counties in the State may accept for their counties by gift, donation, or devise and may acquire by purchase or condemnation action any real property of historical value by reason of any war in which the United States of America or any section thereof participated or by reason of any other historical event.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="73A6614D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Upon acquiring the property, any governing body shall preserve it and, when it considers it practicable, shall restore it so that the historical value of the property is at its maximum. It shall do other desirable things relating to the property to preserve and enhance its historical value. The property referred to in this section shall include, but not be limited to, battlefields, ruins of forts, and remains of military operations during any war.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3FCBFBA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="26E99C59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 14-602; 1952 Code § 14-602; 1942 Code § 3884-1; 1938 (40) 1936; 1987 Act No. 173 § 6, eff nine months from approval by Governor (approved by Governor on June 30, 1987).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="07EC1E49" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Effect of Amendment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0CD5C9E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 1987 amendment deleted a reference to condemnation of land under the provisions of former Article 13 of Chapter 15 of Title 58 dealing with condemnation by railways and canals of lands or rights of way, and made grammatical changes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="220186B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="346C1EE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-17-30. County property exempt from attachment, levy, and sale.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="750B8DC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All county poor farms and poorhouses and hospitals, courthouses and jails and all other public property of every kind or description actually used as such are forever exempt from attachment, levy and sale on account of any judgment, lien or claim whatsoever against the county to which they or any of them belong.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="24E116DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="34BA8C8A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 14-603; 1952 Code § 14-603; 1942 Code § 3024; 1932 Code § 3024; Civ. C. '22 § 716; Civ. C. '12 § 633; Civ. C. '02 § 572; G. S. 440; R. S. 499; 1874 (15) 686.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5D6D02B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="72AC7AA9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-17-40. State flag shall be displayed on courthouse.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="392BA83E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The State flag shall be displayed daily, except in rainy weather, from a staff upon every courthouse. The officer in charge of each courthouse shall purchase a suitable flag and cause it to be displayed, the expense to be borne out of the funds provided for maintenance of the courthouse.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3D6FA766" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="45A7B2A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 14-604; 1952 Code § 14-604; 1942 Code § 5703; 1932 Code §§ 5703, 5705; Civ. C. '22 §§ 2772, 2773; Civ. C. '12 §§ 1842, 1843; 1910 (26) 753; 1922 (32) 779.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5F1A4D8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2C7DBFF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-17-50. Public officers may insure public buildings.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5E6E452A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Subject to the provisions of Sections 10-7-10 to 10-7-230 the public officers having by law the care and custody of town, village, city or county buildings may insure the same at the expense and for the benefit of the town, village, city or county owning the same.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2DAC1AC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="570076E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 14-605; 1952 Code § 14-605; 1942 Code § 3023; 1932 Code § 3023; Civ. C. '22 § 715; Civ. C. '12 § 632; Civ. C. '02 § 571; G. S. 439; R. S. 498; 1868 (14) 32, 134.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E4866E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0B4AF9E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-17-60. Alterations and addition in courthouse or jail.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="67AF0293" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The governing bodies of the several counties shall make any alterations and additions deemed advisable, or which may become necessary, to any courthouse or jail built in the several counties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0DE7F796" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="2640CCA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 14-606; 1952 Code § 14-606; 1942 Code § 1955; 1932 Code § 1955; Cr. C. '22 § 937; Cr. C. '12 § 939; Cr. C. '02 § 653; G. S. 2705; R. S. 540; 1841 (11) 156.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="44CDCA0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="742A750B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 4-17-70. Wilful injury to courthouse or jail.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="095DA058" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It is unlawful for a person to wilfully injure or destroy any part of a courthouse or jail in this State or its interior.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="66177AA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person who violates the provisions of this section is guilty of a misdemeanor and, upon conviction, must be fined in the discretion of the court or imprisoned not more than three years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2AC4E698" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="73285851" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 14-607; 1952 Code § 14-607; 1942 Code § 1177; 1932 Code § 1177; Cr. C. '22 § 67; Cr. C. '12 § 942; Cr. C. '02 § 656; G. S. 2708; R. S. 543; 1827 (6) 321; 1993 Act No. 184 § 129, eff January 1, 1994.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="4039129F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Effect of Amendment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="57A37BCA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The 1993 amendment rewrote this section so as to change the maximum term of imprisonment to conform to the classification established for each offense.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1001,51 +942,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1482,66 +1423,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>