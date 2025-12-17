--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -1,221 +1,206 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ref4ebc5767a54855" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea23d24435e94b08a341e1f82b2deb0c.psmdcp" Id="R2e2b19cd0cb9463d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R80896217ea614676" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e3f091023744763a9c290dc8feb4453.psmdcp" Id="Re3f333b7f853414d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0089657A" w:rsidRDefault="0089657A" w14:paraId="71928B0A" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="0140279F" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>CHAPTER 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="146C9E55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>CHAPTER 17</w:t>
-[...6 lines deleted...]
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Criminal Penalties</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0089657A" w:rsidRDefault="0089657A" w14:paraId="3870CA98" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="66C745E0" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0089657A" w:rsidRDefault="0089657A" w14:paraId="40CAE20A" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="64208320" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 56-17-10. Willful failure to purchase license, keep records, or supply information in violation of law; willful falsification of information.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="79BC8582" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>Criminal Penalties</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>A person required by a provision of law or by regulation to purchase a license, keep any records, or supply any information, who wilfully fails to purchase a license, keep the records, or supply the information or who wilfully falsifies information so supplied, at the time or times required by law or regulation, in addition to other penalties provided by law, is guilty of a misdemeanor and, upon conviction, must be fined not more than ten thousand dollars or imprisoned not more than one year, or both, incl</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>uding the cost of prosecution.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="637E93FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="6407B5CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...90 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 459, § 231.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -226,51 +211,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -707,66 +692,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>