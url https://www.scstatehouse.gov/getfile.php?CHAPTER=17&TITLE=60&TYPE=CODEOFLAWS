--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,1091 +1,1105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0bf64279da19454a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef94a61278e8498aaf9ea037a036ec87.psmdcp" Id="R0c52146cee1e4e47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R41789f0638214a6d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/442089ffe7ab4fe996ec39490c255d6a.psmdcp" Id="R75a340d8c06c4512" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00631740" w:rsidRDefault="00631740" w14:paraId="2EFFF211" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="6A11E2DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="6E38906D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>South Carolina Confederate Relic Room and Military Museum Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="2BDD8E27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="69FAD3EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 60-17-10. South Carolina Confederate Relic Room and Military Museum Commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="32DE73AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The South Carolina Confederate Relic Room and Military Museum Commission is established and must be composed of nine voting members who shall be appointed for terms of four years and until their successors are appointed and qualify, except as specified in subsection (B) for initial terms. The members of the board shall be appointed as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="2FE9DE65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) three members appointed by the Governor;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="109856E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) two members appointed by the President of the Senate;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="064DB1D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) one member appointed by the President of the Senate upon the recommendation of the South Carolina Division Commander of the Sons of Confederate Veterans;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="34EE6B06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) two members appointed by the Speaker of the House of Representatives; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="6D7FD0FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) one member appointed by the Speaker of the House of Representatives upon the recommendation of the President of the South Carolina Division of the United Daughters of the Confederacy.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="059DAD15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)(1) Initially, in order to stagger terms:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...35 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="71EE288C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(a) one member appointed by the Governor shall serve a term of one year;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="06AFE9C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) one member appointed by the Governor shall serve a term of two years;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="5288BD49" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) one member appointed by the Governor shall serve for three years;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="223A5163" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) one member appointed by the President of the Senate shall serve for one year;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="53F697D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) one member appointed by the President of the Senate shall serve for two years;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="1EAD61F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) one member appointed by the President of the Senate shall serve for three years;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="11B1A01B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) one member appointed by the Speaker of the House of Representatives shall serve for one year;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="1DE96CB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) one member appointed by the Speaker of the House of Representatives shall serve for two years; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="7585D380" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) one member appointed by the Speaker of the House of Representatives shall serve for three years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="640A58FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) At the expiration of these initial terms, successors must be appointed for terms of four years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7B5D49DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="22D3E30A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 121 (S.22), Pt VI, § 17.A, eff July 1, 2015; 2019 Act No. 1 (S.2), § 75, eff January 31, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="284142BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="4BB60C9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2019 Act No. 1, § 75, in (A), in the first sentence, substituted "The" for "Effective July 1, 2015, the", in (2) and (3), substituted "President of the Senate" for "President Pro Tempore of the Senate"; redesignated (B) as (B)(1), (1) to (9) as (a) to (i), and inserted the (2) designator; and in (B)(1), in (d), (e), and (f), substituted "President of the Senate" for "President Pro Tempore of the Senate".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="34EED7A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="6E039782" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 60-17-20. Authorization to receive donations and collect fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="6BD5BCEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The South Carolina Confederate Relic Room and Military Museum is authorized to supplement its state appropriations by receiving donations of funds and artifacts and admission fees and to expend these donations and fees to support its operations and for the acquisition, restoration, preservation, and display of its collection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="0C2AC19C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(B) The South Carolina Confederate Relic Room and Military Museum is authorized to collect, retain, and expend fees from research and photographic processing requests and from the sale of promotional items.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2F332671" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="5057490B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 121 (S.22), Pt VI, § 17.A, eff July 1, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="49DCC4B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="00C6B7FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 60-17-30. Removal or disposition of artifacts in permanent collection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="7E5EB111" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>No artifacts owned by the State in the permanent collections of the South Carolina Confederate Relic Room and Military Museum may be permanently removed or disposed of except by a Concurrent Resolution of the General Assembly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1A7993C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="25D49D76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 121 (S.22), Pt VI, § 17.A, eff July 1, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6578A4B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="0877A8C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 60-17-40. Director of South Carolina Confederate Relic Room and Military Museum.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="5CFC0A1C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Director of the South Carolina Confederate Relic Room and Military Museum must be selected by the South Carolina Confederate Relic Room and Military Museum Commission after consultation with the South Carolina Division Commander of the Sons of the Confederate Veterans and the President of the South Carolina Chapter of the United Daughters of the Confederacy. The director shall serve at the pleasure of the commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6672D983" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="3A27F340" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 121 (S.22), Pt VI, § 17.A, eff July 1, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00000000">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -1102,51 +1116,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1583,66 +1597,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>