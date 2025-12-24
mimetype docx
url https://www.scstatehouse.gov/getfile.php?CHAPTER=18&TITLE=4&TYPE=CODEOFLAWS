--- v0 (2025-11-02)
+++ v1 (2025-12-24)
@@ -1,406 +1,391 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7b87fe25bd394f1c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/81a6f548b8a146c99c32ce0db335953d.psmdcp" Id="R7bd52ea351c444a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R18497f0ba6a84ef2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/12ec35d92a33447784cda16569f32981.psmdcp" Id="R3e9788d301f04eb3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6DF33170" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="486902B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>CHAPTER 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="022060E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>CHAPTER 18</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Regulation of Wreckers at Scenes of Accidents</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="38AE086A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="734AD08B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 4-18-10. Counties may prohibit wreckers proceeding to accident unless requested.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="5C9B364E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each county may provide by ordinance that no wrecker shall proceed to the scene of an accident unless requested by the owner or driver of the vehicle involved in the accident or the law enforcement officer in charge at the scene of the accident.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="77174E36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="649BA45E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1978 Act No. 551 § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="00C2407D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="6E803EC0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 4-18-20. Establishment of procedure for dispatching wreckers.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7F3AC0C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each county adopting such an ordinance shall establish, in conjunction with local highway patrol officials and the sheriff's office, an orderly procedure for dispatching a wrecker to the scene of an accident as provided for in Section 4-18-10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C124952" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="0DC2C7A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1978 Act No. 551 § 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="467E6459" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="7D57F5E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 4-18-30. Penalties.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="33E0D8E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If a wrecker proceeds to the scene in violation of any of the provisions of this chapter, the owner of the wrecker shall be deemed guilty of a misdemeanor and upon conviction shall be fined in an amount not to exceed two hundred dollars or imprisoned for a term not to exceed thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0C77B59B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00144AB1" w:rsidRDefault="00144AB1" w14:paraId="35FEAEEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 551 § 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -411,51 +396,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -892,66 +877,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>