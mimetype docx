--- v0 (2025-10-27)
+++ v1 (2025-12-24)
@@ -1,7567 +1,8361 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra8e7d6a8ed434a3c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9fb2d80e02648bcb9446b9b1cccef3d.psmdcp" Id="R9fdd223ea1ba4a1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6db02c826fcc4922" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8a7139946d04be68cf984b66003cd76.psmdcp" Id="R79f4102220fd4a31" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00452FF4" w:rsidRDefault="00452FF4" w14:paraId="1B3DB1E1" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="77636D2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="08424EF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>South Carolina Amusement Rides Safety Code</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="02EA8E2B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="417346B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="0BF74395" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>General Provisions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="27A7D738" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="57A52CD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3BBD8B76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be cited as the "South Carolina Amusement Rides Safety Code".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0AEA65F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="45AFE095" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 103, § 2; 1998 Act No. 283, § 1, eff upon approval (became law without the Governor's signature on April 8, 1998).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="28A8B926" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="71F65A71" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1998 amendment deleted "is known and" preceding "may be cited".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D8697EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6D9115A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-20. Legislative intent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="333F3A70" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(A) The purpose of this chapter is to guard against personal injuries in the assembly, disassembly, and use of amusement devices at carnivals, fairs, and amusement parks to persons employed at or attending carnivals, fairs, and amusement parks and, in the event of a personal injury, to ensure to the injured party the possibility of financial recovery as against the owner of the carnival, fair, or amusement park where the injury occurred.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="0973D637" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) It is the intent of this chapter that amusement devices must be designed, constructed, assembled or disassembled, maintained, and operated so as to prevent injuries.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="47B1CAE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="684AA413" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 103, § 2; 1998 Act No. 283, § 1, eff upon approval (became law without the Governor's signature on April 8, 1998).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3FCE1426" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="18BDDBE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1998 amendment made nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="365C11A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="53E20C55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-30. Applicability; exceptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5E351147" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) This chapter applies to amusement devices at carnivals, fairs, and amusement parks where an admission or fee is customarily or usually charged located within the State or at other places open to the public and to the managers of these devices, to the persons employed in connection with these devices, and to their employees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="357C34C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) This chapter does not apply to single passenger, coin-operated, manually, mechanically, or electrically operated rides, except where admission is charged for the use of the equipment, and this chapter may not be construed so as to limit the right of a person to conduct any hotel, restaurant, or eating place at an amusement park.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="28B96F18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) This chapter does not apply to air-supported structures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="691612C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) This chapter applies to concession go-karts. This chapter does not apply to super-karts, provided that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="37A3891D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Only persons age eighteen or above who hold a valid driver's license are allowed to operate super-karts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="0D3AFD89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) No person shall operate a super-kart in any establishment where other amusement devices are located or operated. Establishments offering super-karts must not share an entrance or exit with any other establishment offering an amusement device and must charge a separate fee for operating super-karts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="02ADC4F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) A sign shall be on display on the premises where super-karts are operated stating: "Super-karts are not amusement devices regulated by the South Carolina Department of Labor, Licensing and Regulation. Super-karts may reach speeds in excess of fifty miles per hour. Drive at your own risk."</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="54A35071" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) The owner of a super-kart must carry an insurance policy in an amount not less than one million dollars per occurrence against liability for injury to persons or property arising out of the operation or use of such device.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="671507A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="64D8A4BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 103, § 2; 1993 Act No. 144, § 1, eff June 14, 1993; 1998 Act No. 283, § 1, eff upon approval (became law without the Governor's signature on April 8, 1998); 2018 Act No. 188 (S.567), § 1, eff May 15, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4C52DC38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="02519857" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1993 amendment, in subsection 1, added "or at other places open to the public".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="72EC4366" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1998 amendment added subsection (C), exempting air supported structures; and made nonsubstantive changes throughout the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3CF7CC11" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 188, § 1, added (D), providing that the Safety Code applies to concession go-karts but does not apply to super-karts except for certain limited purposes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="032C136E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="53085D88" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-40. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5AC29772" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter, except as otherwise expressly provided:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3B5C6180" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Amusement device" means any mechanical device or combination of devices which carries or conveys passengers on, along, around, over, or through a fixed or restricted course or within a defined area for the purpose of giving its passengers amusement, pleasure, or excitement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3A9468B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(2) "Amusement park" means a tract or area used principally as a permanent location for amusement devices or structures.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5DB40D52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Director" means the Director of the South Carolina Department of Labor, Licensing and Regulation or the director's designee or representative.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="26A75340" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(4) "Catapulting amusement ride" means an amusement ride whereby a person, or persons, riding in a safety car, or other suitable safety device, is attached to wire ropes or cables that may be attached to springs or other devices similar in design or use which are engineered to simulate bungee catapulting or reverse bungee jumping as defined in Section 52-19-50(5) whereby a person or passenger is released from a fixed position, thus catapulting or otherwise launching the jumper or passenger into the air or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>toward the ground.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="29B47922" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Carnival" means an itinerant enterprise consisting principally of temporary amusement devices or mechanical rides operated to provide entertainment or amusement to the public.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="38200815" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Fair" means an enterprise principally devoted to the exhibition of the products of agriculture or industry and at which amusement devices or temporary structures are provided for use by the public.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6A0898AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Owner" means a person, corporation, partnership, or association who owns an amusement device or, in the event that the amusement device is leased, the lessee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="22A5CBA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) "Permanent device" means a device which is used, or intended to be used, as an amusement device that is erected to remain a lasting part of the premises.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="2AEE7C07" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(9) "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Temporary device" means a device which is used as an amusement device that is regularly relocated with or without disassembly.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="30A8A21D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) "Serious injury" means an injury that results in death or requires immediate in-patient hospitalization. A fracture or disfigurement is considered a serious injury even if no hospitalization is required. Notwithstanding the definition of serious injury, the owner or lessee of any amusement device under this section must maintain permanent records of all injuries sustained by participants utilizing the amusement. These records shall be open for inspection by any authorized representative of the departm</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="1F817736" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) "Safety coordinator" means a person suited by training or experience and designated by the owner or operator of an amusement park, fair, or carnival as being in charge of the safety of all amusement devices located at the park, fair, or carnival.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4C6D256A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) "Department" means the South Carolina Department of Labor, Licensing and Regulation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="59ABA141" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(13) "Special inspector" means an inspector licensed by the director and not employed by the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="485C40D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(14) "Catastrophic accident" means an incident resulting in fatality or three or more injuries resulting in hospitalization.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="243BA464" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(15)(a) "Concession go-kart" means an amusement ride or device that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5F08AFB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) is a single vehicle, unattached to other vehicles or a common frame system;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="0603FE65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) is powered without connection to a common energy source;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3ECCC955" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iii) is driver-controlled with respect to acceleration, speed, braking, and steering;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="79D7F693" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iv) operates within the containment system of a defined track;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="39C77AE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(v) simulates competitive motor sports; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="09D2EC4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(vi) is used by members of the general public for a fee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="377D480A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) A concession go-kart has a maximum capacity of two persons and no cargo capacity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="207E7EF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(16) "Super-kart" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means an open-wheel motorsport vehicle, with or without gearbox or shifter capability, used for racing in excess of fifty miles per hour. Super-kart does not mean "concession go-kart" as defined by this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4B24B203" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3DD5A7CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 103, § 2; 1986 Act No. 514, § 1, eff June 12, 1986; 1993 Act No. 144, § 2, eff June 14, 1993; 1993 Act No. 181, § 977, eff February 1, 1994; 1998 Act No. 283, § 1, eff upon approval (became law without the Governor's signature on April 8, 1998); 1999 Act No. 90, § 1, eff June 11, 1999; 2005 Act No. 60, § 1, eff upon approval (became law without the Governor's signature on May 18, 2005); 2018 Act No. 188 (S.567), § 2, eff May 15, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="24551A4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3CA082A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1986 amendment added the provision defining "special inspector" (item (12)).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7367D7A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The first 1993 amendment deleted "the following terms have the meanings indicated" from the introductory statement; in (8) "Temporary device" deleted "from time to time" following "relocated"; in (9) "serious injury" deleted "results in death or" following "injury that" and added "minor" preceding "burns"; and added (13) "catastrophic accident".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="76C1CC0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The second 1993 amendment in subsections (3) and (11), substituted "Division of Labor" for "Department of Labor".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6F546F9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1998 amendment, throughout subsections (3), (11), and (12), substituted "director" for "commissioner" and reflected the department name change of the Division of Labor to the Department of Labor, Licensing and Regulation.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="37451322" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1999 amendment rewrote subsection (9).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7491B751" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2005 amendment added item (4) defining "catapulting amusement ride" and redesignated items (4) to (13) as items (5) to (14).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3C8EADC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 188, § 2, added (15) and (16), relating to the definitions of "Concession go-kart" and "Super-kart".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6349E3F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6F1B8086" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-50. Permit required; transferability of permits.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="17BFEB7F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No amusement device may be operated in the State without a permit issued by the director. A permit is not transferable and if a permit holder voluntarily discontinues operation of the amusement device, all rights secured under the permit are terminated.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6F97A53D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="62D8D3AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 103, § 2; 1998 Act No. 283, § 1, eff upon approval (became law without the Governor's signature on April 8, 1998).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4F366EE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4DAF3813" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1998 amendment rewrote this section to substitute "director" for "commissioner", and made nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="29C5E54D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="61967B1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-60. Application for permit; duration; revocation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="390CA2CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(A) Before commencement of the operation of a permanent or temporary device, the owner or lessee shall make written application to the director for a permit to operate. The permit is valid for a period of up to one year expiring on December thirty-first of the year issued.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3824F4D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) No temporary device may be used at any time or location unless prior notice of intent to use the device has been given to the director. Notice of planned schedules must:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="34AB902A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) be in writing;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="29D0C3AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) identify the temporary device;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="1043E94F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(3) state the intended dates and locations of use; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4E82F976" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) be mailed to the director at least seven days before the first intended date of use.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="682B95CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>However, the director may waive the requirements enumerated in this subsection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="0DE49528" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A permit to operate must be issued to the owner or lessee of an amusement device when:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="2D8E956A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) written application has been made to the director;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="0D2F5EFC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the amusement device has passed all required inspections;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="68A02B95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the liability insurance required by Section 41-18-90 has been met in the amount prescribed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7E5E0E6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The director may revoke a permit issued pursuant to this chapter if it is determined that an amusement device is:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5DAB80EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) being operated without the inspections required by Sections 41-18-70 and 41-18-80;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="0984F27F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) being operated without the insurance required by Section 41-18-90;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="634AC56B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(3) being operated with a mechanical, electrical, structural, design, or other defect which presents an excessive risk of serious injury to passengers, bystanders, operators, or attendants;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="07412B8A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) being operated without the required documentation or paperwork; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="02A46BDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) being operated in a manner contrary to the operating fact sheets.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...70 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="2CB628FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(E) Any other violation of this chapter may result in a revocation, if written notice of noncompliance is served upon the owner specifying a violation of this chapter and directing the owner to correct the violations within the period specified by the director. If the owner and the department fail to agree that the violations referred to in this section have been corrected, the department shall give notice of and provide a hearing for the owner to determine whether compliance has been met. The Administrati</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ve Procedures Act governs contested cases of this nature and any other contested cases arising under this chapter.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="11826582" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) Nothing in this chapter prevents an owner whose permit to operate an amusement device has been revoked pursuant to this section from reapplying for a permit in accordance with this chapter, except as otherwise specifically provided in this chapter. Upon application to have a revoked permit reinstated under this section, the department shall inspect the amusement ride in question as promptly as practicable, but in no case more than seventy-two hours after the submission of the application.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="01E671A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="376122B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 103, § 2; 1993 Act No. 144, § 3, eff June 14, 1993; 1998 Act No. 283, § 1, eff upon approval (became law without the Governor's signature on April 8, 1998).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="2E7A3A04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6676ACDC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1993 amendment, in subsection 1 replaced "one year" with "up to one year expiring on December thirty-first of the year issued"; in subsection 2 changed 15 days to 7 days; in subsection 4, paragraph (c) added "electrical", "or other" preceding "defect", and "bystanders, operators, or attendants" and added paragraphs (d) and (e); in subsection 5, in the first sentence substituted "the period specified by the commissioner" for "thirty days of receipt of the notice", and after "1977" added "as amended"; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in subsection 6 replaced "practical" with "practicable".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="446CC38D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1998 amendment substituted "director" for "commissioner" throughout the section, and made nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CF5379C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7A80015A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-70. Inspection requirement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="00A51410" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Before a permit may be issued as provided in Sections 41-18-50 and 41-18-60, an inspection of the amusement device must be made in compliance with the procedures set by the director. The inspection must have been conducted within one month before the permit application, unless the period is extended by operation of Section 41-18-80(E).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="78F00C62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="2705EDC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 103, § 2; 1993 Act No. 144, § 4, eff June 14, 1993; 1998 Act No. 283, § 1, eff upon approval (became law without the Governor's signature on April 8, 1998).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="54439C7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6A7F6F46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1993 amendment changed the period within which the inspection must have been conducted, from within one year prior to the application to within one month prior to it.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="41228193" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1998 amendment substituted "director" for "commissioner", and made nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0BA937F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="45E4D75E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-80. Inspection procedures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="728150A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(A) In the case of a permanent device, the amusement device must be inspected by the director or special inspector. Thereafter, as a requirement for the issuance of each subsequent permit, the amusement device must be inspected at least annually by the director or by a special inspector. The inspection shall at minimum comply with the requirements of the director. An affidavit of the annual inspection must be filed with the director.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="19A27561" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) In the case of a temporary device, before first operation in the State each year, the amusement device must be inspected by the director or special inspector for the permit to be issued. Thereafter, the amusement device must be inspected at least annually by the director or a special inspector. The inspection must at minimum comply with the requirements of the director. An affidavit of the annual inspection must be filed with the director.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="40B4A03E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) In the case of an amusement device which is substantially rebuilt or substantially modified so as to change the structure, mechanism, or capacity of the device, the owner or lessee shall give written notice to the director who shall cause the device to be inspected before the time in which it is put into operation and who shall cause any current permit to be updated so as to include any modifications made to the device.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3A038B92" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) In the event an operator is unable to secure an inspection within one year from the date of the previous inspection, the previous inspection is considered valid for purposes of this chapter for a period of thirty additional days, if the operator made an inspection request to any of those individuals qualified to make the inspection at least sixty days before the permit expiration date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="27F334E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) Upon proper presentation of credentials, the director or his inspectors may enter unannounced and inspect amusement devices at reasonable times and in a reasonable manner and have the right to question any owner, manager, or agent of the owner, to inspect, investigate, photograph, and sample all pertinent places, areas, and devices, and to examine and reproduce all pertinent documents and records for the purpose of enforcing the provisions of this chapter. No fee may be charged for these unannounced in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>spections.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="39D8E80C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) No amusement device which fails to pass an inspection may be operated for public use until it has passed a subsequent inspection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="2A455AA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) Each sponsor of a fair or carnival and the owner of the land or their designees, upon which the fair or carnival is located, shall make a visual inspection of each amusement device at least once each week during the period the fair or carnival is operating. The director shall provide a checklist for this inspection. If an unsafe amusement device or condition is discovered, it must be immediately reported to the director.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="2E819E6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(H) A special inspector shall have:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="37798FAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) at least five years' experience in amusement device maintenance and safety, and completion of approved courses in materials inspection and testing and in fasteners, or a four-year college degree in engineering or architecture with a minimum of twelve semester hours of course work in the area of mechanics and strength of materials and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="181D2820" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) evidence of successful completion of an approved Rides Safety Inspection Course within the previous two calendar years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7D7C25B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="0B666E6C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 103, § 2; 1986 Act No. 514, § 2, eff June 12, 1986; 1993 Act No. 144, § 5, eff June 14, 1993; 1998 Act No. 283, § 1, eff upon approval (became law without the Governor's signature on April 8, 1998).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="1022F13B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="369FB96D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1986 amendment made grammatical changes; revised subsections 1 and 2 so as to allow inspections to be performed by the commissioner's designee or a special inspector, as well as by the commissioner, and so as to no longer require annual inspections by an approved "licensed architect, professional engineer, qualified inspector of an insurance underwriter, or other qualified inspector"; revised subsection 1 by deleting a provision requiring the initial inspection to be made "at the time of application for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the initial permit"; revised subsection 5 by substituting "special inspector" for "licensed architect, professional engineer, qualified inspector of an insurance underwriter, or other qualified inspector, each of whom must be approved by the commissioner,"; substantially rewrote subsection 8; and added subsection 9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="63FF4B66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1993 amendment, in subsections (1), (2) and (5) deleted references to inspector's designee or agent; in subsection (2) substituted "before first operation in the state each year" for "upon first entry into the state"; deleted former subsection (3) pertaining to visual inspections of temporary devices, and renumbered the remaining subsections; and in subsection (4), formerly (5), deleted "by a special inspector" following "secure an inspection" and substituted "permit expiration date" for "inspection ann</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>iversary date".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="0FD82ADB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1998 amendment substituted "director" for "commissioner" throughout the section, and made nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="70FAFB0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7954391B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-90. Liability insurance requirement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="11B1C095" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Before the Labor Division of the Department of Labor, Licensing and Regulation may issue a permit to the owner or lessee of an amusement device, the owner or lessee of the device shall furnish the Labor Division with proof that the owner or lessee has purchased insurance from an acceptable insurer in an amount not less than five hundred thousand dollars for each occurrence against liability for injury to persons arising out of the use of the amusement device and that the policy of liability is in effect. T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve">he amount of the deductible provision in the policy of insurance is dependent upon the owner's or the lessee's proof of financial responsibility and must be established by the Labor Division on a case-by-case basis. For purposes of this section, an acceptable insurer for a "permanent device" is an insurer which is either licensed by the Director of the Department of Insurance in this State or approved by the Department of Insurance as a nonadmitted surplus lines carrier for risks located in this State. For </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>a "temporary device" an insurer shall meet either of these requirements or shall meet minimum financial requirements for admission as a licensed company in South Carolina and must be licensed in the "temporary device's" owner's or lessee's home state or must be an approved nonadmitted surplus lines carrier for risks located in that home state. Each policy, by its original terms or an endorsement, shall obligate the insurer that it will not cancel, suspend, or nonrenew the policy without thirty days' written</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> notice of the proposed cancellation, suspension, or nonrenewal and a complete report of the reasons for the cancellation, suspension, or nonrenewal being given to the Labor Division. In the event the liability insurance is canceled, suspended, or nonrenewed, the insurer shall give immediate notice to the Labor Division. This section may not be construed to expand any of the rights granted the employees of the owners, operators, or lessees under the workers' compensation laws of this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="66275DC2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="77FCDD88" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 103, § 2; 1986 Act No. 514, § 3A, eff June 12, 1986; 1993 Act No. 181, § 981, eff February 1, 1994; 1998 Act No. 283, § 1, eff upon approval (became law without the Governor's signature on April 8, 1998).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="2E7D10AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6E5E8176" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1986 amendment substituted "five hundred thousand dollars for each occurrence" for "one million dollars per occurrence".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="700241E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1993 amendment substituted "Labor Division of the Department of Labor, Licensing, Regulation" and "Labor Division" for "commissioner", and "Director of the Department of Insurance" for "Chief Insurance Commissioner".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3B5EE4A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1998 amendment made a nonsubstantive change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2378DA79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4F99D918" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-100. Discrimination; duties of owner or lessee in event of catastrophic accident or accident resulting in serious injury; inspection and correction of defects.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="68320036" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The owner or amusement ride operator may deny any person entrance to the amusement ride based on the person's size, weight, or physical condition if the owner or amusement ride operator believes the entry may jeopardize the safety of the person desiring entry, riders, or other persons. Denial may not be based on color, race, sex, religion, or national origin.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="1F84ED69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The owner or lessee of any amusement device which, during the course of its operation, is involved in an accident which results in a serious injury shall report the injury to the owner's or lessee's insurer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7D375401" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The owner or lessee of any amusement device which, during the course of its operation, is involved in an accident which results in a serious injury shall report the injury to the director immediately and in no case later than the close of business of the director's next business day. Any owner or lessee who becomes aware at a later date that a serious injury had occurred shall report it immediately and in no case later than the end of the next business day.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="766E73D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) When a catastrophic accident occurs involving the operation of an amusement device, the owner or lessee shall immediately shut down the device from further use. The device may not resume operation until the safety coordinator determines that the catastrophic accident was not caused by a mechanical or structural defect in the amusement device.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7224E5D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(E) If the safety coordinator determines that a catastrophic accident was caused by a mechanical failure or structural defect, the device must remain shut down until repairs are completed and the device is considered operational by a licensed architect, professional engineer, qualified inspector of an insurance underwriter, or other qualified inspector, each of whom must be approved by the director. An affidavit of the inspection and correction of defect must be filed with the director.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="690AD650" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5451EB58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 103, § 2; 1993 Act No. 144, § 6, eff June 14, 1993; 1998 Act No. 283, § 1, eff upon approval (became law without the Governor's signature on April 8, 1998).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="416794CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="76102923" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1993 amendment, in subsection 3, changed "prior to" to "immediately and in no case later than" and added the second sentence; in subsections 4 and 5 changed "serious injury" to "catastrophic accident"; and in subsection 5 added "failure" following "mechanical".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4B2560D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1998 amendment substituted "director" for "commissioner" throughout the section, and made nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="660C555D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4F0F5148" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-110. Notice to owners and operators of amusement devices.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="01BDB471" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Upon request, the director shall furnish to all owners, lessees, and operators of amusement devices notice of all rights and obligations under the provisions of this chapter upon receipt of permit applications.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0185DC5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="54FFDB74" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 103, § 2; 1993 Act No. 144, § 7, eff June 14, 1993; 1998 Act No. 283, § 1, eff upon approval (became law without the Governor's signature on April 8, 1998).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="1213D62A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3C4FC75C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1993 amendment added "Upon request,".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4F6BD2FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1998 amendment substituted "director" for "commissioner".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5422A2DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="195FCDDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-120. Promulgation of regulations; fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="2F466053" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The director may promulgate regulations consistent with this chapter guarding against personal injuries in the assembly, disassembly, and use of amusement devices at carnivals, fairs, and amusement parks to persons employed at or to persons attending the carnivals, fairs, and amusement parks and regarding enforcement of any other provision of this chapter. The director shall promulgate regulations to charge and collect reasonable fees for permits and for inspections and any other activity under this chapte</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>r as considered necessary by the director for the proper enforcement of this chapter. Fees may be set by regulation not more than once each year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0EA31B02" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="517EC2A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 103, § 2; 1986 Act No. 514, § 3, eff June 12, 1986; 1998 Act No. 283, § 1, eff upon approval (became law without the Governor's signature on April 8, 1998).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="79C9F2B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="01E87DCB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1986 amendment substituted "reasonable fees" for "fees"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>, in the second sentence, and deleted provisions requiring fees to be based upon the costs of administering the chapter and limiting initial fees to fifty dollars per amusement device.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="137E7F7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1998 amendment substituted "director" for "commissioner" throughout the section, and made nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="307F4CC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="520BED64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-130. Duties of director.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="40049306" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The director is charged with the affirmative duty of administering and enforcing this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="02788E3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="151FD9FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 103, § 2; 1998 Act No. 283, § 1, eff upon approval (became law without the Governor's signature on April 8, 1998).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4758BBB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="76C29D2B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1998 amendment substituted "director" for "commissioner", and made a nonsubstantive change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5255D08A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="06188D14" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-140. Preemption of local regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3B2C119C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No political subdivision may make or maintain any ordinance, bylaw, or resolution providing for any of the matters covered under and regulated by this chapter, and an ordinance, bylaw, or resolution relating to a matter covered under and regulated by this chapter is void.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="564523BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="642DA26D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 103, § 2; 1998 Act No. 283, § 1, eff upon approval (became law without the Governor's signature on April 8, 1998).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7CB7D74F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="68E2BD37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1998 amendment made nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="020750F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4861651F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-150. Civil penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="25D38A6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A person is subject to a civil penalty not to exceed two thousand dollars per device for each day of noncompliance with this subsection if the person knowingly and wilfully operates an amusement device without:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5C26F4B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(1) the permit required by Sections 41-18-50 and 41-18-60;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="1FC49CFC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the inspections required by Sections 41-18-70 and 41-18-80;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="49B9DBF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(3) the insurance required by Section 41-18-90; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="185B952C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) complying with any other provision of this chapter or regulation promulgated under this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="65F6AECB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person is subject to a civil penalty not to exceed two thousand dollars per device for each day of noncompliance with this subsection if the person operates an amusement device without:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7E9A09FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the permit required by Sections 41-18-50 and 41-18-60;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4BDFF9D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the inspections required by Sections 41-18-70 and 41-18-80;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="692A229D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the insurance required by Section 41-18-90; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="734EECA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) complying with any other provision of this chapter or regulation promulgated under this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="2A06416D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The director may assess the penalties under this section and, in assessing penalties under subsection (A), shall give due consideration to the appropriateness of the penalty with respect to the size of the owner's or lessee's business, the good faith of the owner or lessee, and the owner's or lessee's history of previous violation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="507D960D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Revenue derived under this chapter must be remitted to the State Treasurer and deposited in the general fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="00992944" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="0B272C85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 103, § 2, eff January 1, 1986; 1993 Act No. 144, § 8, eff June 14, 1993; 1998 Act No. 283, § 1, eff upon approval (became law without the Governor's signature on April 8, 1998).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6666C1D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="085DDA1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1993 amendment, in the opening paragraph, deleted "any of the following"; in both subsections 1 and 2, rewrote paragraph (c), deleting reference to a civil penalty not to exceed two thousand dollars, and added paragraph (d).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="55FC858D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1998 amendment rewrote this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="73CB470C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3EE052E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-160. Catapulting amusement ride permit requirements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3EED34BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A catapulting amusement ride must meet the following requirements before the Department of Labor, Licensing and Regulation may issue a permit:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="14683F29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the ride must have been in operation in another state or country for more than five years in order to compile a safety record that must be reviewed by the department;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="50215F75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) the ride must have an exemplary safety record in the discretion of the department;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4FB6F706" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the ride must have cables or wire ropes attached to the safety car in at least four places;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="28DDC122" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) the ride may not incorporate or use bungee cords anywhere within the design of the ride; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4FAA93E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) at no time may a safety car or other suitable safety device be attached directly to a spring which is stretched or elongated in the manner of a bungee cord from the top of a tower or fixed position above the safety car or other suitable device.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="49424437" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The department may deny a permit for a catapulting amusement ride if one or more of the requirements in subsection (A) are not satisfied."</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="322EEE90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="381E3BB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 60, § 2, eff upon approval (became law without the Governor's signature on May 18, 2005).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="73137C8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6EAC1EFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-170. Miniature train amusement ride requirements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="69CB0E93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A miniature train amusement ride must satisfy the following requirements before the Department of Labor, Licensing and Regulation may issue a permit or renewal permit:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="47074B1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the ride must have a properly operating speedometer;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="411CD7E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the ride must have a device that allows the speed of the train to be regulated and the speed of the train must be set so as to only operate at or below the maximum speed recommended by the manufacturer;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="50A2B0A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(3) all drivers operating the ride must be trained to operate the ride in accordance with the manufacturer's operation recommendations; a training record for each driver must be maintained by the owner or operator of the ride as long as the driver is employed by or operates the train on behalf of the owner or operator; and each driver must be tested by the department before the driver is authorized to operate the train; a driver employed to operate the train, or who will operate the train on behalf of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>owner or operator, subsequent to the department issuing the permit or renewal permit does not affect the validity of the permit, so long as the driver does not operate the train until the driver has been tested by the department; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7026BAF0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(4) the ride must be inspected mechanically, including, but not limited to, a speed test of the train to ensure that the train is operating in accordance with the requirements of item (2), and in accordance with this chapter or regulations promulgated pursuant to this chapter, but in no case less than an annual inspection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0BCABE4A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3662C2AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 129, § 2, eff March 13, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="206CED6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="239C0E6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2012 Act No. 129, § 1, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4019CF77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"This act may be cited as 'Benji's Law'."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="457E26FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="75C45EF7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="318B64F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Rider Safety</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="178A92AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="50799794" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-300. Citation of article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="55478C2F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>This article may be cited as the "South Carolina Rider Safety Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="233BA50E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4F6EED2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 30, § 1, eff January 1, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="676DE671" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="36E8CD17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-310. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="535E0271" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this article:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5121F888" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Parent or guardian" means a parent, custodian, or guardian responsible for the control, safety, training, or education of a minor or a person who is disabled or incompetent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="07F557F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Rider of a carnival or amusement device" or " rider" means a person who is:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="733D2F24" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(a) waiting in the immediate vicinity to get on a carnival or amusement device;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3DC976E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) getting on a carnival or amusement device;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="2725DA0D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) using a carnival or amusement device;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="37B465A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) getting off a carnival or amusement device; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6AA375D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) leaving a carnival or amusement device and who is still in the immediate vicinity of the carnival or amusement device.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="2BA70D70" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>"Rider" does not include employees or agents of the owner of a carnival or amusement device while engaged in the duties of their employment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5770EBE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Sign" means a symbol or language reasonably calculated to communicate information to riders or riders' parents or guardians including, but not limited to, placards, prerecorded messages, live public address, stickers, pictures, pictograms, guidebooks, brochures, video, verbal information, and visual signals. Lettering on signs used for this purpose must be at least two inches in height.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="40539F37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="482E640D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 30, § 1, eff January 1, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="60C14A6C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6E21E738" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-320. Riders compliance with safety rules; reports of injuries.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5C9ADB02" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A rider of a carnival or amusement device shall at a minimum:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="1697C48E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) obey the posted rules and warnings and instructions for a carnival or amusement device issued by the owner of the carnival or amusement device or the owner's employee or agent; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="77FC593C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) refrain from acting in any manner that may cause or contribute to injuring the rider of a carnival or amusement device, or others, including:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="0A6A4FB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) exceeding the limits of the rider's ability;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="2CF5ED3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) interfering with safe operation of the carnival or amusement device;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="0C6ADBBA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) not engaging a safety mechanism provided on a carnival or amusement device;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="34986A13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(d) disconnecting or disabling a carnival or amusement safety device, except at the express instruction of the owner of the carnival or amusement device or the owner's agent or employee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="07C9C595" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) altering or enhancing the intended speed, course, or direction of a carnival or amusement device;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="06649BB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) using, touching, or tampering with the controls of a carnival or amusement device designed solely to be operated by the owner of the carnival or amusement device or the owner's agent or employee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="1C9BB8F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) extending arms and legs beyond the carrier or seating area of a carnival or amusement device except at the express direction of the owner of the carnival or amusement device or the owner's agent or employee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6F043B26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) throwing, dropping, or expelling an object from or toward a carnival or amusement device, except as permitted by the owner of the carnival or amusement device or the owner's agent or employee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="63B848BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) getting on or off a carnival or amusement device, except at the designated time and area, if any, at the direction of the owner of the carnival or amusement device or the owner's agent or employee or in an emergency;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="306F6F75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(j) not reasonably controlling the speed or direction of the rider or a carnival or amusement device that requires the rider to control or direct himself or the device; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="29C288F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(k) overloading a carnival or amusement device beyond its designed capacity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="62A63472" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A rider must not get on or attempt to get on a carnival or amusement device unless the rider, or the rider's parent or guardian on the rider's behalf, reasonably determines that, at a minimum, the rider:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="0A42B596" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) has sufficient knowledge to use, get on, and get off the carnival or amusement device safely without instruction or has requested and received before getting on the carnival or amusement device sufficient information to get on, use, and get off the device safely;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="2D225080" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) has located, reviewed, and understood any signs in the vicinity of the carnival or amusement device and has satisfied any posted height or other restrictions or requirements;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="18228F1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) knows the range and the limits of his ability and knows that the requirements of the carnival or amusement device do not exceed those limits;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5CE8C5B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) is not under the influence of alcohol or any drug that affects his ability to safely use the carnival or amusement device or to obey the posted rules or warnings or instructions; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="38C7388C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) is authorized by the owner of the carnival or amusement device or the owner's agent or employee to get on the carnival or amusement device.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="39773D61" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(C)(1) A rider, or a rider's parent or guardian on the rider's behalf, shall report in writing to the owner of the carnival or amusement device any injury sustained on a carnival or amusement device before leaving the owner's premises, including:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="02BC2F3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the name, address, and phone number of the injured person;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="53B98CB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) a full description of the incident, the injuries claimed, and any treatment received and the location, date, and time of the injury;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="37FF8D22" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) the cause of the injury, if known; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="0D6F8B30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) the names, addresses, and phone numbers of any witnesses to the incident.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="33A10F04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) If a rider, or a rider's parent or guardian on the rider's behalf, is unable to file a report because of the severity of the rider's injuries, the rider, or the rider's parent or guardian, shall file the report as soon as reasonably possible.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="10249935" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) The failure of a rider, or a rider's parent or guardian on the rider's behalf, to report an injury under this subsection has no effect on the rider's right to commence a civil action.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="650F227A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="04F80C5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 30, § 1, eff January 1, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1BE40730" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="44F58C7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-330. Obligations of parents and guardians of riders.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7646095F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Parents or guardians of riders have a duty to ensure that the rider complies with all provisions of this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0E8A9E82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3E92BAF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 30, § 1, eff January 1, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1DC9E875" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6586D7FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-340. Detention by security officer for safety warning violation; defense in civil action for detention.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="355E3695" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A security or law enforcement officer may detain a person for a reasonable time in a reasonable manner for the purpose of conducting an investigation if the security or law enforcement officer has reasonable cause to believe that the person has violated any posted rules or warnings or instructions of the owner of the carnival or amusement device or the owner's agent or employee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="2B5A0344" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(B) In a civil action brought by a person resulting from a detention of a person by a security or law enforcement officer, it is a defense to that action that the security or law enforcement officer who detained the person had reasonable cause to believe that the person had violated a posted rule or warning or instruction of the carnival or amusement device owner, or of the owner's employee or agent, and that the security or law enforcement officer detained the person for a reasonable time in a reasonable </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>manner for the purpose of conducting an investigation of the alleged violation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4BBE8B64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="68C60498" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 30, § 1, eff January 1, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5D10DEB1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="196FBFF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-350. Notice of safety warning compliance obligation; place of posting.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="666200B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The owner of a carnival or amusement device shall display signs that include this statement:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="503663A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>State law requires riders to obey all posted signs and warnings and instructions and to behave in a manner that will not cause or contribute to injuring themselves or others. Riders must report all injuries before leaving.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="520777E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The owner shall display these signs at:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="7E0AA3F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) any station for reporting an injury;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="29F21622" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) any first aid station; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="4E961BFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) either:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="6021A22B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(a) any entrance or exit to or from the premises designated for riders; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3C67012D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) any area or structure at which riders may purchase admission or obtain authority to use a carnival or amusement device.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="16F2C543" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="562A37C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 30, § 1, eff January 1, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="58CF621D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5AB2EA23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 41-18-360. Wilful violations; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="127FD8B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person who wilfully violates this article is guilty of a misdemeanor and, upon conviction, must be fined not more than five hundred dollars or imprisoned not more than two months or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1F13C61A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="449AE458" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 30, § 1, eff January 1, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -7572,51 +8366,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -8053,66 +8847,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>