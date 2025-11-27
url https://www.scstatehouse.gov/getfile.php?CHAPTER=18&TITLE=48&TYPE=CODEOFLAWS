--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,4303 +1,3940 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfb55d9f2c0754815" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/89301029d1b4430580ba63734ecb834c.psmdcp" Id="Rc6c99d9ffa0e4806" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb7c6500eb9cd46f4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d3875463aa914d64a33c1e82830e886a.psmdcp" Id="Rc255f003ad9a4b06" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="512F6B93" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0F1517FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5BFAB7EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Erosion and Sediment Reduction Act of 1983</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="338ABD01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="59D02E34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-18-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5D353D4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be cited as the Erosion and Sediment Reduction Act of 1983.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5907E378" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="139F9060" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 277, § 2; 1993 Act No. 181, § 1219.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0FB9150D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="437B08CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-18-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="75BEEE2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...78 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="03EF5819" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(1) "Erosion" means the wearing away of the ground surface by the action of wind, water, gravity, or any combination thereof.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5E1AE3A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Sediment" means soil or other earth-like material that has been moved by the forces of water, wind, gravity, or any combination of them.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="224FDAEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Sedimentation" means the process or action of depositing sediment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="1FD3F6AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Land disturbing activity" means any land change which may result in excessive erosion and sedimentation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5A02672B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Stormwater" means the direct runoff of water and associated material resulting from precipitation in any form.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5EA2FD36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Local government" means any county or municipality.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...71 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="03300496" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(7) "Soil and water conservation district" or "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>conservation district" means a governmental subdivision of the State created pursuant to Chapter 9 of Title 48; and "conservation district board" means the governing body of a soil and water conservation district.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3AC0F491" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) "Department" means the South Carolina Department of Health and Environmental Control.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="25749AB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) "Privately owned land" means all land not owned by the State, a state agency, quasi-state agency, subdivision of the State, or a federal governmental agency.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="51ED4BB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) "Quasi-state agency" means any entity other than a state agency but having some attributes of a state agency by virtue of the fact that the State has some authority to make rules and regulations by which it is governed. For the purpose of this chapter, the South Carolina Public Service Authority is a quasi-state agency; county and municipal governments and special purpose districts are not quasi-state agencies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0C032C09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) "Board" means the board of the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="15E6F40C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="509A47B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 277, § 2; 1993 Act No. 181, § 1219.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7727EAEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="11F683C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-18-30. Exceptions from application of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5DB6F6B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter does not apply to the following:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0544479B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Activities regulated by the South Carolina Mining Act (Chapter 20 of Title 48).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="55824242" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) Beach erosion, which for the purpose of this chapter, means removal of soil, sand, or rock from the land adjacent to the ocean due to wave action.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0769F86C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="12CF3C2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 277, § 2; 1993 Act No. 181, § 1219.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="05ACCADD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3813AFFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-18-40. Duties and responsibilities of department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="60A005A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The department shall implement a statewide erosion and sediment reduction and stormwater management program as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="17C75752" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(1) The department is designated as the state agency responsible for developing, coordinating, and promoting erosion and sediment reduction and stormwater management programs in the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="36AA96CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The department must develop general guidelines for reducing erosion and sedimentation and improving stormwater management for use by conservation districts, local government, landowners, and land users of the State. The department must publicize and promote these guidelines through information and education programs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="654BB036" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) The department must conduct surveys, investigations, and assessments of erosion, sediment, and stormwater management problems.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="71D88A26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) The department must make available existing technical assistance upon request to local governments, conservation districts, landowners, and land users.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3ECE0E1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(5) The department must promulgate regulations for erosion and sediment reduction and stormwater management only on land either owned by the State, a state agency, or quasi-state agency or land under the management or control of such an entity through right-of-way easements or other agreements between such entities and private landowners, and must develop regulations for this purpose pursuant to Section 48-18-70. The regulations shall apply to privately owned lands only where they are under the management </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>or control of the State, a state agency, or quasi-state agency through right-of-way easements or other agreements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4EC543F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2D2129A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 277, § 2; 1993 Act No. 181, § 1219.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="141B7FD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2865D387" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-18-50. State Advisory Council on erosion and sediment reduction; membership; duties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="619A50C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) A state Advisory Council on Erosion and Sediment Reduction (State Advisory Council), which may include, but not be limited to, a representative of each of the following, must be appointed by the Governor upon the advice of the following agencies and organizations:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7BFF97A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>South Carolina Association of Counties</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0B42D62A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>South Carolina Municipal Association</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="4B9C631F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>South Carolina Association of Conservation Districts</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="4997EF4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>South Carolina Home Builders Association</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="15D77CF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Associated General Contractors, Inc.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5BA03949" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>South Carolina Association of Realtors</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="00E9A25C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>South Carolina Chapter, American Society of Landscape Architects</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="43644079" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>South Carolina Chapter, American Society of Civil Engineers</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3C4ECB77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Council of Governments Executive Director's Committee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="447F14EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>South Carolina Farm Bureau</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="176D5E41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>South Carolina State Grange</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5D576EF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Office of the Governor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7BCF2CDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>USDA-Soil Conservation Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="143EAB5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Clemson University</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="79F99CD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>South Carolina Department of Health and Environmental Control</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6D0523A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>South Carolina Forestry Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="15E8C254" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>South Carolina Forestry Association</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="75352E78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>South Carolina Chapter</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="03827C65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>American Institute of Architects</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="1DFCA099" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The department must provide staff support to the State Advisory Council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3C71783D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Duties of the State Advisory Council include, but are not limited to the following:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="66BD3D69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(a) Study the erosion and sediment reduction and stormwater management programs of other states and evaluate their applicability to South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="243624EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) Evaluate erosion, sedimentation, and stormwater conditions in the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5EE93314" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) Recommend improvements and changes to meet the needs for erosion and sediment reduction and stormwater management in the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="40B3CEFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) Assist the department with educational programs including, but not limited to, seminars, conferences, workshops, media productions, and written publication.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="73792B66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) Compile information pertaining to sedimentation of water bodies in the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="110D91D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) Evaluate and recommend conservation programs and technology for reducing erosion and sedimentation and improving stormwater management.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6FC80AFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) Evaluate the need for additional legislation for erosion and sediment reduction and stormwater management.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="60047293" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) Recommend appropriate recognition programs for landowners and land users implementing outstanding erosion and sediment reduction and stormwater management programs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6EB87166" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) Provide information to the department as needed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="601A8221" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="4A990B3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 277, § 2; 1993 Act No. 181, § 1219.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5EA2EC17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3924EE53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-18-60. Conservation districts; duties and responsibilities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="103FFF01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) The Conservation Districts shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7B0BD39E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) Assist in the development and promotion of erosion and sediment reduction and stormwater management programs as considered necessary by the conservation district boards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="324AE986" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) Provide leadership in the promotion of erosion and sediment reduction and stormwater management within their boundaries.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="24A9784B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) Coordinate and seek assistance of governmental agencies, organizations, landowners, and land users for erosion and sediment reduction and stormwater management.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="776664CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(d) Conduct demonstrations on erosion and sediment reduction and stormwater management utilizing proven conservation technology.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="19625023" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) Assist in the preparation of conservation plans for erosion and sediment reduction as requested by landowners and land users.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5FCFEED8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) Provide available technical assistance for erosion and sediment reduction and stormwater management planning upon request by landowners and land users.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2027AC7F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) Perform other duties as defined in the Conservation Districts Law (Chapter 9 of Title 48).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7994BD02" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Each conservation district must appoint an Advisory Council on Erosion and Sediment Reduction (Local Advisory Council) which may include, but not be limited to a:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2809EFA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) local homebuilder.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="1516861E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) local contractor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6C8B588F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) local realtor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="34DF9528" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) municipal councilman.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0779F7BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) county planning agency representative.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="43784EC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) county councilman.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="578A2838" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(g) conservation district commissioner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6CBFA174" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) county farm bureau representative.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="47E8C9C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) county grange representative.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7272BF1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(j) USDA-Soil Conservation Service representative.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="1F9E417F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(k) county extension service representative.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="40B29F34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(l) State Forestry Commission representative.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="4FCD7B19" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(m) local civil engineer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="09E22CAC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(n) local architect.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2A371E44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(o) local landscape architect.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="1372B740" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Duties of the Local Advisory Council include, but are not limited to, the following:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="4558307A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) Study the erosion and sediment reduction and stormwater management programs of other districts and evaluate their applicability to its respective district.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="79D89A33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) Evaluate erosion, sedimentation, and stormwater conditions in the district.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="60A53815" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(c) Recommend improvements and changes to meet the needs for erosion and sediment reduction and stormwater management in the district.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7B0DB5D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) Assist the district with educational programs, including but not limited to, seminars, conferences, workshops, media productions, and written publications.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="103B4E67" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) Compile information pertaining to sedimentation of water bodies in the district.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0D38AB95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) Evaluate and recommend conservation programs and technology for reducing erosion and sedimentation and improving stormwater management.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="402266EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) Evaluate the need for additional programs for erosion and sediment reduction and stormwater management.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="73F60A4A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) Recommend appropriate recognition programs for landowners and land users implementing outstanding erosion and sediment reduction and stormwater management programs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7651F942" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) Provide information to the district as needed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="35651F7F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0DC8F17A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 277, § 2; 1993 Act No. 181, § 1219.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3717BEC2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="59EB226C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-18-70. Promulgation of regulations by department; inspection of lands; responsibilities of Department of Transportation and Forestry Commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3FA7A096" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) The department shall promulgate regulations for erosion and sediment reduction and stormwater management only on land either owned by this State, a state agency, or quasi-state agency or land under the management or control of these entities through right-of-way easements or other agreements between these entities and private landowners, except that the regulations may not apply to forest land owned or managed by the South Carolina Forestry Commission. The regulations apply to privately-owned lands onl</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>y where they are under the management or control of this State, a state agency, or quasi-state agency through right-of-way easements or other agreements. The regulations must include, but not be limited to, technical standards, specifications, and guidelines for erosion and sediment reduction and stormwater management, and requirements for the implementation of the standards and specifications. The department shall develop and propose for approval the regulations provided for in this subsection in consultat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ion with the State Engineer, Division of General Services, and other state agencies as applicable. The State Engineer shall insure that the regulations are followed on all land and land disturbing activities under his jurisdiction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7F75F73C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The department or its designated representative may inspect land owned by this State, a state agency, or quasi-state agency or land under the management or control of these entities through right-of-way easements or other agreements between these entities and private landowners to determine existing erosion and sedimentation and stormwater management problems and to insure the implementation of the provisions of the regulations provided for in subsection (1) of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="46225B85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) A state agency found by the department to be in noncompliance with the erosion and sediment reduction and stormwater management standards provided for in subsection (1) of this section shall take the necessary steps indicated by the standards and specifications provided for in subsection (1) of this section to correct the problems.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="46228847" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) The department in consultation with the South Carolina Department of Transportation shall promulgate regulations for erosion and sediment reduction and stormwater management on land and land disturbing activities under the jurisdiction of the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="637E8C23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) The South Carolina Forestry Commission shall develop a plan, in consultation with the department, for erosion and sediment reduction and stormwater management on forest land owned or managed by the Forestry Commission, and shall implement the plan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2973473E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="38DEDF9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 277, § 2; 1991 Act No. 51, § 3A; 1993 Act No. 181, § 1219.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="090DEDF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3A17D217" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-18-80. Reports by conservation districts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="4A6DBB91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each conservation district must submit to the department an annual evaluation report with input from the Local Advisory Council on the progress in erosion and sediment reduction and stormwater management in the district. The department shall submit a comprehensive report to the Governor and the General Assembly every five years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0613E0CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="1DD327C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 277, § 2; 1993 Act No. 181, § 1219.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -4308,51 +3945,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -4789,66 +4426,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>