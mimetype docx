--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,3221 +1,3362 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R612e00575c174854" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6240ded0ba5b4663b3c8f62dce58e3a5.psmdcp" Id="R7615ab889d4f44f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb41aeff48e6547d4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f9f45cefef5941708efced7bea8d2a66.psmdcp" Id="R042aef1e8a8e44ea" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AA2AA1" w:rsidRDefault="00AA2AA1" w14:paraId="4448D916" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="76AE67D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="4D4D7E03" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Judge William R. Byars Youthful Offender Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="6DF945D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="4CE9988C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 24-19-5. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="2AA40E43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be cited as the "Judge William R. Byars Youthful Offender Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A0A81F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="28A0BC53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2016 Act No. 164 (S.1090), § 1, eff April 29, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="39F3C46A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="4EBFB408" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 24-19-10. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="6ED1356D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used herein:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="37B19C7C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) "Department" means the Department of Corrections.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="27B48457" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) "Division" means the Youthful Offender Division.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="28A3016C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) "Director" means the Director of the Department of Corrections.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="03176FC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) "Youthful offender" means an offender who is:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="1695AAEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) under seventeen years of age and has been bound over for proper criminal proceedings to the court of general sessions pursuant to Section 63-19-1210, for allegedly committing an offense that is not a violent crime, as defined in Section 16-1-60, and that is a misdemeanor, a Class D, Class E, or Class F felony, as defined in Section 16-1-20, or a felony which provides for a maximum term of imprisonment of fifteen years or less;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="299C2587" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(ii) seventeen but less than twenty-five years of age at the time of conviction for an offense that is not a violent crime, as defined in Section 16-1-60, and that is a misdemeanor, a Class D, Class E, or Class F felony, or a felony which provides for a maximum term of imprisonment of fifteen years or less;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="3E5AF3B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iii) under seventeen years of age and has been bound over for proper criminal proceedings to the court of general sessions pursuant to Section 63-19-1210, for allegedly committing burglary in the second degree (Section 16-11-312). If the offender committed burglary in the second degree pursuant to Section 16-11-312(B), the offender must receive and serve a minimum sentence of at least three years, no part of which may be suspended, and the person is not eligible for conditional release until the person ha</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>s served the three-year minimum sentence;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="6D97C876" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iv) seventeen but less than twenty-one years of age at the time of conviction for burglary in the second degree (Section 16-11-312). If the offender committed burglary in the second degree pursuant to Section 16-11-312(B), the offender must receive and serve a minimum sentence of at least three years, no part of which may be suspended, and the person is not eligible for conditional release until the person has served the three-year minimum sentence;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="215F1CC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(v) under seventeen years of age and has been bound over for proper criminal proceedings to the court of general sessions pursuant to Section 63-19-1210 for allegedly committing criminal sexual conduct with a minor in the third degree, pursuant to Section 16-3-655(C), and the alleged offense involved consensual sexual conduct with a person who was at least fourteen years of age at the time of the act; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="4A9D49A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(vi) seventeen but less than twenty-five years of age at the time of conviction for committing criminal sexual conduct with a minor in the third degree, pursuant to Section 16-3-655(C), and the conviction resulted from consensual sexual conduct, provided the offender was eighteen years of age or less at the time of the act and the other person involved was at least fourteen years of age at the time of the act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="136C1360" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) "Treatment" means corrective and preventive guidance and training designed to protect the public by correcting the antisocial tendencies of youthful offenders; this may also include vocational and other training considered appropriate and necessary by the division.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="23A3EBAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) "Conviction" means a judgment in a verdict or finding of guilty, plea of guilty, or plea of nolo contendere to a criminal charge where the imprisonment is at least one year, but excluding all offenses in which the maximum punishment provided by law is death or life imprisonment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="05027235" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="09D9C6F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 55-392; 1968 (55) 3031; 1993 Act No. 181, § 449; 1995 Act No. 7, Part I, § 29; 1996 Act No. 441, § 4; 2003 Act No. 25, § 1; 2010 Act No. 273, § 31, eff June 2, 2010; 2012 Act No. 255, § 10, eff June 18, 2012; 2016 Act No. 154 (H.3545), § 4, eff April 21, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="04225707" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="58010239" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2010 amendment rewrote the definition for "youthful offender".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="29174D0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2012 amendment substituted "criminal sexual conduct with a minor in the third degree pursuant to Section 16-3-655(C)" for "a lewd act upon a child pursuant to Section 16-15-140" in subsections (d)(v) and (d)(vi).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="574E32C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2016 Act No. 154, § 4, in (d), added a comma following "Section 63-19-1210" in (i) and (iii); and inserted "If the offender committed burglary in the second degree pursuant to Section 16-11-312(B)," in (iii) and (iv).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="61753D94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="181CDDC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 24-19-20. Youthful Offender Division created in Department of Corrections; staff.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="1878E1A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is hereby created within the Department of Corrections a Youthful Offender Division. The division shall be staffed by appointees and designees of the Director of the Department of Corrections. The staff members shall be delegated such administrative duties and responsibilities as may be required to carry out the purpose of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="66EB3A26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="4B2F26B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 55-391; 1968 (55) 3031; 1993 Act No. 181, § 450.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="617C2B7C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="06AF7951" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 24-19-30. Duties of Division.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="6983DBFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The division shall consider problems of treatment and correction; shall consult with and make recommendations to the director with respect to general treatment and correction policies and procedures for committed youthful offenders, and recommend orders to direct the release of youthful offenders conditionally under supervision and the unconditional discharge of youthful offenders; and take such further action and recommend such other orders to the director as may be necessary or proper to carry out the pu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>rpose of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5FAEE577" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="6A595CF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 55-393; 1968 (55) 3031; 1993 Act No. 181, § 451.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="58CD6F18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="41F6465D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 24-19-40. Adoption of rules.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="5583F210" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>The division shall adopt such rules as the South Carolina Department of Corrections approves and promulgate them as they apply directly or indirectly to its procedure.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="28C6DAFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="22F98085" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 55-394; 1968 (55) 3031; 1993 Act No. 181, § 452.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2E30D4E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="3B2CE40E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 24-19-50. Powers of courts upon conviction of youthful offenders.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="5AECCA23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In the event of a conviction of a youthful offender the court may:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="334948B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) suspend the sentence and place the youthful offender on probation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="1EC7BC94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) release the youthful offender to the custody of the division before sentencing for an observation and evaluation period of not more than sixty days. The observation and evaluation must be conducted by the Reception and Evaluation Center operating under joint agreement between the Department of Vocational Rehabilitation and the Department of Corrections and the findings and recommendations for sentencing must be returned with the youthful offender to the court for sentencing;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="2128CB24" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) if the offender is under the age of twenty-one, without his consent, sentence the youthful offender indefinitely to the custody of the department for treatment and supervision pursuant to this chapter until discharged by the division, the period of custody not to exceed six years. If the offender is twenty-one years of age but less than twenty-five years of age, he may be sentenced in accordance with this item if he consents in writing;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="13D601D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) if the court finds that the youthful offender will not derive benefit from treatment, may sentence the youthful offender under any other applicable penalty provision. The youthful offender must be placed in the custody of the department;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="758AB23E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) not sentence a youthful offender more than once under this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="761402CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="2341DF21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 55-395; 1968 (55) 3031; 1996 Act No. 441, § 5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="11F28B3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="1A10011E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 24-19-60. Institutions for treatment of youthful offenders.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="54BBF305" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Youthful offenders shall undergo treatment in minimum security institutions, including training schools, hospitals, farms, forestry and other camps, including vocational training facilities and other institutions and agencies that will provide the essential varieties of treatment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="2CB52E33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The director, as far as is advisable and necessary, shall designate, set aside and adopt institutions and agencies under the control of the department and the division for the purpose of carrying out the objectives of this chapter. The director may further maintain a cooperative program with the Department of Vocational Rehabilitation involving the operation of reception and evaluation centers, utilizing funds and staffing services of the department which are appropriate for matching with Federal Vocationa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>l Rehabilitation funds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="70CE8AC6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>Insofar as practical and to the greatest degree possible, such institutions, facilities and agencies shall be used only for the treatment of committed youthful offenders, and such youthful offenders shall be segregated from other offenders, and classes of committed youthful offenders shall be segregated according to their needs for treatment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="38978076" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="052F76E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 55-396; 1968 (55) 3031; 1993 Act No. 181, § 453.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7A46CC0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="33360D2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 24-19-70. Facilities for Division provided by Department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="2C6D82D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Facilities for the Division are to be provided from facilities of the Department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D02FF8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="1FF3976F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 55-397; 1968 (55) 3031.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3BFAE7EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="2523FCEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 24-19-80. Reception and evaluation centers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="62658A84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The director may establish agreements with the Department of Vocational Rehabilitation for the operation of reception and evaluation centers. The reception and evaluation centers shall make a complete study of each committed youthful offender, including a mental and physical examination, to ascertain his personal traits, his capabilities, pertinent circumstances of his school, family life, any previous delinquency or criminal experience, and any mental or physical defect or other factor contributing to his</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> delinquency. In the absence of exceptional circumstances, such study shall be completed within a period of thirty days. The reception and evaluation center shall forward to the director and to the division a report of its findings with respect to the youthful offender and its recommendations as to his treatment. At least one member of the division shall, as soon as practicable after commitment, interview the youthful offender, review all reports concerning him and make such recommendations to the director </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>and to the division as may be indicated.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="768B9525" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="0CFEB26E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 55-398; 1968 (55) 3031; 1993 Act No. 181, § 454.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4235F0FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="685EFD2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 24-19-90. Reports and recommendations, director's options.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="3B5A53A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>On receipt of the report and recommendations from the Reception and Evaluation Center and from the members of the division, the director may:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="2150BC57" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) recommend to the division that the committed youthful offender be released conditionally under supervision; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="14BC5016" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) allocate and direct the transfer of the committed youthful offender to an agency or institution for treatment; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="461063DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) order the committed youthful offender confined and afforded treatment under such conditions as he believes best designed for the protection of the public.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7306C23F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="599557CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 55-399; 1968 (55) 3031; 1993 Act No. 181, § 455.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="75F2491F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="698B6EBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 24-19-100. Transfer of youthful offenders.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="403C0CDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>The director may transfer at any time a committed youthful offender from one agency or institution to any other agency or institution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="203E81E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="7CA8AF36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 55-400; 1968 (55) 3031; 1993 Act No. 181, § 456.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2878210F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="1FD9E476" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 24-19-110. Conditional release of youthful offenders; search and seizure; fee; victim notification.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="783B414C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The division may at any time after reasonable notice to the director release conditionally under supervision a committed youthful offender. Before a youthful offender may be conditionally released, the youthful offender must agree in writing to be subject to search or seizure, without a search warrant, with or without cause, of the youthful offender's person, any vehicle the youthful offender owns or is driving, and any of the youthful offender's possessions by:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="11900192" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) his supervisory agent;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="3D672093" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) any probation agent employed by the Department of Probation, Parole and Pardon Services; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="0C318890" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) any other law enforcement officer. A youthful offender must not be conditionally released by the division if he fails to comply with this provision.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="74FE7A33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>However, a youthful offender who was convicted of or pled guilty or nolo contendere to a Class C misdemeanor or an unclassified misdemeanor that carries a term of imprisonment of not more than one year may not be required to agree to be subject to search or seizure, without a search warrant, with or without cause, of the youthful offender's person, any vehicle the youthful offender owns or is driving, or any of the youthful offender's possessions. When, in the judgment of the director, a committed youthful</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> offender should be released conditionally under supervision, he shall so report and recommend to the division. The conditions of release must include the requirement that the youthful offender must permit the search or seizure, without a search warrant, with or without cause, of the youthful offender's person, any vehicle the youthful offender owns or is driving, and any of the youthful offender's possessions by:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="7C0DE647" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) his supervisory agent;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="02AE4A96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) any probation agent employed by the Department of Probation, Parole and Pardon Services; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="55D229A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) any other law enforcement officer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="719F578D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>However, the conditions of release of a youthful offender who was convicted of or pled guilty or nolo contendere to a Class C misdemeanor or an unclassified misdemeanor that carries a term of imprisonment of not more than one year may not include the requirement that the youthful offender agree to be subject to search or seizure, without a search warrant, with or without cause, of the youthful offender's person, any vehicle the youthful offender owns or is driving, or any of the youthful offender's possess</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="707DE60D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">By enacting this provision, the General Assembly intends to provide law enforcement with a means of reducing recidivism and does not authorize law enforcement officers to conduct searches for the sole purpose of harassment. Immediately before each search or seizure conducted pursuant to this section, the law enforcement officer seeking to conduct the search or seizure must verify with the Department of Probation, Parole and Pardon Services or by any other means available to the officer that the individual </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>upon whom the search or seizure will be conducted is currently on parole or probation or that the individual is currently subject to the provisions of his conditional release. A law enforcement officer conducting a search or seizure without a warrant pursuant to this section shall report to the law enforcement agency that employs him all of these searches or seizures, which shall include the name, address, age, gender, and race or ethnicity of the person that is the subject of the search or seizure. The law</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> enforcement agency shall submit this information at the end of each month to the Department of Probation, Parole and Pardon Services for review of abuse. A finding of abuse of the use of searches or seizures without a search warrant must be reported by the Department of Probation, Parole and Pardon Services to the State Law Enforcement Division for investigation. If the law enforcement officer fails to report each search or seizure pursuant to this subsection, he is subject to discipline pursuant to the em</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ploying agency's policies and procedures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="23CC9EBB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The division may regularly assess a reasonable fee to be paid by the youthful offender who is on conditional release to offset the cost of his supervision.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="5C9F8DAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(C) The division may discharge a committed youthful offender unconditionally at the expiration of one year from the date of conditional release.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="1CB7F1F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(D) The division must notify a victim registered pursuant to Article 15, Chapter 3, Title 16 before conditionally releasing or unconditionally discharging a youthful offender. The division has the authority to deny conditional release and unconditional discharge based upon information received from the victim as to the suitability of the release.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7AE041BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="64B51EFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 55-400.1; 1968 (55) 3031; 1980 Act No. 634; 1993 Act No. 181, § 457; 2010 Act No. 151, § 5, eff April 28, 2010; 2010 Act No. 273, § 33, eff June 2, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="3EC66A80" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="518B9DF5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2010 Act No. 151, §§ 2 and 16, provide:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="4FA22AEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 2. It is the intent of the General Assembly of South Carolina to provide law enforcement officers with the statutory authority to reduce recidivism rates of probationers and parolees, apprehend criminals, and protect potential victims from criminal enterprises."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="02F8AD6E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 16. In any instance in which a law enforcement officer has failed to make the reports necessary to the State Law Enforcement Division for warrantless searches, then in the absence of a written policy by the employing agency enforcing the reporting requirements, the otherwise applicable state-imposed, one-day suspension without pay applies."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="76063E9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="077DFD45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The first 2010 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="1D78A934" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The second 2010 amendment inserted subsection (D) relating to victim notification.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7E8AFF09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="1F21CD2F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 24-19-120. Release of youthful offenders.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="07072F91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A youthful offender shall be released conditionally under supervision on or before the expiration of four years from the date of his conviction and shall be discharged unconditionally on or before six years from the date of his conviction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="61D72971" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The division must notify a victim registered pursuant to Article 15, Chapter 3, Title 16 before conditionally releasing or unconditionally discharging a youthful offender.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="02D52B13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="72EC7892" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 55-400.2; 1968 (55) 3031; 2010 Act No. 273, § 34, eff June 2, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="1B8C25AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="2559587A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2010 amendment added the subsection identifiers and added subsection (B) relating to notification to a registered victim.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6602E8EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="6EE52DA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 24-19-130. Orders, revocation or modification by the Division.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="0F18B701" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Division may revoke or modify any of its previous orders respecting a committed youthful offender except an order of unconditional discharge.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4A068C9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="281F884B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 55-400.3; 1968 (55) 3031.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="473B7989" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="7C379414" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 24-19-140. Supervisory agents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="41E13800" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Committed youthful offenders permitted to remain at liberty under supervision or conditionally released shall be under the supervision of supervisory agents appointed by the Division. The Division is authorized to encourage the formation of voluntary organizations composed of members who will serve without compensation as voluntary supervisory agents and sponsors. The powers and duties of voluntary supervisory agents and sponsors shall be limited and defined by regulations adopted by the Division.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C8F7A6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="6A804246" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 55-400.4; 1968 (55) 3031.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="55CDDA60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="062F8208" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 24-19-150. Further treatment; return to custody.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="775795CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If, at any time before the unconditional discharge of a committed youthful offender, the Division is of the opinion that such youthful offender will be benefited by further treatment in an institution or other facility any member of the Division may direct his return to custody or if necessary may issue a warrant for the apprehension and return to custody of such youthful offender and cause such warrant to be executed by an appointed supervisory agent, or any policeman. Upon return to custody, such youthfu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>l offender shall be given an opportunity to appear before the Division or a member thereof. The Division may then or at its discretion revoke the order of conditional release.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="08073978" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="598BC8DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 55-400.5; 1968 (55) 3031.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5FB7C5EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="7765B6A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 24-19-160. Courts' powers not affected; jurisdiction of Department of Probation, Parole and Pardon Services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="32755D76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nothing in this chapter limits or affects the power of a court to suspend the imposition or execution of a sentence and place a youthful offender on probation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="1ED4EDD3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nothing in this chapter may be construed to amend, repeal, or affect the jurisdiction of the Department of Probation, Parole, and Pardon Services or the Probation, Parole, and Pardon Services Board. For purposes of community supervision or parole, a sentence pursuant to Section 24-19-50(e) shall be considered a sentence for six years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="18757409" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D435D6" w:rsidRDefault="00D435D6" w14:paraId="2AB63985" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 55-400.6; 1968 (55) 3031; 1988 Act No. 480, § 17; 1993 Act No. 181, § 458; 1995 Act No. 83, § 37.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -3226,51 +3367,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -3707,66 +3848,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>