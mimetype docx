--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,1003 +1,1143 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6b7408e401534004" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/374d7ef3e9be432eb4c2706fde61be59.psmdcp" Id="R4e33d9ffbcf54d4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6063155c577f48ae" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0939248668e94fdd9e2abb1f4e91b4d6.psmdcp" Id="R3ecef30eb1e143d5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A33886" w:rsidRDefault="00A33886" w14:paraId="72F785A7" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="49B24F7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="239D2FAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Prisoners of War Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="1BB40171" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="10ED6D17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 25-19-10. Prisoners of war commission; members; terms; vacancies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="50748D81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is established a Prisoner of War Commission in South Carolina composed of one member from each congressional district and one member from the State at large, to be appointed by the Governor with the advice and consent of a majority of the Senate members representing the congressional district involved and a majority of the House of Representatives members representing the congressional district involved. A chairman must be elected annually by the commission from its membership. All members must be fo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>rmer prisoners of war. The South Carolina Department of the American Ex-Prisoners of War may submit to the Governor names and biographical data on former prisoners of war willing and able to serve. Their terms are for four years and until their successors are appointed and qualify. Vacancies must be filled by the Governor for the remainder of an unexpired term.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="02BA67A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="2F44D4F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 545, § 1; 2012 Act No. 279, § 9, eff June 26, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="26E36D7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="52055F4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2012 Act No. 279, § 33, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="193C03C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Due to the congressional redistricting, any person elected or appointed to serve, or serving, as a member of any board, commission, or committee to represent a congressional district, whose residency is transferred to another district by a change in the composition of the district, may serve, or continue to serve, the term of office for which he was elected or appointed; however, the appointing or electing authority shall appoint or elect an additional member on that board, commission, or committee from th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>e district which loses a resident member as a result of the transfer to serve until the term of the transferred member expires. When a vacancy occurs in the district to which a member has been transferred, the vacancy must not be filled until the full term of the transferred member expires. Further, the inability to hold an election or to make an appointment due to judicial review of the congressional districts does not constitute a vacancy."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="6E363145" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="12A1AD09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2012 amendment removed ", except that the initial members from the first, third, and fifth congressional districts shall serve for terms of two years" and made other, nonsubstantive, changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4C658EEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="76561787" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 25-19-20. Commission attached to Department of Veterans' Affairs; location of commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="391B929D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The commission is attached to the Department of Veterans' Affairs for logistical and staff support only and may be located in Columbia in space provided by the Department of Administration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="235E4790" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="308D62A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 545, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="4D22CF74" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="1CE403B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, references in this section to the offices of the former State Budget and Control Board, Office of the Governor, or other agencies, were changed to reflect the transfer of them to the Department of Administration or other entities, pursuant to the directive of the South Carolina Restructuring Act, 2014 Act No. 121, § 5(D)(1), effective July 1, 2015.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="136A8FFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="289C5689" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 25-19-30. Meetings of commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="16A95A3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>The commission shall meet at least two times yearly at a time and a place and on a date designated by the chairman and at other times at the call of the chairman or upon the request of a majority of the members.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D9CBE8A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="6DABB73F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 545, § 3; 2000 Act No. 224, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7F759418" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="26144275" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 25-19-40. Functions of commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="70BECEB1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The functions of the commission include the following:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="182593BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) develop and maintain an up-to-date listing of all former prisoners of war residing in South Carolina;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="78A6F714" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) coordinate all South Carolina related former prisoner of war functions;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="3FBFFE1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) review, discuss, and make recommendations concerning the adequacy, policies, and practices of medical services care and treatment at the Veterans Administration facilities in South Carolina;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="583088A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) review, discuss, and make recommendations concerning the policies and practices in regard to disability compensation for former prisoners of war under laws administered by the Veterans Administration;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="32B47306" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) coordinate the deficiencies and recommendations for improvement of items (3) and (4) with officials of the designated Veterans Administration facilities;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="5E2B9821" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) plan and implement studies, surveys, publications, and use of media that inform former prisoners of war of their rights and forms of compensation, both under federal and state laws and regulations;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="24B396B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) develop and maintain close liaison in all foregoing functions with the South Carolina Department and chapters of the American Ex-Prisoners of War and all other veteran organizations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5343175E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="6319D517" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 545, § 4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B477B7F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="1902F149" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 25-19-50. Annual report of commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="059C8D0D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The commission annually shall submit a written report to the Governor, the President of the Senate, the Speaker of the House of Representatives, and each member of the South Carolina Congressional Delegation in Washington, D. C., detailing its policies and goals established pursuant to Sections 25-19-10 et seq., its efforts and actions in carrying out its functions, and their results. It shall make special reports it considers desirable. The commission may make suggestions it considers advisable concerning</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> legislative, executive, or administrative actions which would serve to improve benefits and services available to former prisoners of war and their families.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="14C33360" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="343202D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 545, § 5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6277059D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="7AC212CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 25-19-60. Compensation of commission members; funding of commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="1E307961" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The members of the commission shall receive the mileage, per diem, and subsistence provided by law for members of state boards, committees, and commissions for each meeting attended. The commission shall receive funding as may be provided by the General Assembly in the annual general appropriations act necessary for carrying out the commission's functions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="39C2EE44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E21B6F" w:rsidRDefault="00E21B6F" w14:paraId="40F43998" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 545, § 6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1008,51 +1148,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1489,66 +1629,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>