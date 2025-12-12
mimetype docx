--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -1,223 +1,221 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ree6d2a5d40134d97" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6dd8b79a326449a7956c0c791bb4b0fe.psmdcp" Id="R1400c856ef3a48e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7a4343f25ee8451d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4eec834b47b644cdb52230f82d10afdf.psmdcp" Id="R77b220c667914b6e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006126F1" w:rsidRDefault="006126F1" w14:paraId="4F753499" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006665D7" w:rsidRDefault="006665D7" w14:paraId="244ADB3D" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CHAPTER 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006665D7" w:rsidRDefault="006665D7" w14:paraId="3BDBEE3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>CHAPTER 2</w:t>
-[...5 lines deleted...]
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Authority to Agree—Governing Board Membership</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006126F1" w:rsidRDefault="006126F1" w14:paraId="553114F2" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006665D7" w:rsidRDefault="006665D7" w14:paraId="4B8AF2F9" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006126F1" w:rsidRDefault="006126F1" w14:paraId="5BE4C378" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006665D7" w:rsidRDefault="006665D7" w14:paraId="2FF9EA98" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 13-2-10.  Authorized Agreements.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006665D7" w:rsidRDefault="006665D7" w14:paraId="753ACEF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Authority to Agree—Governing Board Membership</w:t>
-[...13 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notwithstanding any other provision of law, the South Carolina Department of Social Services and the South Carolina Department of Health and Environmental Control, or any other state agency, are hereby authorized to enter into written agreements with any other state agency or interagency council, whether created by statute or executive order, to ensure that the purposes and function of comprehensive development programs can be more effectively and efficiently implemented.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006665D7" w:rsidRDefault="006665D7" w14:paraId="49D9085A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Pro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vided, however, that no agency shall commit any funds by contract unless previously appropriated by the General Assembly. Provided, that any state agency which is created by executive order, and exercising the provisions of this section, shall contain at least four members of the legislature on its governing board, two of whom shall be selected from the membership of the Senate by the President of that body and two of whom shall be selected from the membership of the House of Representatives by the Speaker </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of that body.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006126F1" w:rsidRDefault="006126F1" w14:paraId="1E2C30CD" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5838A10B" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006665D7" w:rsidRDefault="006665D7" w14:paraId="2D07ACD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...44 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 181, § 249, eff July 1, 1993.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -228,51 +226,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -709,66 +707,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>