--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -1,222 +1,215 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R30ee1f2c837b42c2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5912e2c234b44e9aa012fcbc07f9cd96.psmdcp" Id="R7f0d92be606941fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R07f619c41ce14b67" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e24297643a44dc3901eb4ca09ee81e3.psmdcp" Id="Raffc0d762bcc458e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A6745F" w:rsidRDefault="00A6745F" w14:paraId="7AC64F64" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008B19E5" w:rsidRDefault="008B19E5" w14:paraId="213B444C" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>CHAPTER 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008B19E5" w:rsidRDefault="008B19E5" w14:paraId="68847557" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>CHAPTER 2</w:t>
-[...6 lines deleted...]
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Contracts Against Public Policy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A6745F" w:rsidRDefault="00A6745F" w14:paraId="21F0E29C" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008B19E5" w:rsidRDefault="008B19E5" w14:paraId="187BF301" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A6745F" w:rsidRDefault="00A6745F" w14:paraId="7236BB70" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008B19E5" w:rsidRDefault="008B19E5" w14:paraId="19573294" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 32-2-10. Hold harmless clauses in certain construction contracts.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008B19E5" w:rsidRDefault="008B19E5" w14:paraId="26FB53E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>Contracts Against Public Policy</w:t>
-[...15 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...44 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Notwithstanding any other provision of law, a promise or agreement in connection with the design, planning, construction, alteration, repair or maintenance of a building, structure, highway, road, appurtenance or appliance, including moving, demolition and excavating, purporting to indemnify the promisee, its independent contractors, agents, employees, or indemnitees against liability for damages arising out of bodily injury or property damage proximately caused by or resulting from the sole negligence of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>the promisee, its independent contractors, agents, employees, or indemnitees is against public policy and unenforceable. Nothing contained in this section shall affect a promise or agreement whereby the promisor shall indemnify or hold harmless the promisee or the promisee's independent contractors, agents, employees or indemnitees against liability for damages resulting from the negligence, in whole or in part, of the promisor, its agents or employees. The provisions of this section shall not affect any in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>surance contract or workers' compensation agreements; nor shall it apply to any electric utility, electric cooperative, common carriers by rail and their corporate affiliates or the South Carolina Public Service Authority.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2727AE27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008B19E5" w:rsidRDefault="008B19E5" w14:paraId="0CFEA74E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>the promisee, its independent contractors, agents, employees, or indemnitees is against public policy and unenforceable. Nothing contained in this section shall affect a promise or agreement whereby the promisor shall indemnify or hold harmless the promisee or the promisee's independent contractors, agents, employees or indemnitees against liability for damages resulting from the negligence, in whole or in part, of the promisor, its agents or employees. The provisions of this section shall not affect any in</w:t>
-[...22 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1980 Act No. 466.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -227,51 +220,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -708,66 +701,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>