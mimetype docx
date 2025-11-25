--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,539 +1,595 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8f00f7c373eb48c1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa1f168a0bd24fb2a9d62a57d8f79d4f.psmdcp" Id="Ree9abd8194784278" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re31273c882814e15" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54cf937925d848168e736a9499f8bf16.psmdcp" Id="R91c736316a2c45e6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0088294B" w:rsidRDefault="0088294B" w14:paraId="3B560104" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="0DA2D7E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="03285A5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Penalties</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="6F1E52B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="28EB0535" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-2-10. Administrative penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="4A651684" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Unless otherwise specifically provided by law, the following administrative penalties apply for each violation of the insurance laws of this State or federal insurance laws subject to enforcement by the Department of Insurance:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="7A0915A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) If the violator is an insurer, pharmacy benefits manager, or a health maintenance organization licensed in this State, the director or his designee shall fine the violator in an amount not to exceed fifteen thousand dollars, suspend or revoke the violator's authority to do business in this State, or both. If the violation is wilful, the director or his designee shall fine the violator in an amount not to exceed thirty thousand dollars, suspend or revoke the violator's authority to do business in this S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>tate, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="1420857A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) If the violator is a person, other than an insurer, pharmacy benefits manager, or a health maintenance organization, licensed by the director or his designee in this State, the director or his designee shall fine the person in an amount not to exceed two thousand five hundred dollars, suspend or revoke the license of the person, or both. If the violation is wilful, the director or his designee shall fine the person in an amount not to exceed five thousand dollars, suspend or revoke the license of the p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>erson, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="7141B9DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>(B) The penalties in subsection (A) are in addition to any criminal penalties provided by law or any other remedies provided by law. The administrative proceedings in subsection (A) do not preclude civil or criminal proceedings from taking place before, during, or after the administrative proceeding.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1EF33807" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="61E8648C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 374, § 1; 1993 Act No. 181, § 531; 2018 Act No. 219 (H.4657), § 1, eff May 18, 2018; 2019 Act No. 48 (S.359), § 2, eff January 1, 2021.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="7122B9E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="2A4B3112" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 219, § 1, inserted the (A) and (B) designators; in (A), inserted "or federal insurance laws subject to enforcement by the Department of Insurance" following "laws of this State", in (1), deleted "(a)" preceding "fine the violator" in two places and deleted "or (b)" preceding "suspend or revoke" in two places, and in (2), deleted "(a)" preceding "fine the person" in two places and deleted "or (b)" preceding "suspend or revoke" in two places; and in (B), substituted "subsection (A)" for "items (1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>) and (2)" in two places.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="55C81B6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 48, § 2, in (A), in (1) and (2), in the first sentences, inserted ", pharmacy benefits manager,".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6FC6BE3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="4A1FF658" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-2-20. Penalties for conviction of misdemeanor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="72062DC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any person convicted of a misdemeanor defined in this title must be punished by a fine of not more than two thousand five hundred dollars or by imprisonment for not more than two years, or both, unless another penalty is specifically provided by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4356C0F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="412FCE43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 374, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4052C8A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="35D23D5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-2-30. Penalties for acting without license required by this title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="1FADD7D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any person who performs an act without a license required by this title is guilty of a misdemeanor and, upon conviction, must be fined not more than ten thousand dollars or imprisoned for two years, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="714CF657" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="65DEFD08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 374, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -544,51 +600,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1025,66 +1081,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>