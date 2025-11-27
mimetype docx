--- v0 (2025-10-09)
+++ v1 (2025-11-27)
@@ -1,18651 +1,20175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R457f7f3a62ae4848" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cca23f4165414e448b5871805f3a4632.psmdcp" Id="Re1ff9b61e5ab4797" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra94ede814c2d4db1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8e203ee94bc248ae9911f1da398f1809.psmdcp" Id="Raa285253644f4dbd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0000746D" w:rsidRDefault="0000746D" w14:paraId="2F6BF229" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1920CAB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0A3ABA1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Accountants</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5F224CAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2F2AD973" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="48E36BC6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Regulation of Certified Public Accountants and Public Accountants</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6FB5E9B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2940C1CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-5. Purpose of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1EF86E3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It is the policy of this State, and the purpose of this chapter, to promote the reliability of information used for guidance in financial transactions or for accounting or for assessing the financial status or performance of commercial, noncommercial, and governmental enterprises. The public interest requires that persons professing special competence in accountancy or offering assurance of the reliability or fairness of presentation of such information shall have demonstrated their qualifications, and tha</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>t persons who have not demonstrated and maintained such qualifications not be permitted to represent themselves as having special competency or offering such assurance; that the conduct of persons licensed as having special competence in accountancy be regulated in all aspects of their professional work; that a public authority competent to prescribe and assess the qualifications and to regulate the conduct of licensees be established; and that the use of titles with a capacity or tendency to deceive the pu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>blic of the status or competence of the persons using such titles be prohibited.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B94484C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1E9B4AFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="45BC79B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="31F3D023" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6CEE3636" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="45C27C62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-10. South Carolina Board of Accountancy created; membership; terms; filling of vacancies; administrator.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="19620DB1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A)(1) There is created the South Carolina Board of Accountancy which is responsible for the administration and enforcement of this chapter. The board shall consist of eleven members appointed by the Governor, all of whom must be residents of this State and:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6483A95C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) there must be one resident licensed certified public accountant from each congressional district and one additional resident licensed certified public accountant from the public at large;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2F462C1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) one member must be a licensed public accountant or a licensed accounting practitioner; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="61731165" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) two members must be from the public at large, one of whom must be an attorney licensed in this State, who:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1BE39C58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) are not engaged in the practice of public accounting;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="15D029BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) have no financial interest in the profession of public accounting; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="26626AF7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iii) have no immediate family member in the profession of public accounting. As used in this section, "immediate family member" is defined in Section 8-13-100(18).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="75E1D6B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) Members are appointed for terms of four years and serve until their successors are appointed and qualify. Vacancies must be filled by the Governor for the unexpired portions of the term in the manner of the original appointment. The Governor shall remove a member of the board in accordance with Section 1-3-240.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0D0765CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Failure by a licensed certified public accountant to maintain residency in the district for which he is appointed shall result in the forfeiture of his office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4FC1C785" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The board shall elect annually from among its members a chairman, a vice chairman, and a secretary. The board shall meet at least two times a year at places fixed by the chairman. Meetings of the board must be open to the public except those concerned with investigations under Section 40-2-80 and except as necessary to protect confidential information in accordance with board regulations, federal law, state law, or Section 40-2-90(C). A majority of the board members in office constitutes a quorum at an</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>y meeting of the board. A board member shall attend meetings or provide proper notice and justification of inability to attend. Unexcused absences from meetings may result in removal from the board as provided for in Section 1-3-240.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4026CC5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The board shall have a seal which must be judicially noticed. In any court proceeding, civil or criminal, arising out of or founded upon any provision of this chapter, copies of any records certified as true copies under the seal of the board are admissible in evidence as proving the contents of these records.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7127D474" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(D) All monies collected by the Department of Labor, Licensing and Regulation from fees authorized to be charged by this chapter must be received and accounted for by the Department of Labor, Licensing and Regulation and must be deposited in the State Treasury. The budget of the board must include adequate funds for the expenses of administering the provisions of this chapter, which may include, but is not limited to, the costs of conducting investigations, of taking testimony, and of procuring the attendan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ce of witnesses before the board or its committees; all legal proceedings undertaken for the enforcement of this chapter; participation in national efforts to regulate the accounting profession, and educational and licensing programs for the benefit of the public, the licensees and their employees. Initial fees must be established by the board and shall serve as the basis for necessary adjustments in accordance with Section 40-1-50(D).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7C8A2C1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The board may appoint committees or persons, to advise or assist it in the administration and enforcement of this chapter, as it sees fit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6851E5DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F)(1) The director shall designate for the use of the board one full-time administrator who is a certified public accountant licensed in this State. The administrator's primary responsibility is to administer the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4D26AB57" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) A person employed by the board under this section may be terminated by the director.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4BFCBC84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="26BE8BA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2014 Act No. 268 (H.3459), § 1, eff June 9, 2014; 2015 Act No. 51 (S.301), § 1, eff June 3, 2015; 2019 Act No. 68 (H.3785), § 1, eff May 16, 2019; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="59AB294C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="67A6E818" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 268, § 1, added subsection (F), relating to the administrator.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="70EEABB1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2015 Act No. 51, § 1, rewrote (A).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3C75039E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 68, § 1, in (B), in the third sentence, substituted "Section 40-2-80" for "Sections 40-2-80 and 40-2-90" and ", federal law, state law, or Section 40-2-90(C)" for "or state law".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6FE7CB35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, in (A)(1), in (a), inserted "and one additional resident licensed certified public accountant from the public at large" following "congressional district", and in (b), substituted "one member" for "two members"; and in (F)(1), in the second sentence, deleted "; provided, however, that the director may assign to the administrator additional duties and responsibilities within the department so long as the additional duties and responsibilities do not unreasonably occupy the administrato</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>r's time so that he does not thoroughly fulfill his duties and responsibilities to the board" from the end.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="723E1EA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7312D203" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="37A0E1E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="61867018" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "AICPA" means the American Institute of Certified Public Accountants or successor organizations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="05E09533" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2)(a) "Attest" means providing the following services:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5C8B323F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) any audit or other engagement to be performed in accordance with the Statements on Auditing Standards (SAS);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7D843897" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(ii) any review of a financial statement to be performed in accordance with the Statements on Standards for Accounting and Review Services (SSARS);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6076FE10" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iii) any examination of prospective financial information to be performed in accordance with the Statements on Standards for Attestation Engagements (SSAE);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7AEF0BB2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iv) any engagement to be performed in accordance with Public Company Accounting Oversight Board (PCAOB) Auditing Standards; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7E875E95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(v) any examination, review, or agreed upon procedure to be performed in accordance with the SSAE, other than an examination described in subsubitem (iii).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3DE0E6C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) Any standards specified in this definition shall be adopted by reference by the board pursuant to rulemaking and shall be those developed for general application by national accountancy organizations, such as the AICPA or the PCAOB.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7DB0A3BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Board" means the South Carolina Board of Accountancy.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2682DDB1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Client" means a person or entity that agrees with a licensee or licensee's employer to receive any professional service.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="095FCB64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Client records" means those accounting records or other records provided by a client or removed from a client's premises, including hardcopy and electronic reproductions of records, that belong to the client and that were provided to a certified public accountant, public accountant, or accounting practitioner by, or on behalf of, the client.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="56A1F4E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Compilation" means providing a service of any compilation engagement to be performed in accordance with SSARS.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2BCF2A2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "CPA-prepared records" means accounting or other records that a licensee or firm was not specifically engaged to prepare and that are not in a client's books and records or are otherwise not available to the client, which render the client's financial or tax information incomplete. Examples include adjusting, closing, combining, and consolidating journal entries, including computations supporting journal entries; depreciation schedules and supporting schedules; and documents that were proposed or prepa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>red as part of an engagement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0C5C7A49" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) "CPA work papers" are all other records created in the course of an engagement that are not client records, CPA work products or CPA-prepared records.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="408506E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) "CPA work products" are deliverables set forth in the terms of an engagement, such as tax returns.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1E73E0B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) "Department" means the Department of Labor, Licensing and Regulation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6AC6A482" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) "Direct" means the person supervised in the usual line of authority or is in a staff position reporting to the supervisor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...97 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7D50B7D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(12) "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Electronic files" means data files in a format created by software commonly available to the general public such as Adobe Acrobat, Microsoft Excel or Word, and consumer accounting programs. Electronic files do not include data files in a format created by proprietary software or software commonly unavailable to the general public.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0E288B43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(13) "Experience" means providing any type of service or advice involving the use of accounting, attest, compilation, management advisory, financial advisory, tax, or consulting skills whether gained through employment in government, industry, academia, or public practice.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3FBE5BCE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(14) "Firm" means a sole proprietorship, a corporation, a partnership, or any other form of organization registered under this chapter. "Firm" includes a person or persons practicing public accounting in the form of a proprietorship, partnership, limited liability partnership, limited liability company, or professional corporation or association.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5D84AAD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(15) "Firm ownership" means one hundred percent of the partners, members, managers, shareholders, and equity owners in a firm, which must be owners.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1D0B7058" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(16) "License" means authorization to practice as issued under this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3E4FC6A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(17) "Licensee" means the holder of a license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="79C39759" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(18) Reserved.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0EEA7CF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(19) "NASBA" means the National Association of State Boards of Accountancy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3B0379E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(20) "Non-CPA owner" means any owner in a firm who is not a currently licensed certified public accountant.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6168A717" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(21) "Owner" means any person who owns all or part of a firm.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="17041BF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(22) "Peer review" means a study, appraisal, or review of one or more aspects of the professional work of a licensee of the board or a firm registered with the board that performs attest or compilation services by a person or persons who hold certificates and who are not affiliated with the certificate holder or certified public accountant firm being reviewed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3D9B50B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(23) "Practice of accounting" means:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="68C7346B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) issuing a report on financial statements of a person, firm, organization, or governmental unit or offering to render or rendering any attest or compilation service. This restriction does not prohibit any act of a public official or public employee in the performance of that person's duties or prohibit the performance by a nonlicensee of other services involving the use of accounting skills, including the preparation of tax returns, management advisory services, and the preparation of financial statemen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ts without the issuance of reports; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="69D9539B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) using or assuming the title "Certified Public Accountant" or the abbreviation "CPA" or any other title, designation, words, letters, abbreviation, sign, card, electronic file, metadata tag, or any other device tending to indicate that the person is a certified public accountant.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="782438D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(24) "Preparation of financial statements" means any preparation of financial statements engagement to be performed in accordance with SSARS.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4BCB404A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(25) "Principal place of business" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means the office location designated by a licensee for the purposes of substantial equivalency and reciprocity.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6C6F03FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(26) "Professional" means arising out of or related to the specialized knowledge or skills associated with licensees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="20C7AC2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(27) "Registration" means an authorization, issued under this chapter, to practice as a firm.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0C316EBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(28) "Renewal due date" is February first of a licensing year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="633BAA16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(29) '"Renewal lapse date" is a date fifteen days subsequent to the renewal date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7EE060F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(30) "Report", when used with reference to any attest or compilation service, means an opinion, report, or other form of language that states or implies assurance as to the reliability of the attested information or compiled financial statements and that also includes or is accompanied by any statement or implication that the person or firm issuing it has special knowledge or competency in accounting or auditing. This statement or implication of special knowledge or competency may arise from use by the iss</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>uer of the report of names or titles indicating that the person or firm is an accountant or auditor. The term "report" includes any form of language which disclaims an opinion when the form of language is conventionally understood to imply positive assurance as to the reliability of the attested information or compiled financial statements referred to or special competency on the part of the person or firm issuing such language, or both; and it includes any other form of language that is conventionally unde</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>rstood to imply such assurance or such special knowledge or competency, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="29097794" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(31) "Resident manager" means a responsible party for a firm.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4A10B0AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(32) "State" means any state of the United States, the District of Columbia, Puerto Rico, the United States Virgin Islands, the Commonwealth of the Northern Mariana Islands, and Guam; except that "this State" means the State of South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="485D630B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(33) Reserved.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="14343AB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(34) "Supervision" means having jurisdiction, oversight, or authority over the practice of accounting and over the people who practice accounting.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3F642C23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(35) "Uniform CPA Examination" means the Uniform Certified Public Accountant Examination as prepared by the AICPA.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2BF2942F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7D115BFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2008 Act No. 351, §§ 1, 2; 2015 Act No. 51 (S.301), §§ 2.A, 2.B, 2.C, eff June 3, 2015; 2019 Act No. 68 (H.3785), § 2, eff May 16, 2019; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022; 2025 Act No. 34 (S.176), §§ 1, 2, 3, 15, eff June 30, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="46A720FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="44963804" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2015 Act No. 51, §§ 2.A, 2.B, 2.C, in (2), deleted "financial statement" before "services", and added (e); in (15)(a), deleted "on the financial statement" following "without the issuance of reports"; and in (17), substituted "any attest or compilation service" for "financial statements" and "reliability of the attested information or compiled financial statement" for "reliability of a financial statement" in the first sentence, and inserted "attested information or compiled" before "financial statements re</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ferred to" in the third sentence.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="158A5D9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 68, § 2, rewrote (5).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1320D000" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="71743C6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 34, § 1, in (2), made technical corrections.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="548E0584" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 34, § 2, in (23)(b), substituted "electronic file, metadata tag, or any other device" for "or device".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1770B361" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 34, § 3, deleted (33).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="59EC7CAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 34, § 15, deleted (18).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0B9F1686" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="578AB63A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-30. Licensing or registration requirement; form for issuance of report by person other than CPA or PA; use of titles CPA and PA; exemptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="23B8B1AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) It is unlawful for a person to engage in the practice of accountancy as regulated by this board without holding a valid license or registration or without qualifying for a practice privilege pursuant to Section 40-2-245.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3FD32109" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Only licensed certified public accountants or public accountants or individuals qualifying for a practice privilege pursuant to Section 40-2-245 may issue a report on financial statements of a person, firm, organization, or governmental unit or offer to render or render any attest or compilation service as defined, except as provided in Section 40-2-610. This restriction does not prohibit an act of a public official or public employee in the performance of that person's duties or prohibit the performan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ce by any nonlicensee of other services involving the use of accounting skills, including the preparation of tax returns, management advisory services, and the preparation of financial statements without the issuance of reports.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="347DCC9B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(C) Persons, other than certified public accountants or public accountants, may prepare financial statements and issue nonattest transmittals or information thereon which do not purport to be in compliance with the SSARS. Transmittals using the following language must not be considered the unlicensed practice of accountancy:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6836E7FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>"I (we) have prepared the accompanying (financial statements) of (name of entity) as of (time period) for the (period) then ended. This presentation is limited to preparing in the form of financial statements information that is the representation of management (owners).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="76F44605" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>I (we) have not audited or reviewed the accompanying financial statements and accordingly do not express an opinion or any other form of assurance on them."</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6B4C3BD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Only a person holding a valid license as a certified public accountant or qualifying for a practice privilege under Section 40-2-245 shall use or assume the title "Certified Public Accountant" or the abbreviation "CPA" or any other title, designation, words, letters, abbreviation, sign, card, or device indicating that the person is a certified public accountant.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4756EA75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) A firm may not provide attest services or assume or use the title "Certified Public Accountants," "Public Accountants," or the abbreviations "CPAs" and "PAs," or any other title, designation, words, letters, abbreviation, sign, card, electronic file, metadata tag, or any other device indicating the firm is a CPA firm unless:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="646FD9DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the firm holds a valid registration issued under this chapter or is exempt from the registration requirement by operation of subsection (I);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3E044331" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(2) ownership of the firm is in accordance with Section 40-2-40(C) and implementing regulations promulgated by the board, unless the firm is exempt from the registration requirement by operation of subsection (I); and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2AEFE50F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) owners who are not certified public accountants must be permitted to use the titles "principal," "partner," "owner," "officer," "member," or "shareholder" but must not hold themselves out to be certified public accountants.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="42B5203C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) A person must not assume or use the title "Public Accountant" or the abbreviation "PA" or any other title, designation, words, letters, abbreviation, sign, card, or device indicating that the person is a public accountant unless that person holds a valid registration issued under this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1CA6507E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G)(1) Only a person or firm holding a valid license or registration issued under this chapter, an individual qualifying for practice privileges under Section 40-2-245, or a firm exempt from the registration requirement by operation of subsection (I) shall assume or use any title or designation likely to be confused with the titles "Certified Public Accountant" or "Public Accountant" or use a similar abbreviation likely to be confused with the abbreviations "CPA" or "PA". The title "Enrolled Agent" or "EA"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> may only be used by individuals designated by the Internal Revenue Service.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="70EF2358" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Persons or firms that are not licensed or registered, individuals qualifying for practice privileges under Section 40-2-245, and firms exempt from the registration requirement by operation of subsection (I) may use designations granted by national accrediting organizations so long as those designations do not imply qualification to render any attest or compilation service.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="583C78BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(H) This section does not apply to a person or firm holding a certification, designation, degree, or license granted in a foreign country entitling the holder to engage in the practice of public accountancy or its equivalent in that country; whose activities in this State are limited to the provision of professional services to persons or firms who are residents of, governments of, or business entities of the country in which the person holds the entitlement; who performs no attest or compilation services </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>and who issues no reports, as defined in this chapter, with respect to the information of any other persons, firms, or governmental units in this State; and who does not use in this State any title or designation other than the one under which the person practices in their country, followed by a translation of the title or designation into the English language, if it is in a different language, and by the name of the country.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2739DDDB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(I)(1) Firms that do not have an office in this State may engage in the practice of accounting, without obtaining a registration pursuant to Section 40-2-40, as specified in this subsection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5E0256AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) A firm described in item (1) may perform services described in Section 40-2-20(2) for a client in this State, may engage in the practice of accounting, as specified in this section, and may use the title "CPA" or "CPA firm" only if the firm:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="407E554F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(a) has the qualifications described in Section 40-2-40(C) and Section 40-2-255(C);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0FBDF343" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) performs these services through an individual with practice privileges under Section 40-2-245; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4C0A0773" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) can lawfully perform these services in the state where the individual with practice privileges under Section 40-2-245 has his principal place of business.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="66C84B53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) A firm described in item (1) that is not subject to the requirements of item (2) may perform other professional services within the practice of accounting while using the title "CPA" or "CPA firm" in this State only if the firm:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="75CADD51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) performs these services through an individual with practice privileges under Section 40-2-245; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="071823F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) can lawfully do so in the state where these individuals with practice privileges have their principal place of business.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="49A45B90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(4) Notwithstanding any other provision of this section, it is not a violation of this section for a firm that does not hold a valid permit under Section 40-2-40 and which does not have an office in this State to provide its professional services or to engage in the practice of accounting so long as it complies with the requirements of item (2) or (3), whichever is applicable.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1A228EBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(J) Notwithstanding another provision of law, a licensed certified public accountant while in the performance of his duties is exempt from the licensing requirements of Chapter 18 of this title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6CD5A795" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="65C61211" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 1998 Act No. 325, § 2; 2004 Act No. 289, § 1; 2008 Act No. 351, § 3; 2014 Act No. 268 (H.3459), § 2, eff June 9, 2014; 2015 Act No. 51 (S.301), §§ 3.A, 3.B, eff June 3, 2015; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022; 2025 Act No. 34 (S.176), § 4, eff June 30, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="092A998E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3EA36D59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 268, § 2, added subsection (J), relating to exemption from private security and investigator requirements.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="38E82250" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2015 Act No. 51, §§ 3.A, 3.B, in (B), deleted "on the financial statements" at the end; in (H), substituted "reports, as defined in this chapter, with respect to the information" for "reports with respect to the financial statements"; (I)(2), substituted "item (1)" for "subsection (I)(1)", and deleted "(2)(e)" before "or (5)"; in (I)(3), substituted "item (1)" for "subsection (I)(1)", and substituted "item (2)" for "subsection (I)(2)"; and in (I)(4), substituted "item (2)" for "subsection (I)(2)".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="68F2C330" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="762C52B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 34, § 4, in (E), substituted "electronic file, metadata tag, or any other device" for "or device".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="31A0A00C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7F34977B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-35. Requirements for license to practice; fulfilling education, examinations, and experience requirements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="63C48114" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The board shall grant a license to practice as a certified public accountant to persons who make application and provide the following:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5BD5DEF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) evidence of good moral character, which includes a lack of a history of:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3111FAE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) any conviction of a felony that has an element of dishonesty or fraud or any other crime that has an element of dishonesty or fraud, under the laws of the United States, of this State, or of any other state if the acts involved constitute a crime under state laws;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4E1F8E10" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) an active or stayed revocation or suspension of any occupational license, privilege, or other authority to practice any licensed occupation by or before any state, federal, foreign, or other licensing or regulatory authority, provided that the grounds include wrongful conduct, such as fraud, dishonesty, or deceit, or any other conduct that evidences any unfitness of the applicant to practice public accountancy; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="311248E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) any acts that would be grounds for the revocation or suspension of a license if committed by a licensee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0B1EF384" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) a transcript or transcripts showing that the candidate meets the educational requirements pursuant to subsection (C);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="790146E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(3) evidence of a passing score on a standardized test of accounting knowledge, skills, and abilities approved by the board and substantially equivalent to the Uniform CPA Examination;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7DD42C89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) evidence of a passing score on an examination in professional ethics as approved by the board and an affidavit by the candidate acknowledging that he or she has read the statute and regulations governing the practice of accountancy in South Carolina and subscribes both to the spirit and letter of the statute and regulations and agrees to observe them faithfully in the performance of his or her professional work; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3C879268" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) evidence of appropriate experience.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="13DFB7B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(B)(1) In addition to other requirements established by law and for the purpose of determining an applicant's eligibility for licensure to practice as a certified public accountant, the board may require a state criminal records check, including fingerprints, performed by the South Carolina Law Enforcement Division, and a national criminal records check, including fingerprints, performed by the Federal Bureau of Investigation. The results of these criminal records checks must be reported to the board. The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>South Carolina Law Enforcement Division is authorized to retain the fingerprints for certification purposes and for notification of the board regarding criminal charges. The board shall keep information received pursuant to this section confidential, except that information relied upon in denying licensure may be disclosed as may be necessary to support the administrative action.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="58492CD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Notwithstanding any other provision of law to the contrary, the dismissal of a prosecution of fraudulent intent in drawing a dishonored check by reason of want of prosecution or proof of payment of restitution and administrative costs must not be used as evidence of a lack of good moral character for the purposes of disqualifying a person seeking licensure or renewal of licensure pursuant to this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5CA86BAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) The applicant must bear all costs associated with conducting criminal records checks.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5AE0E786" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) To meet the educational requirement for licensure, the applicant must:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4AB77D55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) have a baccalaureate degree or higher from an accredited institution;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0160E1D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) in addition to, or concurrently with, the degree in item (1), complete at least twenty-four semester credit hours, or the equivalent, of accounting courses at the junior level or above, that cover some or all of the following subject matter content:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7CEE54A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) financial accounting for business organizations;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0C5B363A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) financial statement and auditing and attestation services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2FE522E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) taxation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="68F30477" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) accounting information systems;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7B08A933" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(e) managerial or cost accounting;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="636335B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) mergers and acquisitions;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="42C5A427" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) data analytics;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="15440903" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(h) information systems or technology;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="29D03F56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) accounting ethics; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="78FBB563" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(j) other courses the board approves through a regulation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="599CE5F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) in addition to, or concurrently with, the degree in item (1), complete at least twenty-four semester credit hours, or the equivalent, of business-related courses, other than accounting, that cover some or all of the following subject matter content:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1409CB3C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) business law;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2889A148" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) economics;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5A36DF54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) management;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="70AD7645" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) marketing;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5F78949A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) finance;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="679E1234" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) business communications;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1295A726" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) data analytics;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2F02E2AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) information systems or technology;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3D92A9AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) business ethics; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5ED5171A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(j) other subject matter content the board approves through a regulation; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4564E878" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) in addition to meeting the combined requirements of items (1), (2), and (3), the experience requirements in Section 40-2-35(G) must be satisfied based on the applicant's highest level of education attained:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="731EF4D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) Applicants who have completed a baccalaureate degree, the applicant must also satisfy the experience requirements in Section 40-2-35(G)(1)(a), which requires two years of relevant professional experience.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="163F0628" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) Applicants who have completed a post-baccalaureate degree, or a baccalaureate degree with at least one hundred fifty total semester credit hours, must also satisfy the experience requirements in Section 40-2-35(G)(1)(b), which requires one year of relevant experience.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7C2AFFC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The board shall accept transcripts from a college or university holding an accreditation from an accreditation body approved by the United States Department of Education and shall accept education, training, and experience completed by an individual as a member of the military in Section 40-1-640. Official transcripts signed by the college or university registrar and bearing the college or university seal or verification through any service provided by NASBA must be submitted to demonstrate education a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>nd degree requirements. Photocopies of transcripts must not be accepted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3FD8CE76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) An applicant may apply for examination by submitting forms approved by the board. In order for an application to be considered a completed application, all blanks and questions on the application form must be completed and answered and all applicable documentation must be attached and:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="57BE436B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the application must be accompanied by the submission of photo identification, fingerprints, or other identification information as considered necessary to ensure the integrity of the exam administration;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="522F2CD8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) application fees must accompany the application. Fees for the administration of the examination must recover all costs for examination administration. The fees required for each examination must be published to applicants on the application form. If any payment form used in payment of examination fees fails to clear the bank, the application is considered incomplete and the application must be returned to the candidate; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="18187C38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) in addition to the requirements of subsections (C)(2) and (C)(3), the applicant must have on record with the board official transcripts demonstrating successful completion of either:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="57615001" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) at least one hundred twenty semester hours of credit; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="25BD4BB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) a conferred baccalaureate degree.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6C08ED28" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) To meet the exam requirement, a candidate must pass all sections of the Uniform CPA Examination.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="38475CDC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) A candidate may take the required test sections individually and in any order. Credit for each test section passed is valid for thirty-six months from the date the passing score is released to the candidate or the board by the National Association of State Boards of Accountancy (NASBA). The validity of credit for a section that is passed is not contingent upon the candidate achieving a minimum score on any failed section, nor is it dependent on the order in which other sections are taken.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="11FFBA10" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(a) A candidate must successfully pass all sections of the Uniform CPA Examination within a rolling thirty-six-month period, which begins on the date that the NASBA releases the first passing score to the candidate or the board, as applicable. The thirty-six-month period concludes on the date the candidate sits for the final section required for licensure, regardless of when the NASBA releases the score.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0CDCC7CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(b) The board may grant an extension of time to a candidate if the extension is justified by extenuating circumstances or hardship.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2ADAC43D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) The board shall accommodate any hardship that results from the conditions of administration of the exam.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6ECC902D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) A candidate may transfer credits for passed sections of the Uniform CPA Examination from another state or territory of the United States transferred to this State. Credits transferred for less than all sections of the examination are subject to the same conditional credit rules as if the examination had been taken in South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3EFA61D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G)(1) In addition to meeting the requirements of Section 40-2-35 (C)(1), (2), and (3), an applicant shall attain the following experience:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6747ACBC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) applicants who have completed a baccalaureate degree must complete two years of relevant professional experience;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="46F080F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) applicants who have completed a post-baccalaureate degree, or a baccalaureate degree with at least one hundred fifty total semester credit hours, must complete one year of relevant experience;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0E783F22" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) applicants must present evidence of meeting the accounting experience requirement in a manner prescribed by the board; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0E03442D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) applicants who present evidence of experience obtained seven or more years before the date of application must obtain and document an additional six months of experience within the prior two years of the date of application.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0A98FD36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The board may promulgate regulations to require that the accounting experience required pursuant to item (1) must be completed according to a competency framework developed by a recognized national accounting organization. The framework must be administered in accordance with rules established by the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="48F64F0D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) The experience required pursuant to item (1) should primarily involve providing a service or advice in one or more of the following areas:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1AB532D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) accounting;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="047D4658" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) attestation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0DFD7E37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) compilation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7FABE19C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) management advisory;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3273EADF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) financial advisory;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5BB72E75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) tax;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="068F7BC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(g) consulting skills; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4231700D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(h) other qualifying experiences outlined in items (4) and (7).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1D38861F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4)(a) The accounting experience required pursuant to this subsection may also be satisfied by:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4BCF5FA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) teaching experience taught at the intermediate accounting level or above that includes at least twenty-four semester hours of teaching courses that apply to a baccalaureate, masters, or postgraduate degree and which may cover subject matters including, but not limited to, financial accounting, taxation, auditing, technology, and other areas that fall within the scope of the Uniform CPA Examination; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6B6EBA09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) any combination of experience that the board determines to be equivalent to the types of experience provided for in items (3) and (4)(a)(i) of this subsection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4425529F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) The teaching experience may not accrue more rapidly than elapsed time. An applicant who intends to use teaching experience to meet his accounting experience requirement must not be given credit for teaching more than twenty-four semester hours in less than one academic year and credit for semester hours taught must not be given for teaching subjects outside the scope of the Uniform CPA Examination.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6C5D9A8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) The accounting experience required pursuant to this subsection may be supervised by a non-licensee but must be verified by a CPA who is licensed in any state or territory of the United States or the District of Columbia who has direct knowledge of the experience attained.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5BEE33B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) The accounting experience required pursuant to this subsection may be attained in either full-time or part-time employment, but not more rapidly than forty hours per week. Two thousand hours of part-time accounting experience is equivalent to one year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0DFD993B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) The board may accept experience other than accounting experience to satisfy the accounting experience required pursuant to this section but only to the extent that the board determines that the non-accounting experience contributes to competence in public accounting. The board may require information related to the non-accounting experience to determine how it contributes to competence in public accounting.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="15A02ACD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) The accounting experience required by this subsection may begin upon successful completion of subsections (C)(2) and (C)(3), and:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5DE10093" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) at least one hundred twenty semester hours of credit; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="18E79D09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) a conferred baccalaureate degree.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="67BAACB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="05AAC328" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 289, § 1; 2008 Act No. 351, § 4; 2015 Act No. 51 (S.301), § 4, eff June 3, 2015; 2019 Act No. 68 (H.3785), § 3, eff May 16, 2019; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022; 2025 Act No. 34 (S.176), §§ 5, 6, 7, 8, 15, eff June 30, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="766490F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="28A5554F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2015 Act No. 51, § 4, added (B) and redesignated former (C) through (F) accordingly; in (e)(3)(b), substituted "subitem (a)" for "item (a)"; in (F), substituted "subsection (a)(2)" for "Section 40-2-35(A)"; added (F)(1)(c); in (G)(2), substituted "subsection (A)(4)(b)" for "Section 40-2-35(A)(4)(b)"; in (G)(2)(a), substituted "teaching fewer than twelve hours per semester" for "teaching less than twelve semester hours per year"; and added (G)(3).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="555CDB65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 68, § 3, in (F)(1), substituted "A candidate" for "Upon the implementation of a computer-based examination, a candidate".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6449F8F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="59ABB32F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 34, § 5, rewrote (C).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5C7A01D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 34, § 6, rewrote (E)(3).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6866681E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 34, § 7, rewrote (F).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6C832E0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 34, § 8, rewrote (G).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6EDF9155" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 34, § 15, deleted (H) and (I).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7B860A1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="437D0596" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-40. Grant or renewal of registration to practice as firm; qualifications for registration; changes in identities of partners or officers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="74F1DF4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The board shall grant or renew a registration to practice as a firm to applicants that demonstrate their qualifications in accordance with this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="49AAA951" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The following must hold a registration issued pursuant to this section:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7B727122" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a firm with an office in this State performing attest services as defined in Section 40-2-20(2) or engaging in the practice of accounting;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1DBCB69A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a firm with an office in this State that uses the title "CPA" or "CPA firm"; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="47381464" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) a firm that does not have an office in this State but performs attest services described in Section 40-2-20(2), or performs compilation services as defined in Section 40-2-20(6), for a client in this State, unless it is exempt from registration pursuant to Section 40-2-30(I).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2C069D45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(C) Qualifications for registration as a certified public accountant firm are as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="408A8598" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) A simple majority of the firm ownership in terms of financial interests and voting rights of all partners, officers, shareholders, members, or managers must belong to certified public accountants currently licensed in some state. Although firm ownership may include non-CPA owners, the firm and its owners must comply with regulations promulgated by the board. All non-CPA owners must be active individual participants in the firm or affiliated entities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="739EB4A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Partners, officers, shareholders, members, or managers whose principal place of business is in this State, and who also perform professional services in this State, must hold a valid license issued pursuant to this section. An individual who has practice privileges under Section 40-2-245 must not be required to obtain a license from this State pursuant to Section 40-2-35.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="11141B84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) For firms registering under subsection (B), there must be a designated resident manager in charge of each office in this State who must be a certified public accountant licensed in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6128B5EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Non-CPA owners must not assume ultimate responsibility for any financial statement, attest, or compilation engagement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="213A95F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) Non-CPA owners shall abide by the code of professional ethics adopted pursuant to this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2D43E5F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) Owners shall at all times maintain ownership equity in their own right and must be the beneficial owners of the equity capital ascribed to them. Ownership may also be held through a revocable, not irrevocable, grantor trust, provided that the trust is established for the sole benefit of the owner, and provided that the owner retains full control and the ability to revoke the trust. Provision must be made for the ownership to be transferred to the firm or to other qualified owners if the noncertified pu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>blic accountant or the beneficial owner of the revocable grantor trust ceases to be an active individual participant in the firm.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="08770B6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7)(a) This section applies only to non-CPA owners who are residents of this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="06776407" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(b) Non-CPA owners must complete the same number of hours of continuing professional education as licensed certified public accountants in this State, including the annual ethics requirement pursuant to Section 40-2-250(C)(6).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="572DB0C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) Non-CPA owners who are licensed professionals subject to continuing education requirements applicable to that profession may complete the required number of continuing professional education hours in courses offered or accepted by organizations or regulatory bodies governing that profession, and also must complete the same number of hours of continuing professional education as licensed certified public accountants in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5AD31C9B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) A certified public accounting firm and its designated resident manager under item (3) are responsible for the following in regard to a noncertified public accountant owner:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3E3638E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) a non-CPA owner shall comply with all applicable accountancy statutes and regulations; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="57B19826" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) a non-CPA owner shall be of good moral character and shall not engage in any conduct that, if committed by a licensee, would constitute a violation of the regulations promulgated by the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1899DE01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Registration must be initially issued and renewed annually. Applications for registration must be made in such form, and in the case of applications for renewal, between such dates as the board by regulation may specify, and the board shall grant or deny any such application after filing in proper form.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="26AFDBCC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(E) Any firm applicant for initial issuance or renewal of a registration to practice pursuant to this chapter shall register each firm within this State with the board and shall demonstrate that all attest and compilation services rendered in this State are under the charge of a person holding a valid license issued pursuant to this section or the corresponding provision of prior law or of some other state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="418C5DC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The board may charge a fee for each application for initial issuance or renewal of a registration issued pursuant to this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="07CEA20F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) An applicant for initial issuance or renewal of a registration to practice pursuant to this chapter shall list on the application all states in which the firm has applied for or holds registration and shall list any past denial, revocation, or suspension of a registration by any other state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7DE12CC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(H) Each holder of or applicant for a registration issued pursuant to this section shall notify the board in writing, within thirty days after its occurrence, of any change in the identities of partners, officers, shareholders, members, or managers whose principal place of business is in this State, any change in the number or location of offices within this State, any change in the identity of the licensee in charge of these offices, and any issuance, denial, revocation, or suspension of a registration by</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> any other state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2295C202" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(I) A firm that falls out of compliance with the provisions of this section due to changes in firm ownership or personnel, after receiving or renewing a permit, shall take corrective action to bring the firm back into compliance as quickly as possible. The board may grant a reasonable period of time for a firm to take this corrective action. Failure to bring the firm back into compliance within a reasonable period as defined by the board shall result in the suspension or revocation of the firm permit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0CD624F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6A3EAA53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2000 Act No. 274, § 2; 2004 Act No. 289, § 1; 2008 Act No. 351, § 5; 2015 Act No. 51 (S.301), § 5, eff June 3, 2015; 2019 Act No. 68 (H.3785), § 4, eff May 16, 2019; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022; 2025 Act No. 34 (S.176), §§ 9, 10, eff June 30, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0B1661FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3CFE2FDB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2015 Act No. 51, § 5, rewrote (C)(1); in (C)(6), substituted "an active individual participant" for "actively engaged"; added (C)(7) and (C)(8); reenacted (D) with no change; in (E), deleted "office of the" following "shall register each"; and in (F), substituted "may charge" for "shall charge".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="762E155C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 68, § 4, in (C)(7)(b), added the second sentence, providing for certain ethics requirements.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="29CF8968" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, made a nonsubstantive change in (A); rewrote (B) and (C); and in (E), substituted "Any firm applicant" for "An applicant".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6EB51593" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 34, § 9, in (B)(3), inserted "or performs compilation services as defined in Section 40-2-20(6),".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="61D7D748" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 34, § 10, in (C)(3), substituted "subsection (B)" for "subsection (B)(1)(a) or (b)"; and rewrote (C)(6).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="48929829" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="48EE4166" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-70. Powers and duties of board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0928EF20" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) In addition to the powers and duties provided in Section 40-1-70, the board may:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="77E7484F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) determine the eligibility of applicants for examination and licensure and may use the assistance of NASBA-provided tools;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="26C9D282" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(2) examine applicants for licensure including, but not limited to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="228E7972" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) prescribing the subjects, character, and manner of licensing examinations;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1C0AEBE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) preparing, administering, and grading the examination or assisting in the selection of a contractor to prepare, administer, or grade the examination; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1DBA8EFA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) charging, or authorizing a third party administering the examination to charge, each applicant a fee in an amount adequate to cover examination costs;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6F5036C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) establish criteria for issuing, renewing, and reactivating authorizations for qualified applicants to practice, including issuing active or permanent, temporary, limited, and inactive licenses or other categories as may be created;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="09038225" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) adopt a code of professional ethics appropriate to the profession;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5A9300A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) evaluate and approve continuing professional education course hours and programs;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2BDA1F3C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) conduct periodic inspections of licensees or firms with notice to the licensee or firm of at least three business days, and if upon inspection a violation is found, a formal complaint shall be filed and the customary procedures for complaints must be followed;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4BA69428" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) conduct hearings on alleged violations of this chapter and regulations promulgated under this chapter;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="33729A38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) participate in national efforts to regulate the accounting profession;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1F956072" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) discipline licensees or registrants in a manner provided for in this chapter;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3368CBE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) project future activity of the program based on historical trends and program requirements, including the cost of licensure and renewal, conducting investigations and proceedings, participating in national efforts to regulate the accounting profession, and providing educational programs for the benefit of the public and licensees and their employees;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="66B6D3E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) issue safe harbor language nonlicensees may use in connection with financial statements, transmittals, or financial information which does not purport to be in compliance with the SSARS;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="593415E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) promulgate regulations that have been submitted to the director at least thirty days in advance of filing with the Legislative Council as required by Section 1-23-30 including, but not limited to, a schedule of fees for examination, licensure, and regulation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="20599C52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(13) promulgate standards for peer review; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="09692EB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(14) issue non-binding interpretations of statutes and regulations based on a written set of facts and a request from any member of the public, including licensees and the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="35D4A105" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(15) review and provide input on proposed legislative changes related to the practice of accounting.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="06299464" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) All public board orders, interpretations, and policies of this chapter must be made available to the public in an electronic format organized by applicable law or regulation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="091249F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3E7B9DEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2014 Act No. 268 (H.3459), § 3, eff June 9, 2014; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022; 2025 Act No. 34 (S.176), § 11, eff June 30, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="44BF862E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3A05ED85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 268, § 3, in paragraphs (2)(b) and (12), added "and" at the end; added paragraph (6), relating to periodic inspections; and redesignated the paragraphs accordingly.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7442DA0C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, inserted the (A) designator, in (1), inserted "and may use the assistance of NASBA-provided tools" at the end, in (2)(c), substituted "amount adequate" for "adequate amount", in (5), substituted "professional education" for "education", in (11), substituted "SSARS" for "Statements on Standards or Accounting and Review Services (SSARS)", made nonsubstantive changes in (12) and (13), and inserted (14); and added (B).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="751E76F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 34, § 11, added (a)(15).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="178D8A86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0E1EBFC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-80. Investigations of complaints or other information suggesting violations; report.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="366B1796" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(A) The department, upon receipt of a complaint or other information suggesting violation of this chapter or of regulations promulgated pursuant to this chapter, shall conduct an appropriate investigation to determine whether there is probable cause to institute proceedings. An investigation under this section is not a prerequisite to conducting proceedings if a determination of probable cause can be made without investigation. In aid of investigations, the administrator of the board shall issue subpoenas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>to compel witnesses to testify and to produce evidence, as necessary for an appropriate investigation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="26CA37DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(B)(1) An investigation of a licensee pursuant to this chapter must be performed by an inspector-investigator who has been licensed as a certified public accountant for at least the previous five years. The inspector-investigator must report the results of his investigation to the board no later than one hundred fifty days after the date upon which he initiated his investigation. If the inspector-investigator has not completed his investigation by that date, then the board may extend the investigation for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>a period defined by the board. The board may grant subsequent extensions to complete the investigation as needed. The inspector-investigator may designate additional persons of appropriate competency to assist in an investigation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="79A29DAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The department shall annually post a report related to the number of complaints received, the number of investigations initiated, the average length of investigations, and the number of investigations that exceeded one hundred fifty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4EE854AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The results of an investigation must be presented to the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2D9DDE67" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) For the purpose of an investigation under this section, the department may administer oaths and issue subpoenas for the attendance and testimony of witnesses and the production and examination of books, papers, and records as necessary for an appropriate investigation and on behalf of the board or, upon request, on behalf of a party to the case. Upon failure to obey a subpoena or to answer questions propounded by the board or its hearing officer or panel, the board may apply to the Administrative Law C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ourt for an order requiring compliance with the subpoena.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="51E86F74" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(E) The testimony and documents submitted in support of the complaint or gathered in the investigation must be treated as confidential information and must not be disclosed to any person except law enforcement authorities and, to the extent necessary in order to conduct the investigation, the subject of the investigation, persons whose complaints are being investigated, and witnesses questioned in the course of the investigation. All proceedings related to the investigations and inquiries during the investi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>gation process undertaken pursuant to this chapter are confidential, unless the licensee or registrant who is the subject of the investigation or inquiry waives the confidentiality of the existence of the complaint.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="672184A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The board may review the publicly available professional work of licensees, and all professional work submitted to the State, on a general and random basis, without any requirement of a formal complaint or suspicion of impropriety. If as a result of a review the board discovers reasonable grounds for a more specific investigation, the board may proceed under subsections (A) through (E).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0614DEA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) If the department receives information indicating a possible violation of state or federal law, the department may provide that information, to the extent the department considers necessary, to the appropriate state or federal law enforcement agency or regulatory body.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...77 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="68ADE418" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(H)(1) In an investigation or disciplinary proceeding concerning a licensee, the department may require a state criminal records check, including fingerprints, performed by the South Carolina Law Enforcement Division, and a national criminal records check, including fingerprints, performed by the Federal Bureau of Investigation. The results of these criminal records checks must be reported to the department. The South Carolina Law Enforcement Division is authorized to retain the fingerprints for certificat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ion purposes and for notification of the department regarding criminal charges. The department shall keep information received pursuant to this section confidential, except that information relied upon in an administrative action may be disclosed as may be necessary to support the administrative action.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="65EAA1F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Notwithstanding any other provision of this section or any other provision of law, the dismissal of a prosecution of fraudulent intent in drawing a dishonored check by reason of want of prosecution or proof of payment of restitution and administrative costs must not be used as evidence of performance of a fraudulent act for disciplinary purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6E886F15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Costs of conducting a criminal records check are the responsibility of the department and may be recovered as administrative costs associated with an investigation or hearing pursuant to this chapter unless ordered by the department as a cost in a disciplinary proceeding.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2783CDFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2107ED1C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2014 Act No. 268 (H.3459), § 4, eff June 9, 2014; 2015 Act No. 51 (S.301), § 6, eff June 3, 2015; 2019 Act No. 68 (H.3785), § 5, eff May 16, 2019; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022; 2025 Act No. 34 (S.176), § 12, eff June 30, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4A2F0DCE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="20C6168E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 268, § 4, rewrote subsection (B).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0BA106C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2015 Act No. 51, § 6, added (H).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="163CF4B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 68, § 5, in (E), added the second sentence, providing that all proceedings and inquiries related to the investigations are confidential except when the subject of an investigation waives confidentiality of the existence of the complaint.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1EF59BD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, in (A), in the third sentence, substituted "shall issue subpoenas to compel witnesses to testify and to produce evidence, as necessary for an appropriate investigation" for "may issue subpoenas to compel witnesses to testify or to produce evidence, or both"; made a nonsubstantive change in (B)(1); and in (D), in the first sentence, inserted "as necessary for an appropriate investigation and" following "and records".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="170AF5BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 34, § 12, in (B)(1), in the first sentence, substituted "for at least the previous" for "in this State for at least"; and in (B)(2), made a nonsubstantive change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="59EBDD46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3AF4A7DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-90. Report of violations to board; hearing; notice to accused licensee or registrant.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2D4618CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(A) If the Department of Labor, Licensing and Regulation or the board has reason to believe that a licensee or registrant has violated a provision of this chapter or a regulation promulgated pursuant to this chapter or that a licensee has become unfit to practice as a certified public accountant, a public accountant, or an accounting practitioner the department shall present its evidence to the board and the board may, in accordance with the Administrative Procedures Act, take action as authorized by law. T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>he board may designate a hearing officer or panel to conduct hearings or take other action as may be necessary.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="51FC4570" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The board shall notify the accused licensee or registrant in writing not less than thirty days before the hearing with a copy of the formal charges attached to the notice. The notice must be served personally or sent to the charged licensee or registrant by certified mail, return receipt requested, directed to his or her last mailing address furnished to the board. The post office registration receipt signed by the licensee or registrant, his or her agent, or a responsible member of his or her househol</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>d or office staff, or if not accepted by the person to whom addressed, the postal authority stamp showing the notice refused, is prima facie evidence of service of the notice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="44C477BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(C) If a hearing is to be held, the licensee or registrant has the right to be present, to present evidence and argument on all issues involved, to present and to cross-examine witnesses, and to be represented by counsel at the licensee's or registrant's expense. For the purpose of these hearings, the board may require by subpoena the attendance of witnesses, the production of documents and other evidence, and may administer oaths and hear testimony, either oral or documentary, for and against the accused </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>licensee. All evidence, including the records that the board or the board's hearing panel considers, must be made part of the record in the proceedings. These hearings must be open to the public, except:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="14E2229B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) as necessary to protect confidential information in accordance with federal or state law; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6A9A8F5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) as necessary to protect confidential information provided by a client for whom a licensee performs services, or the heirs, successors, or personal representatives of the client.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="089D12BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Every communication, whether oral or written, made by or on behalf of any complainant to the board or its agents or any hearing panel or member pursuant to this chapter, whether by way of complaint or testimony, is privileged against liability. No action or proceeding, civil or criminal, lies against any person by whom or on whose behalf such communication has been made, except upon proof that the communication was made with malice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="53887F9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) Nothing contained in this section may be construed to prevent the board from making public a copy of its final order in any proceeding, as authorized or required by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1CDC787E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="61A5F9DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 289, § 1; 2019 Act No. 68 (H.3785), § 6, eff May 16, 2019; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="73F3610B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="48F3144F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 68, § 6, rewrote (C), providing that disciplinary hearings by the board must be open to the public, except in certain circumstances, and all evidence must be made part of the record in the proceedings.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="081BB3D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1712F70A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1D5131A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-100. Cease and desist order for conduct violating chapter; temporary restraining orders; injunctions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="42D65027" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) If the board has reason to believe that a person is violating or intends to violate a provision of this chapter or a regulation promulgated pursuant to this chapter, in addition to all other remedies, it may order the person immediately to cease and desist from engaging in the conduct. If the person is practicing accountancy without being licensed pursuant to this chapter, is violating an order of the board, a provision of this chapter, or a regulation promulgated pursuant to this chapter, the board al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>so may apply, in accordance with the rules of the Administrative Law Court for a temporary restraining order. A board member or the Director of the Department of Labor, Licensing and Regulation or another employee of the department may not be held liable for damages resulting from a wrongful temporary restraining order.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="30567744" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) The board may seek from the Administrative Law Court other equitable relief to enjoin the violation or intended violation of this chapter or a regulation promulgated pursuant to this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2424A28C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="60BF62FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5E47B374" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="04102A7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="30DC1DEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7FCEF3A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-110. Revocation, suspension, or probation of licensees; revocation of registration or limitation of scope of practice of firm.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6C72BF70" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) After notice and hearing pursuant to the Administrative Procedures Act, the board may revoke, suspend, refuse to renew, reprimand, censure, or limit the scope of practice of a licensee and impose an administrative fine not exceeding ten thousand dollars per violation. The board also may place a licensee on probation, require a peer review as the board may specify, or require satisfactory completion of a continuing professional education program as the board may specify, all with or without terms, condi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>tions, and limitations, for any one or more of the following reasons:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4F8996C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) conviction of a felony that has an element of dishonesty or fraud or any other crime that has an element of dishonesty or fraud, under the laws of the United States, of this State, or of any other state if the acts involved constitute a crime under state laws;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3BCD3857" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) conduct reflecting adversely upon the licensee's fitness to perform services as a licensee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="04DCBAE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) use of a false, fraudulent, or forged statement or document or committal of a fraudulent, deceitful, or dishonest act or omission of a material fact in obtaining licensure pursuant to this chapter;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5B1167D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) intentional use of a false or fraudulent statement in a document connected with the practice of the individual's profession or occupation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0BB3E5A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) obtaining fees or assistance in obtaining fees under fraudulent circumstances;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="52ED6C10" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) failure to comply with established professional standards, including standards set by federal or state law or regulation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="17249CE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) violation of the code of professional ethics adopted by the board or of the AICPA Professional Standards: Code of Professional Conduct;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2B030AA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) failure to respond to requests for information or to cooperate in investigations on behalf of the board;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="221DDAE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) engagement or aid of another, intentionally or knowingly, directly or indirectly, in unlicensed practice of accounting;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1BF9D0D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) failure to disclose or disclaim the appropriate license status of a person or entity not holding a license but associated with financial statements;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0FB50DA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(11) engagement in advertising or other forms of solicitation or use of a firm name in a manner that is false, misleading, deceptive, or tending to promote unsupported claims;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5535224A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) the revocation, suspension, reprimand, or other discipline of the right to practice by the licensee in any other state or by a federal agency for a cause other than the failure to pay an annual registration fee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="10EF653D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) After notice and hearing, as provided in Section 40-2-90, the board shall revoke the registration of a firm if at any time it does not meet the requirements prescribed by Section 40-2-40 and also may revoke, suspend, refuse to renew, reprimand, censure, or limit the scope of practice of a registrant and impose an administrative fine not to exceed ten thousand dollars per violation for any of the causes enumerated in subsection (A) or for:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="124A45AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the revocation or suspension or refusal to renew the license to practice of a member of a firm;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6B048168" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the revocation, suspension, reprimand, or other discipline of the right to practice by the firm in any other state or by a federal agency for a cause other than the failure to pay an annual registration fee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="36E3FD89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the failure to notify the board in writing, within thirty days after its occurrence, of any revocation, suspension, reprimand, or other discipline of the right to practice by the licensee in any other state or by a federal agency.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="44E592EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A final order of the board disciplining a licensee under this section is public information.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7F73343C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Upon a determination by the board that discipline is not appropriate, the board may issue a nondisciplinary letter of caution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="34849099" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The board may establish a procedure to allow a licensee who has been issued a public reprimand to petition the board for expungement of the reprimand from the licensee's record.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="72B82685" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) Licensees of this State offering or rendering services or using their "Certified Public Accountant" title in another state are subject to disciplinary action in this State for an act committed in another state for which the licensee would be subject to discipline.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6CBB52E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="288CBA76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="26522861" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3C3CF334" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, in (A)(1), substituted "that has an element of dishonesty or fraud or any other crime that has" for ", or of any crime with".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="27D31C75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5BDAAA35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-130. Denial of authorization to practice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0E836571" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The board may deny an authorization to practice to an applicant who has committed an act that would be grounds for disciplinary action under this chapter. The board must deny authorization to practice to an applicant who has failed to demonstrate the qualifications or standards for licensure required by this chapter. The applicant shall demonstrate to the satisfaction of the board that the applicant meets all the requirements for the issuance of a license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6958CFC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="30D89827" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0F699604" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0BAE5641" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1830D86B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4316C0D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-140. Effect of prior criminal conviction on authorization to practice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2E034DFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>A person may not be refused an authorization to practice, pursue, or engage in accounting solely because of a prior criminal conviction unless the criminal conviction directly relates to accounting for which the authorization to practice is sought. However, the board may refuse an authorization to practice if, based upon all information available, including the applicant's record of prior convictions, the board finds that the applicant is unfit or unsuited to engage in accounting.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="574CCDEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6355EAFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1C139203" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="03E97F19" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="010A0226" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5AC75A55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-150. Surrender of license to practice while under investigation for violation; reinstatement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="72DE88F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A licensee who is under investigation for a violation provided for in this chapter or Section 40-1-110 may voluntarily surrender his or her authorization to practice to the board. The voluntary surrender invalidates the authorization to practice at the time of its relinquishment, and no person whose authorization to practice is surrendered voluntarily may practice accountancy unless the board, by a majority vote, reinstates the license. A person practicing accountancy during the period of voluntary surrend</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>er is considered an illegal practitioner and is subject to the penalties provided by this chapter. The surrender of an authorization to practice must not be considered an admission of guilt in a proceeding under this chapter and does not preclude the board from taking disciplinary action against the licensee as provided for in this chapter including, but not limited to, imposing prerequisite conditions for board reinstatement of the license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="32758679" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="02C5255A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1D186930" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="49B8655C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C2321AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1FAC6AD8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-160. Appeal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="39BBBA73" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>A person aggrieved by a final action of the board may appeal the decision to the Administrative Law Court in accordance with the Administrative Procedures Act and the rules of the Administrative Law Court. Service of a petition requesting a review does not stay the board's decision pending completion of the appellate process.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5C28CD22" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0A23FB27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="687A7367" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="72230D56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A3B5475" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="74DF9289" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-170. Costs of investigation and prosecution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="47B4B42C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) In an order issued in resolution of a disciplinary proceeding before the board, a licensee found in violation of the applicable licensing act may be directed to pay a sum not to exceed the reasonable costs of the investigation and prosecution of the case in addition to other sanctions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="095EF156" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A certified copy of the actual costs, or a good faith estimate of costs where actual costs are not available, signed by the director, or the director's designee, is prima facie evidence of reasonable costs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5A070AAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Failure to make timely payment in accordance with the order results in the collection of costs in accordance with Section 40-1-180.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2899EABF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The board may conditionally renew or reinstate for a maximum of one year the license of an individual who demonstrates financial hardship and who enters into a formal agreement to reimburse the board within that time period for the unpaid costs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5FCBEDC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="659E4EFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="04A027AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="24EACC38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="707056A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="10D1B259" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-180. Unpaid costs become judgment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="56ED4CFA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) All costs and fines imposed pursuant to this chapter are due and payable immediately upon imposition or at the time indicated by final order of the board. Unless the costs and fines are paid within sixty days of the date they are due, the order becomes a judgment and may be filed and executed upon in the same manner as a judgment in the court of common pleas, and the board may collect costs and attorney's fees incurred in executing the judgment. Interest at the legal rate accrues on the amount due from</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> the date imposed until the date paid. All costs and fines imposed pursuant to this chapter must be paid in accordance with and are subject to the collection and enforcement provisions of Section 40-1-180 and subject to the collection and enforcement provisions of the Setoff Debt Collection Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1A274E48" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) All fines and costs collected under this chapter must be remitted by the department to the State Treasurer and deposited in a special fund established for the department to defray the administrative costs associated with investigations and hearings under this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C7A449C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4735D09F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1FAD740E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="23157720" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2968E2DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="142004CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-190. Disclosure of information communicated by client; ownership of statements, records, and working papers created by licensee; copies of client records and other documents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4366CE87" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Except by permission of the client for whom a licensee performs services or the heirs, successors, or personal representatives of a client, or through the terms of a contract between the client and a licensee, a licensee under this chapter must not voluntarily disclose information communicated by the client relating to and in connection with services rendered. This information is confidential. However, nothing in this chapter may be construed to prohibit the disclosure of information requiring disclosu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>re by the standards of the public accounting profession in reporting on the examination of financial statements or to prohibit disclosures in court proceedings, investigations or proceedings under this chapter, in ethical investigations conducted by private professional organizations, in the course of peer reviews, in performing services for that client on a need to know basis by other active persons of the organization, or in the business of persons in the entity needing this information for the sole purpo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>se of assuring quality control.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="40CF483B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Subject to the provisions of this section, CPA-prepared records and CPA work papers created by a licensee or on behalf of a registrant, incident to, or in the course of, rendering services to a client, except the reports submitted by the licensee to the client and except for CPA work product, are and remain the property of the licensee in the absence of an expressed agreement between the licensee and the client to the contrary. No statement, record, schedule, working paper, or memorandum may be sold, t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ransferred, or bequeathed, without the consent of the client or the client's personal representative or assignee, to anyone other than one or more surviving partners, stockholders, members or new partners, new stockholders, or new members of the registrant, or any combined or merged firm or successor in interest to the licensee or named successor in the event of the death of the licensee. Nothing in this section may be construed to prohibit temporary transfer of work papers or other material necessary in th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>e course of carrying out peer reviews or as otherwise interfering with the disclosure of information pursuant to this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="007AD3AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A licensee shall furnish to a client or former client, upon request and reasonable notice, the following documents with respect to the client or former client:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0BDD37DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) any client records; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="01C8C6D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a copy of the licensee's CPA-prepared records or CPA work product, except that such information may be withheld if fees are due to the licensee for the CPA work product, if the work is incomplete, if providing the CPA work product violates professional standards, or if threatened litigation or outstanding litigation exists concerning the engagement or the work performed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="49A9EFEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The licensee may make and retain copies of any client records.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1225405E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) With regard to CPA-prepared records:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5FDB9179" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the licensee may charge the client a fee for the time and expense incurred to retrieve and copy CPA-prepared records and require that the client pay the fee before the licensee provides the records to the client; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1F73C9F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the licensee is not required to convert records that are not in an electronic format to an electronic format. If the client requests records that are already electronic records, then the client's request should be honored. In addition, the licensee is not required to provide the client with formulas, unless the formulas support the client's underlying accounting or other records or unless the licensee was engaged to provide such formulas as a part of its CPA work product.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="401451C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) A licensee's CPA work papers shall be the licensee's property, and the licensee is not required to provide such information to a client. However, state and federal statutes and regulations and contractual agreements may impose additional requirements on the licensee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4ABCD0AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(G) Nothing in this section requires a licensee to keep copies of client records, CPA-prepared records, CPA work product, or CPA work papers beyond the period prescribed in any other applicable law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2841A735" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5DEB4A2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 1998 Act No. 325, § 3; 2000 Act No. 274, § 3; 2001 Act No. 92, § 1; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5C296204" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5264E381" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5340B3C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1E67BB90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-200. Violations; penalty.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6AB695FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person or firm who knowingly violates a provision of this chapter is guilty of a misdemeanor and, upon conviction, must be fined not more than ten thousand dollars or imprisoned for not more than one year, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5E297F4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6B12762C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="089D59EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="458CCE57" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7A89237A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1F46F964" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-210. Cease and desist order for violation of licensing requirement; injunctions and restraining orders; penalty.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="25742A49" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If the board believes that a person or firm has engaged, or is about to engage, in an act or practice which constitutes or will constitute a violation of Section 40-2-30, the board may issue a cease and desist order. The board may also apply to the Administrative Law Court pursuant to Section 40-1-210 for an order enjoining these acts or practices, and upon a showing by the board that the person or firm has engaged or is about to engage in these acts or practices, the division shall grant an injunction, re</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>straining order, or other order as may be appropriate. For each violation, the Administrative Law Court may impose a fine of no more than ten thousand dollars.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4E02E87B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="24B0B579" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3EBD487D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5F20C7E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CBF78EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="68E9D088" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-240. Licensing of persons licensed in another state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1DE27BBC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(A) A CPA licensed in another jurisdiction who moves his principal place of business to this State may obtain a license through reciprocity. The board shall issue a license pursuant to this section to an applicant who:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="752ADA17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) has successfully passed the Uniform CPA Examination;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="557FA3B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) holds an active certificate, license, or permit issued pursuant to the laws of any state or territory of the United States, the District of Columbia, or any foreign licensing authority that is recognized by the International Qualifications Appraisal Board and subject to Mutual Recognition Agreements;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="364AE7E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) is legally authorized to practice in the jurisdiction where his existing certificate, license, or permit is held; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="77AC7D81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) certifies that he is in compliance with the continuing professional education requirements in the jurisdiction where his existing certificate, license, or permit is held.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="02000E9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) To apply for a license pursuant to this section an applicant must:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1DE4C2F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) identify all jurisdictions, foreign and domestic, in which the applicant has applied for or holds a designation to practice public accountancy or in which any applications have been denied; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3066125A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) file an application with the board together with the application fee prescribed by the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="786B0ABC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Each person issued a license pursuant to this section shall notify the board in writing within thirty days after any issuance, denial, revocation, or suspension of a designation or commencement of a disciplinary or enforcement action against the licensee by any jurisdiction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="39D548AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4035B629" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2019 Act No. 68 (H.3785), § 7, eff May 16, 2019; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022; 2025 Act No. 34 (S.176), § 13, eff June 30, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1AA020E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="26B71AB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 68, § 7, in (A), in (1), inserted the (a) identifier, redesignated (2) to (6) as (b) to (f), and added (2).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="609D9F26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2621105B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 34, § 13, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="622CB8CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4B6A675D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-245. Requirements to practice if licensed out of state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="483163E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An individual whose principal place of business is outside this State is presumed to have qualifications equivalent to this state's requirements if the individual:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="02892BD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) has successfully passed the Uniform CPA Examination;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4F2ECD82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) holds an active certificate, license, or permit issued pursuant to the laws of any state, territory of the United States, the District of Columbia, or any foreign authority recognized by the International Qualifications Appraisal Board under a Mutual Recognition Agreement; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="02956E29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) is legally authorized to practice in the jurisdiction where the existing certificate, license, or permit is held.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5D116E8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Such individual may exercise all privileges of a licensee in this State without obtaining a license pursuant to Section 40-2-35 if the individual meets the requirements contained in subsection (A).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="02049E05" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Notwithstanding any other provision of law, an individual offering or rendering professional services in this State, whether in person, by mail, telephone, or electronic means, shall be granted practice privileges in this State subject to the conditions contained in subsection (A). No notice, fee, or other submission is required for the individual to practice pursuant to these privileges.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0C9D09E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) By exercising practice privileges pursuant to this section, an individual licensee or holder of a permit or certificate to practice from another jurisdiction, along with the firm employing that licensee or permit or certificate holder:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3FEED957" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) consents to the personal and subject matter jurisdiction of the board and its disciplinary authority;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2E6E5298" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) agrees to comply with the regulations and provisions of this section;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4503B0A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(3) agrees to cease offering or rendering professional services in this State, individually or on behalf of a firm, if their license, permit, or certificate from his principal jurisdiction is no longer valid;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6150224D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) consents to service of an administrative notice of hearing at the board in the individual's principal jurisdiction should any action or proceeding be initiated by that board against the licensee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="65B9F6CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) A licensee of this State who offers or renders services or uses the CPA title in another state shall be subject to disciplinary action in this State for any act committed in the other state that would subject the licensee to discipline if committed in this State. The board shall investigate any complaint made by the Board of Accountancy, or equivalent regulatory agency, in another state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2EA02CB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5ECA736F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 289, § 1; 2008 Act No. 351, § 6; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022; 2025 Act No. 34 (S.176), § 14, eff June 30, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="58B37C03" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="52A419BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1CFC74AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 34, § 14, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="03900F06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="30980743" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-250. Renewal of licenses; reinstatement of lapsed licenses.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="389D53C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A licensee desiring to renew his license shall file an application for renewal on or before the renewal due date of the following year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="765CDDC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The application for renewal of a license must include:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5D9F6045" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) current information concerning practice status;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4FB65E23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) an accounting professional education report in a form acceptable to the board and subject to audit at the discretion of the board;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2B5BD4F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) an acknowledgment of the licensee's responsibility to substantiate and maintain records to support his continuing professional education report; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3E31C5E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) a renewal fee, if any.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0D3D5B64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A licensee shall document forty hours of continuing professional education that is acceptable to the board, completed during the immediately preceding calendar year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3C9F19E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Hour limitations in specific topics or subjects may be determined by the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0B844405" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The board may by regulation provide for the carryover of excess hours of continuing professional education, and such carryover may be applied as if completed during the immediately preceding calendar year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5E554E24" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(3) A licensee is not required to report continuing professional education for the year in which the initial license was obtained.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3918F520" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) No carryover is allowed from a year in which continuing professional education was not required.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2C320F74" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(5) The board may review, approve, and test any content or delivery type of continuing professional education.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="61DF7458" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) An annual ethics requirement must be met and included in the documented hours of continuing professional education. No less than two hours of the annual forty hours of continuing professional education must relate to ethics.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1768829F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) All licensees who have not filed an application for renewal by the renewal date must be given notice, prior to the renewal lapse date, that an application for renewal has not been received.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6F601B3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) If a licensee does not file an application for renewal on or before the renewal due date, then the license is considered late. If a licensee does not file an application for renewal on or before the renewal lapse date, then the license is considered lapsed. Continued practice with a lapsed license may be sanctioned as the unlicensed practice of accounting.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="29D4E989" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) Renewal applications filed or completed after the renewal lapse date are subject to a reinstatement fee in the amount of five hundred dollars.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7D3BF0E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) A certified public accountant, accounting practitioner, or public accountant whose license has lapsed or has been inactive for:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="544BA876" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) fewer than three years, the license may be reinstated by applying to the board, submitting proof of completing forty continuing professional education units for each year the license has lapsed or has been inactive, and paying the reinstatement fee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="28A5132E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) three or more years, the license may be reinstated upon completion of six months of additional experience, and one hundred twenty hours of continuing professional education;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3FF785F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) an indefinite period and has active status outside of this State may reinstate the license by submitting an application under Section 40-2-240.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2A53BDD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="26B4CD8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2014 Act No. 268 (H.3459), § 5, eff June 9, 2014; 2015 Act No. 51 (S.301), § 7, eff June 3, 2015; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="146C8F4A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="59565A4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 268, § 5, in subsection (F), inserted ", accounting practitioner,".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="771C183B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2015 Act No. 51, § 7, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6CF3BDF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4C567894" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5D75D3AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-255. Renewal of registration; peer reviews.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="183DC7E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(A) A registrant shall file an application for renewal of the calendar-year registration on or before the renewal date of the following year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="070323C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The application for renewal of a registration shall include:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="545C136D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) current information concerning ownership;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0ADE5592" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) current information concerning the identity of the licensee in charge of the office;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1292031E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) renewal fee, if any.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6C6852DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) As a condition of renewal of registration, an applicant who engages in attest or compilation services, or both, must provide evidence of satisfactory completion of peer review no more frequently than once every three years. Peer review must be conducted in a manner as the board specifies by regulation. This review must include a verification that individuals in the firm, who are responsible for supervising attest or compilation services, or both, and who sign or authorize someone to sign the accountant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>'s report on the financial statements on behalf of the firm, meet the competency requirements set out in the professional standards for these services and these regulations must:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="356FCE19" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) require an applicant to show that the applicant has, within the preceding three years, undergone a peer review that is a satisfactory equivalent to peer review as generally required pursuant to this subsection;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1B634CF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) require peer reviews to be subject to oversight by a body established or sanctioned by the board, which shall periodically report to the board on program review effectiveness under its charge and provide to the board a listing of firms that have participated in a peer review program;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1AF5F93F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) require peer reviews to be conducted and that work and documents be maintained in a manner designed to preserve confidentiality of documents furnished or generated in the course of the review.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="418C6B2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) All licensees who have not filed an application for renewal by the renewal due date shall be given notification, prior to the renewal lapse date, that an application for renewal has not been received.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0E0E6DE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) If a registrant does not file an application for renewal on or before the renewal due date, then the registration is considered late. If a registrant does not file an application for renewal on or before the renewal lapse date, then the registration is considered lapsed. Continued practice with a lapsed registration may be sanctioned as the unlicensed practice of accounting.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="20C32883" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) Renewal applications filed or completed after the renewal lapse date are subject to a reinstatement fee in the amount of five hundred dollars.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5884F38C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7394375E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 289, § 1; 2015 Act No. 51 (S.301), § 8, eff June 3, 2015; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1ED91B7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="29E6058F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2015 Act No. 51, § 8, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="54AD27DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, in (A), substituted "the renewal date" for "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>February first"; inserted (D) and redesignated former (D) as (E); rewrote (E); and added (F).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1A5ACA10" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="27C4808E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-270. "Emeritus" status.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1A08B29E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A licensee who is retired and does not perform or offer to perform for compensation one or more kinds of services involving the use of accounting or auditing skills, including issuance of reports on financial statements or of one or more kinds of management advisory, financial advisory, or consulting services or the preparation of tax returns or the furnishing of advice on tax matters, may apply to the board for permission to place the word "Emeritus" adjacent to the licensee's "Certified Public Accoun</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>tant" title or "Public Accountant" title on any document or device on which the "Certified Public Accountant" or "Public Accountant" title appears.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2FCCE427" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A license in "Emeritus" status must be renewed annually with no fee required. A license in "Emeritus" status may be reinstated as an active license, subject to fulfilling the requirements for the reinstatement of a lapsed license under Section 40-2-250.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3608AF4A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5B4444AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7C5ED4CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4CCD1CBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, in (B), in the second sentence, substituted "may be reinstated as an active license, subject to fulfilling the requirements for the reinstatement of a lapsed license under Section 40-2-250" for "may not be reinstated as an active license"; and deleted (C), which provided that a licensee holding a license in "emeritus" status could apply for licensure under Section 40-2-35 as if the licensee was a new applicant and never sat for the exam.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="305DBAC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4CD1BB74" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-275. "Retired" status.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="02047461" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A licensee may apply to the board for permission to place the word "Retired" adjacent to his "Certified Public Accountant" title on any document or device on which the "Certified Public Accountant" title appears if he has:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="05F0F10D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) attained at least thirty years of combined experience as a licensee in this State or in a substantially equivalent state;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3B1C3E53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) reached at least fifty-five years of age during a prior license year;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="69C899C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) works no more than an average of twenty hours per week; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1DB4DA12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) does not offer attest services pursuant to Section 40-2-20(2) or compilation services pursuant to Section 40-2-20(6).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2B62F100" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A licensee with "Retired" status pursuant to subsection (A) may meet the continuing professional education requirement for renewal in Section 40-2-250(C) by documenting the completion of one-half the required hours during the immediately preceding calendar year, provided that he includes no more than one-half of the required hours with the carryover of excess hours provided through board regulation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="36304F4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(C) All other requirements for the renewal of a license with "Retired" status remain the same as in Section 40-2-250.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="13577BFA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Nothing in this section is intended to prevent a licensee with "Retired" status from providing prepared financial statements or income tax returns.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4B7B7725" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1FA7EE5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5E410561" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2DA81ADC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-330. Severability.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="232B9620" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If a provision of this chapter or the application of a provision of this chapter to a person or entity or in any circumstances is held invalid, the remainder of the chapter and the application of the provision to others or in other circumstances must not be affected thereby.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0E63D168" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="72D98866" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="77FD2E67" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="649C721A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="31E783DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="77716152" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-335. Performance according to professional standards; misleading professional or firm names.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="78469652" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(A) Licensed certified public accountants/public accountants performing or supervising the performance of attest or compilation services must provide those services in accordance with professional standards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="13ECB505" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person holding a license or firm holding a registration under this chapter must not use a professional or firm name or designation that is misleading.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="670EFF9B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) A common brand name, including common initials, used by a CPA firm in its name is not misleading if the firm is a network firm as defined in the AICPA Code of Professional Conduct and, when offering or rendering services that require independence under AICPA standards, the firm complies with the AICPA Code of Professional Conduct's applicable standards on independence.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="522EAD13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) A misleading CPA firm name is one that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1045CB95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) contains any representation that would be likely to cause a reasonable person to misunderstand or be confused about the legal form of the firm, or about who the owners or members of the firm are, such as a reference to a type of organization or an abbreviation thereof that does not accurately reflect the form under which the firm is organized including, but not limited to, a name that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...48 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1DF84D7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(i) implies the existence of a corporation when the firm is not incorporated or is not a professional corporation, such as through the use of the words "corporation", "incorporated", "Ltd.", or "professional corporation", or an abbreviation thereof as part of the firm name;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="499A07CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) implies the existence of a partnership when there is not a partnership, such as by use of the term "partnership" or "limited liability partnership" or the abbreviation "LLP";</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="53AEAE03" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iii) includes the name of an individual who is not a CPA if the title "CPAs" is included in the firm name;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4996D306" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iv) includes information about or indicates an association with persons who are not members of the firm, except as permitted in item (1). Notwithstanding the prohibition in this subitem, the names of one or more former partners, members, managers, or shareholders who are no longer in public practice may be included in the name of the firm or its successor; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="76040EFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(v) includes the terms "&amp; Company", "&amp; Associate", or "Group" when the firm does not include, in addition to the named partner, shareholder, owner, or member, at least one other unnamed partner, shareholder, owner, member, or staff employee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="699C038B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) contains any representation that would be likely to cause a reasonable person to have a false or unjustified expectation of favorable results or capabilities, through the use of a false or unjustified statement of fact as to any material matter;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3484AD3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) claims or implies the ability to influence a regulatory body or official; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2A480E2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) includes the name of an owner whose license has been revoked for disciplinary reasons by the board, whereby the licensee has been prohibited from practicing public accountancy, using the title CPA, or holding himself out as a certified public accountant.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="046818DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5079ABAC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1CC3BCD3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3820AB63" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, rewrote (B).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2792DBB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="520F07F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-340. Omitted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6389F442" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3322D96C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Disclaimer, had the following history: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2019 Act No. 68 (H.3785), § 8, eff May 16, 2019. Omitted by 2022 Act No. 174, (S.812), § 1, eff May 16, 2022. See now, Code 1976 § 40-2-610.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6002C1DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7337309A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="49764AF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Regulation of Accounting Practitioners</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="411ABDB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="33F81E37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-510. Persons considered to be engaged in practice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5007A004" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person, firm, or professional association not exempt under Section 40-2-530 is considered to be engaged in the practice of offering to render and rendering to the public the services which are regulated by this article if the person, firm, or professional association:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7DF1FC35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) offers to prospective clients in South Carolina to perform for compensation one or more of these services:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3341A0AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the development, recording, analysis, or presentation of financial information including, but not limited to, the preparation of financial statements; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="54A62D7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) advice or assistance in regard to accounting controls, systems, and procedures; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6CF024AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) in any manner holds himself or itself out to the public in South Carolina as skilled in one or more of the types of services described in item (1).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2F48D7A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6F0A87B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0906F3EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="121515C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0C41E98A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7B3AC53A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-520. Unlicensed practice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="65BC64C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) No professional association, person, partnership, or other legal entity, other than a person, partnership, or other legal entity holding a permit to practice issued pursuant to this article, may engage in the practice defined in Section 40-2-510 unless he or it plainly indicates on all signs, cards, letterheads, advertisements, and directories used to disclose his or its practice or business that he or it does not hold a license to practice under this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="233DFA02" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) No professional association, person, partnership, or other legal entity, other than a person, partnership, or other legal entity holding a permit to practice issued pursuant to this article, may assume or use the title or designation "Accounting Practitioner" or any other title, designation, words, letters, abbreviation, sign, card, or device tending to indicate that the person is an accounting practitioner or that the partnership is composed of accounting practitioners or that the person, partnership,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> professional association, or other legal entity is authorized under this article to engage in the practice defined under Section 40-2-510.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3F8FCB0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="48783572" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="67198DB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0DD0A1B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, in (A) and (B), substituted "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>partnership, or other legal entity other than a person, partnership, or other legal entity" for "or partnership, other than a person or partnership"; and in (B), substituted "professional association, or other legal entity" for "or professional association".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1D151109" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6B549E2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-530. Exemptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7E2E8ABE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nothing contained in this article:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="03F07556" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) applies to a certified public accountant or public accountant who holds a license to practice issued under the law of South Carolina and no provision of this article applies to a partnership of certified public accountants or public accountants which holds a permit to practice issued under South Carolina authority;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="15667349" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) applies to a person, firm, or professional association which plainly indicates on all signs, cards, letterheads, advertisements, and directories used to disclose his or its practice or business that he or it does not hold a license to practice under this article;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="35EF0E6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) prohibits a person from serving as an employee of a person, partnership, or professional association if the employee does not engage in the practice defined in Section 40-2-510 on his own account;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4F370E2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) prohibits a person, partnership, or professional association from offering to prepare or from preparing a tax return with respect to taxes imposed by a governmental authority, whether federal, state, or local, and this article does not prevent a person from advising clients in connection with tax matters;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="263C4EFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) prohibits a person, partnership, or professional association holding a license or permit issued by another state, territory, or the District of Columbia, which authorizes the person, partnership, or professional association to engage in the other jurisdiction in the type of practice described in Section 40-2-510, from temporarily practicing in this State as an incident to his or its regular practice outside of this State if the temporary practice is conducted in conformity with the rules of ethical con</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>duct promulgated by the board;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="37833112" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) applies to the affixing of the signature or name of an officer, employee, partner, or principal of an organization to a statement or report in reference to the financial affairs of the organization with wording designating the position, title, or office which he holds in the organization, and the provisions of this article do not apply to an act of a public official or public employee in the performance of his duties;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2B589460" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) applies to the offering or rendering of data processing services by mechanical or electronic means or to the offering or rendering of services in connection with the operation, sale, lease, rental, or installation of mechanical or electronic bookkeeping or data processing equipment or to the sale, lease, rental, or installation of this equipment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3245E8A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="27A898FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7F219DF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="55C2AD81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="276241C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="09EC669C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-540. Authority of board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="79B2E588" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The South Carolina Board of Accountancy shall examine, license, and discipline accounting practitioners. The board may charge a reasonable fee for examinations, not exceeding the fee charged for certified public accountants' examinations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="09D34F7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="759F0D2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="041D8DC6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0966F306" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="782227FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7DC20C36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-550. Applicant qualifications.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5EE55453" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>In order to be eligible for licensing under this article as an accounting practitioner, an applicant may not hold another license granted under this chapter and must:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="20FEA0F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) not have any history of dishonest or felonious acts;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5020C46B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) be a resident of this State or have a place of business in this State, or as an employee, be regularly employed in this State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="670A804F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) be at least eighteen years of age; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="421EEBB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) meet these requirements:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0DA96A69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) pass an examination approved by the board, which is designed to test the applicant's basic knowledge of the subjects described in Section 40-2-510(1) and which may consist of parts of the examination administered to certified public accountant applicants or another examination as the board may prescribe; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0C9C414E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b)(i) have a bachelor's degree with a major in accounting from a college or university holding an accreditation from an accreditation body approved by the United States Department of Education; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3B22E0E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) have transcripts or a degree determined by the board to be substantially equivalent to the foregoing standards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2059263E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) surrenders, if licensed and holds a current annual permit to practice in this State as a certified public accountant or public accountant, his license and permit to practice as a certified public accountant or public accountant upon being licensed as an accounting practitioner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="550B420A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1F850EDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2001 Act No. 92, § 2; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5AC5D04F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="322BD609" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, in (4), rewrote (b).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="471AA1B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0EC5B504" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-560. Issuance of licenses.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3ED5E39A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Licenses must be issued by the board to persons satisfying the requirements of Section 40-2-550 upon the payment of a license fee in an amount to be determined by the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5363D633" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A licensee must file an application for renewal in accordance with Section 40-2-250.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="28122159" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A partnership, firm, or registrant must file an application in accordance with Section 40-2-40 and Section 40-2-255.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="12ECB0E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Legal entities, without payment of a permit fee, must meet the following standards:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6D511543" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) at least one owner must be an accounting practitioner of this State in good standing;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="42F2E56D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) each partner must be lawfully engaged in the practice, as defined in Section 40-2-520, in a state of the United States; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="57ABC9DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) each resident manager in charge of an office must be an accounting practitioner of this State in good standing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="487F5AA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0736D108" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2000 Act No. 274, § 4; 2004 Act No. 289, § 1; 2015 Act No. 51 (S.301), § 9, eff June 3, 2015; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5E8511CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4828BE40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2015 Act No. 51, § 9, in (C), added the reference to Section 40-2-40.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="509FFA02" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, in (D), substituted "Legal entities, without payment of a permit fee, must" for "Partnerships, without payment of a permit fee, which", in (1), substituted "owner" for "general partner", and made a nonsubstantive change in (2).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0978B3FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="25F5D096" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-570. Disciplinary action.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...70 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="03F75BFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(A) After notice and hearing pursuant to Section 40-2-210, the board may revoke a license or permit as accounting practitioner issued under this article; suspend a license or permit for a period of not more than five years; reprimand, censure, or limit the scope of practice of a license or permit holder; impose an administrative fine not exceeding ten thousand dollars; or place a license or permit holder on probation, all with or without terms, conditions, and limitation for any one or more of these reasons</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4484B061" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) fraud or deceit in obtaining a license or permit;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4C7A7FD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) cancellation, revocation, or suspension of, or refusal to renew authority to engage in the practice of public accountancy in another state, territory of the United States, or the District of Columbia for any cause;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5A14A826" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) revocation or suspension of the right to practice before a state or federal agency;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="10963ED1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) dishonesty, fraud, or gross negligence in the practice of public accounting or in filing or failure to file the license or permit holder's own income tax return;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2FDBDDF0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) violation of a provision of this article or Article 1 or a regulation promulgated by the board under the authority granted by this chapter;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="17C8CA1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) violation of a rule of professional conduct promulgated by the board under the authority granted by this chapter;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="76355C71" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) conviction of a felony or any crime, an element of which is dishonesty or fraud, under the laws of the United States, of this State, or another state if the acts involved would have constituted a crime under the laws of this State. The record of conviction or a copy of the record, certified by the clerk of court or the judge in whose court the conviction is had, is conclusive evidence of the conviction and "conviction" shall include a plea of guilty or a plea of nolo contendere;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4C80F19F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) performance of a fraudulent act while holding a license or permit under this article; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="19AC1044" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(9) conduct reflecting adversely upon the license or permit holder's fitness to engage in the practice of public accountancy.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7A4331D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)(1) In lieu of or in addition to a remedy specifically provided in subsection (A), the board may require one or more of these requirements of a license or permit holder:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3AD14DDB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) a quality review conducted in a fashion as the board may require; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="75AC459C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) satisfactory completion of continuing professional education programs as the board may specify.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7D9AB7CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) A "quality review" means a study, appraisal, or review of one or more aspects of the professional work of a person or firm in the practice of public accountancy by a person or persons who hold certificates or licenses and who are not affiliated with the person or firm being reviewed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1FA3DA98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(C) In a proceeding in which a remedy imposed by subsections (A) and (B) is imposed, the board also may require the respondent license or permit holder to pay the costs of the proceeding.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C450BF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4ED1A807" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="627FB8C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="41A59C8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, in (A), substituted "Section 40-2-210" for "Section 40-2-310"; and redesignated (B) as (B)(1), (1) and (2) as (a) and (b), and inserted the (2) designator.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0C4A4617" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4BC9021C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-580. Initiation of proceedings; procedures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="45B93883" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The board may initiate proceedings under this article on its own motion or on the complaint of a person, and the procedures provided in Article 1 for these proceedings are applicable and binding in procedures under this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="610FBD09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5E1EED08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="39E76921" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="17BDE0EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4AF933FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6F96391C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-590. Violations; penalty.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="345E9A16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person who violates a provision of this article is guilty of a misdemeanor and, upon conviction, must be fined not less than fifty dollars or more than two hundred dollars or imprisoned not less than twenty days or more than sixty days. Each violation constitutes a separate offense and each day's violation constitutes a separate offense.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0502CEC0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3AC3ED26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3504149C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="378FB0D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="057EC1C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="18357C6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-600. Formation of legal entities between certified public accountants, public accountants, and accounting practitioners.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="30F672A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Nothing contained in this article may be construed to prohibit the formation of legal entities by and between certified public accountants, public accountants, and accounting practitioners if all members or shareholders of the legal entities and all resident managers of offices of the legal entities are licensed under this chapter as certified public accountants or public accountants or are properly licensed under Article 3 of this chapter as accounting practitioners and if the partnerships apply for an ann</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ual permit in the manner prescribed in this article for other partnerships. The composition of the ownership of a legal entity will determine whether the entity is subject to the additional restrictions imposed by Article 1 of this chapter.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="59A8B54B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="07B2BC4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="525590D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="088CB3EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6CCD6639" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="52EFD556" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-2-610. Disclaimer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0D52A9BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>An accounting practitioner or firm of accounting practitioners is permitted to associate his or the firm's name with compiled financial statements as defined by SSARS, provided that a disclaimer is used that complies with the most recent version of SSARS and that a statement in the report provides:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="73C06C6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>"I / we have not audited or reviewed the accompanying financial statements, and I am / we are prohibited by law from expressing an opinion on them".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0C67A198" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1F7B8E6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 453, § 1; 2004 Act No. 289, § 1; 2019 Act No. 68 (H.3785), § 8, eff May 16, 2019. Formerly Code 1976 § 40-2-340, renumbered and amended by 2022 Act No. 174 (S.812), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="10282D60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7BC41077" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 68, § 8, rewrote the section, removing the existing boilerplate language required and instead providing that such disclaimers must comply with certain national standards.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="054EB578" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 174, § 1, substituted "SSARS, provided that a disclaimer is used that complies with the most recent version of SSARS and that" for "Professional Standards for Accounting and Review Services, provided a disclaimer is used that complies with the most recent version of the statement on Standards for Accounting and Review Services issued by the American Institute of Certified Public Accountants and" and made nonsubstantive changes to the statement.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -18656,51 +20180,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -19137,66 +20661,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>